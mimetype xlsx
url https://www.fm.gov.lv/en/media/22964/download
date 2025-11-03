--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\FPD\Tautsaimniecibas_un_fiskalas_parvaldibas_nodala\_Fiskalie dati_PUBLISHED\1_Fiskalie_dati\2025.gads\08_augusts\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\FPD\Tautsaimniecibas_un_fiskalas_parvaldibas_nodala\_Fiskalie dati_PUBLISHED\1_Fiskalie_dati\2025.gads\09_septembris\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EEB5DFD8-0E67-4F8A-BCDD-944475237574}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9E2384C6-EA85-4CD1-8100-837E5591D3DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0D07363F-9C48-4B0F-BA15-7A8981E12FF6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{99571F8F-45D5-4FBA-9443-CCD6907224EB}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly_report_ENG" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A24" i="1" l="1"/>
   <c r="A23" i="1"/>
   <c r="A22" i="1"/>
   <c r="A19" i="1"/>
   <c r="A18" i="1"/>
   <c r="A17" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="30">
   <si>
-    <t>Published: September 23, 2025</t>
+    <t>Published: October 29, 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Fiscal data of the General government </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>in million euro</t>
   </si>
   <si>
     <t>January</t>
   </si>
@@ -577,51 +577,51 @@
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{0A64AD26-D366-4184-81DF-601408DE6AC5}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{8F54687C-2EA1-4E32-8839-86147BC84276}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -893,58 +893,58 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86E9DDC9-89CE-49D1-81ED-4424CA39CD58}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD34F0A1-F75E-440B-99FB-0F8A86F55C36}">
   <sheetPr>
     <tabColor rgb="FFCC99FF"/>
   </sheetPr>
   <dimension ref="A1:R32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="L18" sqref="L18"/>
+      <selection activeCell="N9" sqref="N9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32" style="30" customWidth="1"/>
     <col min="2" max="11" width="7.625" style="30" customWidth="1"/>
     <col min="12" max="13" width="9.375" style="30" customWidth="1"/>
     <col min="14" max="14" width="8.375" style="30" customWidth="1"/>
     <col min="15" max="15" width="8.875" style="30"/>
     <col min="16" max="16" width="9.5" style="30" customWidth="1"/>
     <col min="17" max="17" width="8.375" style="30" customWidth="1"/>
     <col min="18" max="18" width="2.125" style="30" customWidth="1"/>
     <col min="19" max="1027" width="10.625" style="30" customWidth="1"/>
     <col min="1028" max="16384" width="8.875" style="30"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
@@ -1113,646 +1113,694 @@
       </c>
       <c r="D7" s="14">
         <v>-460.9732821288917</v>
       </c>
       <c r="E7" s="14">
         <v>-544.80798983666659</v>
       </c>
       <c r="F7" s="14">
         <v>-264.13858216889093</v>
       </c>
       <c r="G7" s="14">
         <v>349.77381356111368</v>
       </c>
       <c r="H7" s="13">
         <v>158.88944552111388</v>
       </c>
       <c r="I7" s="15">
         <v>-300.28331292332996</v>
       </c>
       <c r="J7" s="14">
         <v>-174.75554966889058</v>
       </c>
       <c r="K7" s="13">
         <v>155.05834408111264</v>
       </c>
-      <c r="L7" s="13"/>
-      <c r="M7" s="13"/>
+      <c r="L7" s="14">
+        <v>-253.06851464888814</v>
+      </c>
+      <c r="M7" s="14">
+        <v>-573.04903315999604</v>
+      </c>
       <c r="N7" s="13"/>
       <c r="O7" s="13"/>
       <c r="P7" s="13"/>
       <c r="Q7" s="13"/>
       <c r="R7" s="14"/>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="16">
         <v>1643.4392132222224</v>
       </c>
       <c r="C8" s="17">
         <v>1634.9569253022225</v>
       </c>
       <c r="D8" s="17">
         <v>1354.1801692622223</v>
       </c>
       <c r="E8" s="17">
         <v>4632.5763077866668</v>
       </c>
       <c r="F8" s="17">
         <v>1589.9148742822219</v>
       </c>
       <c r="G8" s="17">
         <v>1965.3844458522217</v>
       </c>
       <c r="H8" s="16">
         <v>1900.6646885122236</v>
       </c>
       <c r="I8" s="18">
         <v>10088.540316433333</v>
       </c>
       <c r="J8" s="17">
         <v>1616.3927178122224</v>
       </c>
       <c r="K8" s="16">
         <v>1803.4464062822233</v>
       </c>
-      <c r="L8" s="16"/>
-      <c r="M8" s="16"/>
+      <c r="L8" s="17">
+        <v>1487.1289031622223</v>
+      </c>
+      <c r="M8" s="17">
+        <v>14995.50834369</v>
+      </c>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
       <c r="R8" s="20"/>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="17">
         <v>1614.0443321111111</v>
       </c>
       <c r="C9" s="21">
         <v>1748.1865141211088</v>
       </c>
       <c r="D9" s="17">
         <v>1815.153451391114</v>
       </c>
       <c r="E9" s="17">
         <v>5177.3842976233336</v>
       </c>
       <c r="F9" s="17">
         <v>1854.0534564511129</v>
       </c>
       <c r="G9" s="17">
         <v>1615.610632291108</v>
       </c>
       <c r="H9" s="17">
         <v>1741.7752429911097</v>
       </c>
       <c r="I9" s="18">
         <v>10388.823629356662</v>
       </c>
       <c r="J9" s="17">
         <v>1791.148267481113</v>
       </c>
       <c r="K9" s="17">
         <v>1648.3880622011106</v>
       </c>
-      <c r="L9" s="17"/>
-      <c r="M9" s="17"/>
+      <c r="L9" s="17">
+        <v>1740.1974178111104</v>
+      </c>
+      <c r="M9" s="17">
+        <v>15568.557376849996</v>
+      </c>
       <c r="N9" s="17"/>
       <c r="O9" s="17"/>
       <c r="P9" s="19"/>
       <c r="Q9" s="19"/>
       <c r="R9" s="20"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10" s="2"/>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="14"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="17"/>
       <c r="I10" s="15"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
-      <c r="M10" s="17"/>
+      <c r="M10" s="14"/>
       <c r="N10" s="17"/>
       <c r="O10" s="17"/>
       <c r="P10" s="17"/>
       <c r="Q10" s="13"/>
       <c r="R10" s="17"/>
     </row>
     <row r="11" spans="1:18" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="17"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="14"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="15"/>
       <c r="J11" s="17"/>
       <c r="K11" s="17"/>
       <c r="L11" s="17"/>
-      <c r="M11" s="17"/>
+      <c r="M11" s="14"/>
       <c r="N11" s="17"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="17"/>
     </row>
     <row r="12" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="13">
         <v>-94.446244888888714</v>
       </c>
       <c r="C12" s="22">
         <v>-119.38758233888802</v>
       </c>
       <c r="D12" s="14">
         <v>-479.39186693889064</v>
       </c>
       <c r="E12" s="14">
         <v>-693.22569416666738</v>
       </c>
       <c r="F12" s="14">
         <v>-186.69591133888821</v>
       </c>
       <c r="G12" s="14">
         <v>270.80307441111404</v>
       </c>
       <c r="H12" s="13">
         <v>123.33300338111076</v>
       </c>
       <c r="I12" s="13">
         <v>-485.78552771333079</v>
       </c>
       <c r="J12" s="14">
         <v>-152.17676925889009</v>
       </c>
       <c r="K12" s="13">
         <v>99.912320071109434</v>
       </c>
-      <c r="L12" s="13"/>
-      <c r="M12" s="13"/>
+      <c r="L12" s="14">
+        <v>-278.59579035888669</v>
+      </c>
+      <c r="M12" s="14">
+        <v>-816.64576725999814</v>
+      </c>
       <c r="N12" s="13"/>
       <c r="O12" s="13"/>
       <c r="P12" s="13"/>
       <c r="Q12" s="13"/>
       <c r="R12" s="23"/>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="16">
         <v>972.88659055555559</v>
       </c>
       <c r="C13" s="24">
         <v>991.76216575555532</v>
       </c>
       <c r="D13" s="17">
         <v>680.80747885555525</v>
       </c>
       <c r="E13" s="17">
         <v>2645.4562351666664</v>
       </c>
       <c r="F13" s="17">
         <v>955.28208044555504</v>
       </c>
       <c r="G13" s="17">
         <v>1277.9224325555558</v>
       </c>
       <c r="H13" s="16">
         <v>1248.1744481655564</v>
       </c>
       <c r="I13" s="18">
         <v>6126.8351963333334</v>
       </c>
       <c r="J13" s="17">
         <v>915.36505358555564</v>
       </c>
       <c r="K13" s="16">
         <v>1065.3034072455559</v>
       </c>
-      <c r="L13" s="16"/>
-      <c r="M13" s="16"/>
+      <c r="L13" s="17">
+        <v>817.12034257555524</v>
+      </c>
+      <c r="M13" s="17">
+        <v>8924.6239997400007</v>
+      </c>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="16"/>
       <c r="R13" s="23"/>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="16">
         <v>1067.3328354444443</v>
       </c>
       <c r="C14" s="24">
         <v>1111.1497480944433</v>
       </c>
       <c r="D14" s="17">
         <v>1160.1993457944459</v>
       </c>
       <c r="E14" s="17">
         <v>3338.6819293333333</v>
       </c>
       <c r="F14" s="17">
         <v>1141.9779917844432</v>
       </c>
       <c r="G14" s="17">
         <v>1007.1193581444418</v>
       </c>
       <c r="H14" s="16">
         <v>1124.8414447844457</v>
       </c>
       <c r="I14" s="18">
         <v>6612.6207240466647</v>
       </c>
       <c r="J14" s="17">
         <v>1067.5418228444457</v>
       </c>
       <c r="K14" s="16">
         <v>965.39108717444651</v>
       </c>
-      <c r="L14" s="16"/>
-      <c r="M14" s="16"/>
+      <c r="L14" s="17">
+        <v>1095.7161329344419</v>
+      </c>
+      <c r="M14" s="17">
+        <v>9741.269766999998</v>
+      </c>
       <c r="N14" s="16"/>
       <c r="O14" s="16"/>
       <c r="P14" s="16"/>
       <c r="Q14" s="17"/>
       <c r="R14" s="23"/>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15" s="2"/>
       <c r="B15" s="17"/>
       <c r="C15" s="25"/>
       <c r="D15" s="17"/>
       <c r="E15" s="14"/>
       <c r="F15" s="17"/>
       <c r="G15" s="17"/>
       <c r="H15" s="17"/>
       <c r="I15" s="15"/>
       <c r="J15" s="17"/>
       <c r="K15" s="17"/>
       <c r="L15" s="17"/>
-      <c r="M15" s="17"/>
+      <c r="M15" s="14"/>
       <c r="N15" s="17"/>
       <c r="O15" s="17"/>
       <c r="P15" s="17"/>
       <c r="Q15" s="13"/>
       <c r="R15" s="23"/>
     </row>
     <row r="16" spans="1:18" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A16" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="17"/>
       <c r="C16" s="25"/>
       <c r="D16" s="17"/>
       <c r="E16" s="14"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="17"/>
       <c r="I16" s="15"/>
       <c r="J16" s="17"/>
       <c r="K16" s="17"/>
       <c r="L16" s="17"/>
-      <c r="M16" s="17"/>
+      <c r="M16" s="14"/>
       <c r="N16" s="17"/>
       <c r="O16" s="17"/>
       <c r="P16" s="17"/>
       <c r="Q16" s="13"/>
       <c r="R16" s="23"/>
     </row>
     <row r="17" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="str">
         <f>A12</f>
         <v>Overall balance</v>
       </c>
       <c r="B17" s="13">
         <v>67.911463999999967</v>
       </c>
       <c r="C17" s="14">
         <v>34.450266999999997</v>
       </c>
       <c r="D17" s="14">
         <v>28.390920999999992</v>
       </c>
       <c r="E17" s="14">
         <v>130.75265199999996</v>
       </c>
       <c r="F17" s="14">
         <v>-16.838054</v>
       </c>
       <c r="G17" s="14">
         <v>1.0239639999999781</v>
       </c>
       <c r="H17" s="13">
         <v>9.4952080000000478</v>
       </c>
       <c r="I17" s="15">
         <v>124.43376999999998</v>
       </c>
       <c r="J17" s="14">
         <v>-70.960880999999972</v>
       </c>
       <c r="K17" s="13">
         <v>3.2911269999999604</v>
       </c>
-      <c r="L17" s="13"/>
-      <c r="M17" s="13"/>
+      <c r="L17" s="14">
+        <v>36.191547999999955</v>
+      </c>
+      <c r="M17" s="14">
+        <v>92.955563999999924</v>
+      </c>
       <c r="N17" s="13"/>
       <c r="O17" s="13"/>
       <c r="P17" s="13"/>
       <c r="Q17" s="13"/>
       <c r="R17" s="14"/>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="str">
         <f>A13</f>
         <v>Total revenue/inflows</v>
       </c>
       <c r="B18" s="16">
         <v>396.44729866666665</v>
       </c>
       <c r="C18" s="17">
         <v>383.79387466666668</v>
       </c>
       <c r="D18" s="17">
         <v>393.0856526666667</v>
       </c>
       <c r="E18" s="17">
         <v>1173.326826</v>
       </c>
       <c r="F18" s="17">
         <v>399.44188066666669</v>
       </c>
       <c r="G18" s="17">
         <v>389.15290966666669</v>
       </c>
       <c r="H18" s="16">
         <v>471.5395876666667</v>
       </c>
       <c r="I18" s="18">
         <v>2433.4612040000002</v>
       </c>
       <c r="J18" s="17">
         <v>356.4334576666667</v>
       </c>
       <c r="K18" s="16">
         <v>359.16352066666667</v>
       </c>
-      <c r="L18" s="16"/>
-      <c r="M18" s="16"/>
+      <c r="L18" s="17">
+        <v>410.44608066666666</v>
+      </c>
+      <c r="M18" s="17">
+        <v>3559.5042629999998</v>
+      </c>
       <c r="N18" s="16"/>
       <c r="O18" s="16"/>
       <c r="P18" s="16"/>
       <c r="Q18" s="16"/>
       <c r="R18" s="17"/>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="str">
         <f>A14</f>
         <v>Total expenditure/ outflows</v>
       </c>
       <c r="B19" s="16">
         <v>328.53583466666669</v>
       </c>
       <c r="C19" s="17">
         <v>349.34360766666668</v>
       </c>
       <c r="D19" s="17">
         <v>364.69473166666671</v>
       </c>
       <c r="E19" s="17">
         <v>1042.5741740000001</v>
       </c>
       <c r="F19" s="17">
         <v>416.27993466666669</v>
       </c>
       <c r="G19" s="17">
         <v>388.12894566666671</v>
       </c>
       <c r="H19" s="16">
         <v>462.04437966666666</v>
       </c>
       <c r="I19" s="18">
         <v>2309.0274340000005</v>
       </c>
       <c r="J19" s="17">
         <v>427.39433866666667</v>
       </c>
       <c r="K19" s="16">
         <v>355.87239366666671</v>
       </c>
-      <c r="L19" s="16"/>
-      <c r="M19" s="16"/>
+      <c r="L19" s="17">
+        <v>374.25453266666671</v>
+      </c>
+      <c r="M19" s="17">
+        <v>3466.5486990000004</v>
+      </c>
       <c r="N19" s="16"/>
       <c r="O19" s="16"/>
       <c r="P19" s="16"/>
       <c r="Q19" s="17"/>
       <c r="R19" s="17"/>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A20" s="2"/>
       <c r="B20" s="17"/>
       <c r="C20" s="17"/>
       <c r="D20" s="17"/>
       <c r="E20" s="14"/>
       <c r="F20" s="17"/>
       <c r="G20" s="17"/>
       <c r="H20" s="17"/>
       <c r="I20" s="15"/>
       <c r="J20" s="17"/>
       <c r="K20" s="17"/>
       <c r="L20" s="17"/>
-      <c r="M20" s="17"/>
+      <c r="M20" s="14"/>
       <c r="N20" s="17"/>
       <c r="O20" s="17"/>
       <c r="P20" s="17"/>
       <c r="Q20" s="13"/>
       <c r="R20" s="17"/>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A21" s="26" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="17"/>
       <c r="C21" s="17"/>
       <c r="D21" s="17"/>
       <c r="E21" s="14"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="15"/>
       <c r="J21" s="17"/>
       <c r="K21" s="17"/>
       <c r="L21" s="17"/>
-      <c r="M21" s="17"/>
+      <c r="M21" s="14"/>
       <c r="N21" s="17"/>
       <c r="O21" s="17"/>
       <c r="P21" s="17"/>
       <c r="Q21" s="13"/>
       <c r="R21" s="17"/>
     </row>
     <row r="22" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="str">
         <f>A12</f>
         <v>Overall balance</v>
       </c>
       <c r="B22" s="13">
         <v>82.756073000000015</v>
       </c>
       <c r="C22" s="14">
         <v>-1.5115018000001328</v>
       </c>
       <c r="D22" s="14">
         <v>17.319758219999926</v>
       </c>
       <c r="E22" s="14">
         <v>98.564329419999808</v>
       </c>
       <c r="F22" s="14">
         <v>-33.34389834000018</v>
       </c>
       <c r="G22" s="14">
         <v>105.14267747999992</v>
       </c>
       <c r="H22" s="13">
         <v>53.238271440000176</v>
       </c>
       <c r="I22" s="15">
         <v>223.60137999999972</v>
       </c>
       <c r="J22" s="14">
         <v>75.604766549999738</v>
       </c>
       <c r="K22" s="13">
         <v>79.041977650000206</v>
       </c>
-      <c r="L22" s="13"/>
-      <c r="M22" s="13"/>
+      <c r="L22" s="14">
+        <v>16.494140589999972</v>
+      </c>
+      <c r="M22" s="14">
+        <v>394.74226478999964</v>
+      </c>
       <c r="N22" s="13"/>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22" s="14"/>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="str">
         <f>A13</f>
         <v>Total revenue/inflows</v>
       </c>
       <c r="B23" s="16">
         <v>467.81538399999999</v>
       </c>
       <c r="C23" s="17">
         <v>380.80492088999995</v>
       </c>
       <c r="D23" s="17">
         <v>399.31507610999984</v>
       </c>
       <c r="E23" s="17">
         <v>1247.9353809999998</v>
       </c>
       <c r="F23" s="17">
         <v>411.87429662</v>
       </c>
       <c r="G23" s="17">
         <v>423.67229733999994</v>
       </c>
       <c r="H23" s="16">
         <v>427.82150490000004</v>
       </c>
       <c r="I23" s="18">
         <v>2511.3034798599997</v>
       </c>
       <c r="J23" s="17">
         <v>459.36436483</v>
       </c>
       <c r="K23" s="16">
         <v>457.10574472000019</v>
       </c>
-      <c r="L23" s="16"/>
-      <c r="M23" s="16"/>
+      <c r="L23" s="17">
+        <v>413.07954783000002</v>
+      </c>
+      <c r="M23" s="17">
+        <v>3840.8531372399998</v>
+      </c>
       <c r="N23" s="16"/>
       <c r="O23" s="16"/>
       <c r="P23" s="16"/>
       <c r="Q23" s="16"/>
       <c r="R23" s="17"/>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="str">
         <f>A14</f>
         <v>Total expenditure/ outflows</v>
       </c>
       <c r="B24" s="11">
         <v>385.05931099999998</v>
       </c>
       <c r="C24" s="17">
         <v>382.31642269000008</v>
       </c>
       <c r="D24" s="17">
         <v>381.99531788999991</v>
       </c>
       <c r="E24" s="17">
         <v>1149.3710515799999</v>
       </c>
       <c r="F24" s="17">
-        <v>445.21819496000001</v>
+        <v>445.21819496000018</v>
       </c>
       <c r="G24" s="17">
         <v>318.52961986000003</v>
       </c>
       <c r="H24" s="16">
         <v>374.58323345999986</v>
       </c>
       <c r="I24" s="18">
         <v>2287.7020998600001</v>
       </c>
       <c r="J24" s="17">
         <v>383.75959828000026</v>
       </c>
       <c r="K24" s="16">
         <v>378.06376706999998</v>
       </c>
-      <c r="L24" s="16"/>
-      <c r="M24" s="16"/>
+      <c r="L24" s="17">
+        <v>396.58540724000005</v>
+      </c>
+      <c r="M24" s="17">
+        <v>3446.1108724500004</v>
+      </c>
       <c r="N24" s="16"/>
       <c r="O24" s="16"/>
       <c r="P24" s="16"/>
       <c r="Q24" s="17"/>
       <c r="R24" s="17"/>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A25" s="2"/>
       <c r="B25" s="27"/>
       <c r="C25" s="27"/>
       <c r="D25" s="27"/>
       <c r="E25" s="27"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
       <c r="I25" s="27"/>
       <c r="J25" s="27"/>
       <c r="K25" s="27"/>
       <c r="L25" s="27"/>
       <c r="M25" s="27"/>
       <c r="N25" s="27"/>
       <c r="O25" s="27"/>
       <c r="P25" s="27"/>
       <c r="Q25" s="27"/>
       <c r="R25" s="2"/>
@@ -1826,51 +1874,51 @@
       <c r="A30" s="31" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="31"/>
       <c r="C30" s="31"/>
       <c r="D30" s="31"/>
       <c r="E30" s="31"/>
       <c r="F30" s="31"/>
       <c r="G30" s="31"/>
       <c r="H30" s="31"/>
       <c r="I30" s="31"/>
       <c r="J30" s="31"/>
       <c r="K30" s="31"/>
       <c r="L30" s="31"/>
       <c r="M30" s="31"/>
       <c r="N30" s="31"/>
       <c r="O30" s="31"/>
       <c r="P30" s="31"/>
       <c r="Q30" s="31"/>
     </row>
     <row r="31" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A31" s="32"/>
     </row>
     <row r="32" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="SlHV2M35LrbRzNcDPEp+7+LZo/o9dMHZBE47oB/O1mTS11wkrHyZTAF6C86SK+0HLK42ujEF8hSw8Yw1Z1P8lQ==" saltValue="kRQD+e0vmphpd+NKKkns7g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="UpTl86XGUqxZCQwLk5etniDypirhlzD1fPTi7a2vBMhPHp4iM/Wxtva9gHSSUlpwum+s2j01u8rCJNzWs/TCAA==" saltValue="sStLzyW5SQIqLAtfQFNN0w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="6">
     <mergeCell ref="A2:Q2"/>
     <mergeCell ref="B4:Q4"/>
     <mergeCell ref="R12:R16"/>
     <mergeCell ref="A27:Q27"/>
     <mergeCell ref="A28:Q28"/>
     <mergeCell ref="A30:Q30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">