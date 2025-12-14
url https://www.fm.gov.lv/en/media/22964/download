--- v1 (2025-11-03)
+++ v2 (2025-12-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\FPD\Tautsaimniecibas_un_fiskalas_parvaldibas_nodala\_Fiskalie dati_PUBLISHED\1_Fiskalie_dati\2025.gads\09_septembris\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\FPD\Tautsaimniecibas_un_fiskalas_parvaldibas_nodala\_Fiskalie dati_PUBLISHED\1_Fiskalie_dati\2025.gads\10_oktobris\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9E2384C6-EA85-4CD1-8100-837E5591D3DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{18F1BF7F-34A4-41E4-8B00-10BF4699F50E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{99571F8F-45D5-4FBA-9443-CCD6907224EB}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{27729B76-76AE-46FD-8E3F-CA13E6B04C40}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly_report_ENG" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A24" i="1" l="1"/>
   <c r="A23" i="1"/>
   <c r="A22" i="1"/>
   <c r="A19" i="1"/>
   <c r="A18" i="1"/>
   <c r="A17" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="30">
   <si>
-    <t>Published: October 29, 2025</t>
+    <t>Published: November 28, 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Fiscal data of the General government </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>in million euro</t>
   </si>
   <si>
     <t>January</t>
   </si>
@@ -577,51 +577,51 @@
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{8F54687C-2EA1-4E32-8839-86147BC84276}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{0881BA5F-8BEC-4E90-B46C-483197A6B5F2}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -893,163 +893,163 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD34F0A1-F75E-440B-99FB-0F8A86F55C36}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EFD3C2A-4068-454D-BCA7-735E72039847}">
   <sheetPr>
     <tabColor rgb="FFCC99FF"/>
   </sheetPr>
   <dimension ref="A1:R32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="N9" sqref="N9"/>
+      <selection activeCell="N24" sqref="N24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.83203125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="32" style="30" customWidth="1"/>
-    <col min="2" max="11" width="7.625" style="30" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="8.875" style="30"/>
+    <col min="2" max="11" width="7.58203125" style="30" customWidth="1"/>
+    <col min="12" max="13" width="9.33203125" style="30" customWidth="1"/>
+    <col min="14" max="14" width="8.33203125" style="30" customWidth="1"/>
+    <col min="15" max="15" width="8.83203125" style="30"/>
     <col min="16" max="16" width="9.5" style="30" customWidth="1"/>
-    <col min="17" max="17" width="8.375" style="30" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="1028" max="16384" width="8.875" style="30"/>
+    <col min="17" max="17" width="8.33203125" style="30" customWidth="1"/>
+    <col min="18" max="18" width="2.08203125" style="30" customWidth="1"/>
+    <col min="19" max="1027" width="10.58203125" style="30" customWidth="1"/>
+    <col min="1028" max="16384" width="8.83203125" style="30"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="R1" s="2"/>
     </row>
-    <row r="2" spans="1:18" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:18" ht="18.5" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="5"/>
     </row>
-    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A3" s="6"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="7" t="s">
         <v>2</v>
       </c>
       <c r="R3" s="2"/>
     </row>
-    <row r="4" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A4" s="6"/>
       <c r="B4" s="8">
         <v>2025</v>
       </c>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="2"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A5" s="9"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>9</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>10</v>
       </c>
@@ -1057,868 +1057,892 @@
         <v>11</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>12</v>
       </c>
       <c r="L5" s="10" t="s">
         <v>13</v>
       </c>
       <c r="M5" s="10" t="s">
         <v>14</v>
       </c>
       <c r="N5" s="10" t="s">
         <v>15</v>
       </c>
       <c r="O5" s="10" t="s">
         <v>16</v>
       </c>
       <c r="P5" s="10" t="s">
         <v>17</v>
       </c>
       <c r="Q5" s="10" t="s">
         <v>18</v>
       </c>
       <c r="R5" s="2"/>
     </row>
-    <row r="6" spans="1:18" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:18" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="2"/>
     </row>
-    <row r="7" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A7" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="13">
         <v>29.394881111111317</v>
       </c>
       <c r="C7" s="14">
         <v>-113.22958881888621</v>
       </c>
       <c r="D7" s="14">
         <v>-460.9732821288917</v>
       </c>
       <c r="E7" s="14">
         <v>-544.80798983666659</v>
       </c>
       <c r="F7" s="14">
         <v>-264.13858216889093</v>
       </c>
       <c r="G7" s="14">
         <v>349.77381356111368</v>
       </c>
       <c r="H7" s="13">
         <v>158.88944552111388</v>
       </c>
       <c r="I7" s="15">
         <v>-300.28331292332996</v>
       </c>
       <c r="J7" s="14">
         <v>-174.75554966889058</v>
       </c>
       <c r="K7" s="13">
         <v>155.05834408111264</v>
       </c>
       <c r="L7" s="14">
         <v>-253.06851464888814</v>
       </c>
       <c r="M7" s="14">
         <v>-573.04903315999604</v>
       </c>
-      <c r="N7" s="13"/>
+      <c r="N7" s="14">
+        <v>-316.30227015889091</v>
+      </c>
       <c r="O7" s="13"/>
       <c r="P7" s="13"/>
       <c r="Q7" s="13"/>
       <c r="R7" s="14"/>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="16">
         <v>1643.4392132222224</v>
       </c>
       <c r="C8" s="17">
         <v>1634.9569253022225</v>
       </c>
       <c r="D8" s="17">
         <v>1354.1801692622223</v>
       </c>
       <c r="E8" s="17">
         <v>4632.5763077866668</v>
       </c>
       <c r="F8" s="17">
         <v>1589.9148742822219</v>
       </c>
       <c r="G8" s="17">
         <v>1965.3844458522217</v>
       </c>
       <c r="H8" s="16">
         <v>1900.6646885122236</v>
       </c>
       <c r="I8" s="18">
         <v>10088.540316433333</v>
       </c>
       <c r="J8" s="17">
         <v>1616.3927178122224</v>
       </c>
       <c r="K8" s="16">
         <v>1803.4464062822233</v>
       </c>
       <c r="L8" s="17">
         <v>1487.1289031622223</v>
       </c>
       <c r="M8" s="17">
         <v>14995.50834369</v>
       </c>
-      <c r="N8" s="16"/>
+      <c r="N8" s="17">
+        <v>1544.4506042222224</v>
+      </c>
       <c r="O8" s="16"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
       <c r="R8" s="20"/>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="17">
         <v>1614.0443321111111</v>
       </c>
       <c r="C9" s="21">
         <v>1748.1865141211088</v>
       </c>
       <c r="D9" s="17">
         <v>1815.153451391114</v>
       </c>
       <c r="E9" s="17">
         <v>5177.3842976233336</v>
       </c>
       <c r="F9" s="17">
         <v>1854.0534564511129</v>
       </c>
       <c r="G9" s="17">
         <v>1615.610632291108</v>
       </c>
       <c r="H9" s="17">
         <v>1741.7752429911097</v>
       </c>
       <c r="I9" s="18">
         <v>10388.823629356662</v>
       </c>
       <c r="J9" s="17">
         <v>1791.148267481113</v>
       </c>
       <c r="K9" s="17">
         <v>1648.3880622011106</v>
       </c>
       <c r="L9" s="17">
         <v>1740.1974178111104</v>
       </c>
       <c r="M9" s="17">
         <v>15568.557376849996</v>
       </c>
-      <c r="N9" s="17"/>
+      <c r="N9" s="17">
+        <v>1860.7528743811133</v>
+      </c>
       <c r="O9" s="17"/>
       <c r="P9" s="19"/>
       <c r="Q9" s="19"/>
       <c r="R9" s="20"/>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="14"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="17"/>
       <c r="I10" s="15"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
       <c r="M10" s="14"/>
       <c r="N10" s="17"/>
       <c r="O10" s="17"/>
       <c r="P10" s="17"/>
       <c r="Q10" s="13"/>
       <c r="R10" s="17"/>
     </row>
-    <row r="11" spans="1:18" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:18" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="17"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="14"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="15"/>
       <c r="J11" s="17"/>
       <c r="K11" s="17"/>
       <c r="L11" s="17"/>
       <c r="M11" s="14"/>
       <c r="N11" s="17"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="17"/>
     </row>
-    <row r="12" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A12" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="13">
         <v>-94.446244888888714</v>
       </c>
       <c r="C12" s="22">
         <v>-119.38758233888802</v>
       </c>
       <c r="D12" s="14">
         <v>-479.39186693889064</v>
       </c>
       <c r="E12" s="14">
         <v>-693.22569416666738</v>
       </c>
       <c r="F12" s="14">
         <v>-186.69591133888821</v>
       </c>
       <c r="G12" s="14">
         <v>270.80307441111404</v>
       </c>
       <c r="H12" s="13">
         <v>123.33300338111076</v>
       </c>
       <c r="I12" s="13">
         <v>-485.78552771333079</v>
       </c>
       <c r="J12" s="14">
         <v>-152.17676925889009</v>
       </c>
       <c r="K12" s="13">
         <v>99.912320071109434</v>
       </c>
       <c r="L12" s="14">
         <v>-278.59579035888669</v>
       </c>
       <c r="M12" s="14">
         <v>-816.64576725999814</v>
       </c>
-      <c r="N12" s="13"/>
+      <c r="N12" s="14">
+        <v>-321.17562799888901</v>
+      </c>
       <c r="O12" s="13"/>
       <c r="P12" s="13"/>
       <c r="Q12" s="13"/>
       <c r="R12" s="23"/>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="16">
         <v>972.88659055555559</v>
       </c>
       <c r="C13" s="24">
         <v>991.76216575555532</v>
       </c>
       <c r="D13" s="17">
         <v>680.80747885555525</v>
       </c>
       <c r="E13" s="17">
         <v>2645.4562351666664</v>
       </c>
       <c r="F13" s="17">
         <v>955.28208044555504</v>
       </c>
       <c r="G13" s="17">
         <v>1277.9224325555558</v>
       </c>
       <c r="H13" s="16">
         <v>1248.1744481655564</v>
       </c>
       <c r="I13" s="18">
         <v>6126.8351963333334</v>
       </c>
       <c r="J13" s="17">
         <v>915.36505358555564</v>
       </c>
       <c r="K13" s="16">
         <v>1065.3034072455559</v>
       </c>
       <c r="L13" s="17">
         <v>817.12034257555524</v>
       </c>
       <c r="M13" s="17">
         <v>8924.6239997400007</v>
       </c>
-      <c r="N13" s="16"/>
+      <c r="N13" s="17">
+        <v>837.63594834555556</v>
+      </c>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="16"/>
       <c r="R13" s="23"/>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="16">
         <v>1067.3328354444443</v>
       </c>
       <c r="C14" s="24">
         <v>1111.1497480944433</v>
       </c>
       <c r="D14" s="17">
         <v>1160.1993457944459</v>
       </c>
       <c r="E14" s="17">
         <v>3338.6819293333333</v>
       </c>
       <c r="F14" s="17">
         <v>1141.9779917844432</v>
       </c>
       <c r="G14" s="17">
         <v>1007.1193581444418</v>
       </c>
       <c r="H14" s="16">
         <v>1124.8414447844457</v>
       </c>
       <c r="I14" s="18">
         <v>6612.6207240466647</v>
       </c>
       <c r="J14" s="17">
         <v>1067.5418228444457</v>
       </c>
       <c r="K14" s="16">
         <v>965.39108717444651</v>
       </c>
       <c r="L14" s="17">
         <v>1095.7161329344419</v>
       </c>
       <c r="M14" s="17">
         <v>9741.269766999998</v>
       </c>
-      <c r="N14" s="16"/>
+      <c r="N14" s="17">
+        <v>1158.8115763444446</v>
+      </c>
       <c r="O14" s="16"/>
       <c r="P14" s="16"/>
       <c r="Q14" s="17"/>
       <c r="R14" s="23"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="17"/>
       <c r="C15" s="25"/>
       <c r="D15" s="17"/>
       <c r="E15" s="14"/>
       <c r="F15" s="17"/>
       <c r="G15" s="17"/>
       <c r="H15" s="17"/>
       <c r="I15" s="15"/>
       <c r="J15" s="17"/>
       <c r="K15" s="17"/>
       <c r="L15" s="17"/>
       <c r="M15" s="14"/>
       <c r="N15" s="17"/>
       <c r="O15" s="17"/>
       <c r="P15" s="17"/>
       <c r="Q15" s="13"/>
       <c r="R15" s="23"/>
     </row>
-    <row r="16" spans="1:18" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:18" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A16" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="17"/>
       <c r="C16" s="25"/>
       <c r="D16" s="17"/>
       <c r="E16" s="14"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="17"/>
       <c r="I16" s="15"/>
       <c r="J16" s="17"/>
       <c r="K16" s="17"/>
       <c r="L16" s="17"/>
       <c r="M16" s="14"/>
       <c r="N16" s="17"/>
       <c r="O16" s="17"/>
       <c r="P16" s="17"/>
       <c r="Q16" s="13"/>
       <c r="R16" s="23"/>
     </row>
-    <row r="17" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A17" s="12" t="str">
         <f>A12</f>
         <v>Overall balance</v>
       </c>
       <c r="B17" s="13">
         <v>67.911463999999967</v>
       </c>
       <c r="C17" s="14">
         <v>34.450266999999997</v>
       </c>
       <c r="D17" s="14">
         <v>28.390920999999992</v>
       </c>
       <c r="E17" s="14">
         <v>130.75265199999996</v>
       </c>
       <c r="F17" s="14">
         <v>-16.838054</v>
       </c>
       <c r="G17" s="14">
         <v>1.0239639999999781</v>
       </c>
       <c r="H17" s="13">
         <v>9.4952080000000478</v>
       </c>
       <c r="I17" s="15">
         <v>124.43376999999998</v>
       </c>
       <c r="J17" s="14">
         <v>-70.960880999999972</v>
       </c>
       <c r="K17" s="13">
-        <v>3.2911269999999604</v>
+        <v>3.2911269999999599</v>
       </c>
       <c r="L17" s="14">
         <v>36.191547999999955</v>
       </c>
       <c r="M17" s="14">
         <v>92.955563999999924</v>
       </c>
-      <c r="N17" s="13"/>
+      <c r="N17" s="14">
+        <v>-19.342658999999969</v>
+      </c>
       <c r="O17" s="13"/>
       <c r="P17" s="13"/>
       <c r="Q17" s="13"/>
       <c r="R17" s="14"/>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="str">
         <f>A13</f>
         <v>Total revenue/inflows</v>
       </c>
       <c r="B18" s="16">
         <v>396.44729866666665</v>
       </c>
       <c r="C18" s="17">
         <v>383.79387466666668</v>
       </c>
       <c r="D18" s="17">
         <v>393.0856526666667</v>
       </c>
       <c r="E18" s="17">
         <v>1173.326826</v>
       </c>
       <c r="F18" s="17">
         <v>399.44188066666669</v>
       </c>
       <c r="G18" s="17">
         <v>389.15290966666669</v>
       </c>
       <c r="H18" s="16">
         <v>471.5395876666667</v>
       </c>
       <c r="I18" s="18">
         <v>2433.4612040000002</v>
       </c>
       <c r="J18" s="17">
         <v>356.4334576666667</v>
       </c>
       <c r="K18" s="16">
         <v>359.16352066666667</v>
       </c>
       <c r="L18" s="17">
         <v>410.44608066666666</v>
       </c>
       <c r="M18" s="17">
         <v>3559.5042629999998</v>
       </c>
-      <c r="N18" s="16"/>
+      <c r="N18" s="17">
+        <v>420.35944866666671</v>
+      </c>
       <c r="O18" s="16"/>
       <c r="P18" s="16"/>
       <c r="Q18" s="16"/>
       <c r="R18" s="17"/>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="str">
         <f>A14</f>
         <v>Total expenditure/ outflows</v>
       </c>
       <c r="B19" s="16">
         <v>328.53583466666669</v>
       </c>
       <c r="C19" s="17">
         <v>349.34360766666668</v>
       </c>
       <c r="D19" s="17">
         <v>364.69473166666671</v>
       </c>
       <c r="E19" s="17">
         <v>1042.5741740000001</v>
       </c>
       <c r="F19" s="17">
         <v>416.27993466666669</v>
       </c>
       <c r="G19" s="17">
         <v>388.12894566666671</v>
       </c>
       <c r="H19" s="16">
         <v>462.04437966666666</v>
       </c>
       <c r="I19" s="18">
         <v>2309.0274340000005</v>
       </c>
       <c r="J19" s="17">
         <v>427.39433866666667</v>
       </c>
       <c r="K19" s="16">
         <v>355.87239366666671</v>
       </c>
       <c r="L19" s="17">
         <v>374.25453266666671</v>
       </c>
       <c r="M19" s="17">
         <v>3466.5486990000004</v>
       </c>
-      <c r="N19" s="16"/>
+      <c r="N19" s="17">
+        <v>439.70210766666668</v>
+      </c>
       <c r="O19" s="16"/>
       <c r="P19" s="16"/>
       <c r="Q19" s="17"/>
       <c r="R19" s="17"/>
     </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="17"/>
       <c r="C20" s="17"/>
       <c r="D20" s="17"/>
       <c r="E20" s="14"/>
       <c r="F20" s="17"/>
       <c r="G20" s="17"/>
       <c r="H20" s="17"/>
       <c r="I20" s="15"/>
       <c r="J20" s="17"/>
       <c r="K20" s="17"/>
       <c r="L20" s="17"/>
       <c r="M20" s="14"/>
       <c r="N20" s="17"/>
       <c r="O20" s="17"/>
       <c r="P20" s="17"/>
       <c r="Q20" s="13"/>
       <c r="R20" s="17"/>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A21" s="26" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="17"/>
       <c r="C21" s="17"/>
       <c r="D21" s="17"/>
       <c r="E21" s="14"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="15"/>
       <c r="J21" s="17"/>
       <c r="K21" s="17"/>
       <c r="L21" s="17"/>
       <c r="M21" s="14"/>
       <c r="N21" s="17"/>
       <c r="O21" s="17"/>
       <c r="P21" s="17"/>
       <c r="Q21" s="13"/>
       <c r="R21" s="17"/>
     </row>
-    <row r="22" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:18" s="12" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A22" s="12" t="str">
         <f>A12</f>
         <v>Overall balance</v>
       </c>
       <c r="B22" s="13">
         <v>82.756073000000015</v>
       </c>
       <c r="C22" s="14">
         <v>-1.5115018000001328</v>
       </c>
       <c r="D22" s="14">
         <v>17.319758219999926</v>
       </c>
       <c r="E22" s="14">
         <v>98.564329419999808</v>
       </c>
       <c r="F22" s="14">
         <v>-33.34389834000018</v>
       </c>
       <c r="G22" s="14">
         <v>105.14267747999992</v>
       </c>
       <c r="H22" s="13">
         <v>53.238271440000176</v>
       </c>
       <c r="I22" s="15">
         <v>223.60137999999972</v>
       </c>
       <c r="J22" s="14">
         <v>75.604766549999738</v>
       </c>
       <c r="K22" s="13">
         <v>79.041977650000206</v>
       </c>
       <c r="L22" s="14">
         <v>16.494140589999972</v>
       </c>
       <c r="M22" s="14">
         <v>394.74226478999964</v>
       </c>
-      <c r="N22" s="13"/>
+      <c r="N22" s="14">
+        <v>50.644218360000139</v>
+      </c>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22" s="14"/>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A23" s="2" t="str">
         <f>A13</f>
         <v>Total revenue/inflows</v>
       </c>
       <c r="B23" s="16">
         <v>467.81538399999999</v>
       </c>
       <c r="C23" s="17">
         <v>380.80492088999995</v>
       </c>
       <c r="D23" s="17">
         <v>399.31507610999984</v>
       </c>
       <c r="E23" s="17">
         <v>1247.9353809999998</v>
       </c>
       <c r="F23" s="17">
         <v>411.87429662</v>
       </c>
       <c r="G23" s="17">
         <v>423.67229733999994</v>
       </c>
       <c r="H23" s="16">
         <v>427.82150490000004</v>
       </c>
       <c r="I23" s="18">
         <v>2511.3034798599997</v>
       </c>
       <c r="J23" s="17">
         <v>459.36436483</v>
       </c>
       <c r="K23" s="16">
         <v>457.10574472000019</v>
       </c>
       <c r="L23" s="17">
         <v>413.07954783000002</v>
       </c>
       <c r="M23" s="17">
         <v>3840.8531372399998</v>
       </c>
-      <c r="N23" s="16"/>
+      <c r="N23" s="17">
+        <v>455.65055234000005</v>
+      </c>
       <c r="O23" s="16"/>
       <c r="P23" s="16"/>
       <c r="Q23" s="16"/>
       <c r="R23" s="17"/>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A24" s="2" t="str">
         <f>A14</f>
         <v>Total expenditure/ outflows</v>
       </c>
       <c r="B24" s="11">
         <v>385.05931099999998</v>
       </c>
       <c r="C24" s="17">
         <v>382.31642269000008</v>
       </c>
       <c r="D24" s="17">
         <v>381.99531788999991</v>
       </c>
       <c r="E24" s="17">
         <v>1149.3710515799999</v>
       </c>
       <c r="F24" s="17">
         <v>445.21819496000018</v>
       </c>
       <c r="G24" s="17">
         <v>318.52961986000003</v>
       </c>
       <c r="H24" s="16">
         <v>374.58323345999986</v>
       </c>
       <c r="I24" s="18">
         <v>2287.7020998600001</v>
       </c>
       <c r="J24" s="17">
         <v>383.75959828000026</v>
       </c>
       <c r="K24" s="16">
         <v>378.06376706999998</v>
       </c>
       <c r="L24" s="17">
         <v>396.58540724000005</v>
       </c>
       <c r="M24" s="17">
         <v>3446.1108724500004</v>
       </c>
-      <c r="N24" s="16"/>
+      <c r="N24" s="17">
+        <v>405.00633397999991</v>
+      </c>
       <c r="O24" s="16"/>
       <c r="P24" s="16"/>
       <c r="Q24" s="17"/>
       <c r="R24" s="17"/>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="27"/>
       <c r="C25" s="27"/>
       <c r="D25" s="27"/>
       <c r="E25" s="27"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
       <c r="I25" s="27"/>
       <c r="J25" s="27"/>
       <c r="K25" s="27"/>
       <c r="L25" s="27"/>
       <c r="M25" s="27"/>
       <c r="N25" s="27"/>
       <c r="O25" s="27"/>
       <c r="P25" s="27"/>
       <c r="Q25" s="27"/>
       <c r="R25" s="2"/>
     </row>
-    <row r="26" spans="1:18" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:18" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A26" s="28" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="27"/>
       <c r="C26" s="27"/>
       <c r="D26" s="27"/>
       <c r="E26" s="27"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="2"/>
     </row>
-    <row r="27" spans="1:18" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:18" ht="51.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="29" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="29"/>
       <c r="C27" s="29"/>
       <c r="D27" s="29"/>
       <c r="E27" s="29"/>
       <c r="F27" s="29"/>
       <c r="G27" s="29"/>
       <c r="H27" s="29"/>
       <c r="I27" s="29"/>
       <c r="J27" s="29"/>
       <c r="K27" s="29"/>
       <c r="L27" s="29"/>
       <c r="M27" s="29"/>
       <c r="N27" s="29"/>
       <c r="O27" s="29"/>
       <c r="P27" s="29"/>
       <c r="Q27" s="29"/>
     </row>
-    <row r="28" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="31" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="31"/>
       <c r="C28" s="31"/>
       <c r="D28" s="31"/>
       <c r="E28" s="31"/>
       <c r="F28" s="31"/>
       <c r="G28" s="31"/>
       <c r="H28" s="31"/>
       <c r="I28" s="31"/>
       <c r="J28" s="31"/>
       <c r="K28" s="31"/>
       <c r="L28" s="31"/>
       <c r="M28" s="31"/>
       <c r="N28" s="31"/>
       <c r="O28" s="31"/>
       <c r="P28" s="31"/>
       <c r="Q28" s="31"/>
     </row>
-    <row r="29" spans="1:18" ht="12.95" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:18" ht="13" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="30" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A30" s="31" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="31"/>
       <c r="C30" s="31"/>
       <c r="D30" s="31"/>
       <c r="E30" s="31"/>
       <c r="F30" s="31"/>
       <c r="G30" s="31"/>
       <c r="H30" s="31"/>
       <c r="I30" s="31"/>
       <c r="J30" s="31"/>
       <c r="K30" s="31"/>
       <c r="L30" s="31"/>
       <c r="M30" s="31"/>
       <c r="N30" s="31"/>
       <c r="O30" s="31"/>
       <c r="P30" s="31"/>
       <c r="Q30" s="31"/>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:18" x14ac:dyDescent="0.35">
       <c r="A31" s="32"/>
     </row>
-    <row r="32" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="UpTl86XGUqxZCQwLk5etniDypirhlzD1fPTi7a2vBMhPHp4iM/Wxtva9gHSSUlpwum+s2j01u8rCJNzWs/TCAA==" saltValue="sStLzyW5SQIqLAtfQFNN0w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="7njnvvYYuVjt1tCevNVrtCUcn+YBsWJLqkg5YCozunApTDqOiTgScu8HypbL4NdH6QIcVOIVbBu0/wQaQo0Suw==" saltValue="eSlH/ETOJMpvkBMsjAsqsw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="6">
     <mergeCell ref="A2:Q2"/>
     <mergeCell ref="B4:Q4"/>
     <mergeCell ref="R12:R16"/>
     <mergeCell ref="A27:Q27"/>
     <mergeCell ref="A28:Q28"/>
     <mergeCell ref="A30:Q30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">