--- v0 (2025-10-09)
+++ v1 (2026-01-06)
@@ -1,349 +1,317 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv-my.sharepoint.com/personal/elina_pentjusa_fm_gov_lv/Documents/Dokumenti/Nodevas/Uzskaitījuma saraksts/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nmd-sefer\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{047144D4-A036-4BED-B3FD-9948095C8823}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B424E9E1-1413-4E41-AA6A-E18347604032}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{FE63B17D-4794-45F2-AEE0-9BDA57296F3F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{76AA92BA-FBCF-48D1-8ED3-9D0C92F7C5EC}"/>
   </bookViews>
   <sheets>
-    <sheet name="VN uzskaitījums pēc VNA" sheetId="1" r:id="rId1"/>
+    <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'VN uzskaitījums pēc VNA'!$B$2:$M$926</definedName>
-[...23 lines deleted...]
-    <definedName name="Z_F9224C7B_968A_4AC2_8AB8_B27FF295AAB4_.wvu.FilterData" localSheetId="0" hidden="1">'VN uzskaitījums pēc VNA'!$B$2:$M$926</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$2:$M$923</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>FM</author>
   </authors>
   <commentList>
-    <comment ref="E2" authorId="0" shapeId="0" xr:uid="{A176C6E2-7869-4395-96B1-91A3F80F7267}">
+    <comment ref="E2" authorId="0" shapeId="0" xr:uid="{BA40DF2F-5840-421C-847A-EEA9D1EDA665}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t xml:space="preserve">FM:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Times New Roman"/>
             <family val="1"/>
             <charset val="186"/>
           </rPr>
           <t>Saskaņā ar likuma "Par nodokļiem un nodevām" 10.panta pirmo daļu valsts nodevu objektus nosaka saskaņā ar likumiem. Tādējādi valsts nodevas objekta nosaukums veidots atbilstoši likumā noteiktajam</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="F2" authorId="0" shapeId="0" xr:uid="{6C7ECA31-7F9C-4637-BF2F-6E70C22F5ED0}">
+    <comment ref="F2" authorId="0" shapeId="0" xr:uid="{DCD890E2-E330-42DE-B20E-39605705C5CB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t>FM:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Times New Roman"/>
             <family val="1"/>
             <charset val="186"/>
           </rPr>
           <t>Atbilstoši valsts nodevas objektam tiek noteikti valsts nodevu veidi. Tā, piemēram, gadījumos, ja likums, ar kuru valsts nodeva noteikta, paredz deleģējumu Ministru kabinetam izdot noteikumus valsts nodevas piemērošanai, tad valsts nodevas objekts izriet no likumā noteiktā, bet valsts nodevu veidi no Ministru kabineta noteikumos noteiktā</t>
         </r>
       </text>
     </comment>
-    <comment ref="H2" authorId="0" shapeId="0" xr:uid="{8A81677A-BDEC-4DFF-A0D0-EDD9B8B9B4C6}">
+    <comment ref="H2" authorId="0" shapeId="0" xr:uid="{D1D1AF60-2661-474F-BB4C-D1D66A0FE66F}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t>FM:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Times New Roman"/>
             <family val="1"/>
             <charset val="186"/>
           </rPr>
           <t>Saskaņā ar Ministru kabineta 2005.gada 27.decembra noteikumiem Nr.1032 "Noteikumi par budžetu ieņēmumu klasifikāciju" (minēto informāciju aizpilda Finanšu ministrija)</t>
         </r>
       </text>
     </comment>
-    <comment ref="K2" authorId="0" shapeId="0" xr:uid="{492DF4BA-0CB2-4E0C-9EB2-EF1B6334DE8E}">
+    <comment ref="K2" authorId="0" shapeId="0" xr:uid="{01C2C1B6-E412-4246-9F77-5381757B3FF6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t>FM:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Times New Roman"/>
             <family val="1"/>
             <charset val="186"/>
           </rPr>
           <t>Atbilstoši likuma "Par nodokļiem un nodevām" valsts nodevas administrācija ir institūcija, kas normatīvajos aktos noteiktajā kārtībā sniedz no tās funkcijām izrietošu pakalpojumu vai nodrošinājumu, par kuru maksājama valsts nodeva, kas ieskaitāma valsts budžetā, un vienlaikus kontrolē maksājamās valsts nodevas samaksu un veic tās uzskaiti, ja normatīvajos aktos nav noteikts citādi. Tādējādi šeit norādīta tā institūcija, kas saskaņā ar Ministru kabineta 2018.gada 7.augusta noteikumiem "Valsts nodevu uzskaites noteikumiem" sagatavo valsts nodevas pārskatu.</t>
         </r>
       </text>
     </comment>
-    <comment ref="L2" authorId="0" shapeId="0" xr:uid="{8A5EEADE-6BA0-4C31-95EC-FAEAF724F2A5}">
+    <comment ref="L2" authorId="0" shapeId="0" xr:uid="{27F0C5E2-0435-4A0A-974C-445DE7408F48}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t>FM:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="186"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Times New Roman"/>
             <family val="1"/>
             <charset val="186"/>
           </rPr>
           <t>Ministrija, kas saskaņā ar Ministru kabineta 2018.gada 7.augusta noteikumiem Nr.453 "Valsts nodevu uzskaites noteikumiem" apkopo sniegtos valsts nodevu administrāciju pārskatus un iesniedz nozares valsts nodevu konsolidēto pārskatu</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7634" uniqueCount="2327">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7634" uniqueCount="2459">
   <si>
     <t>Valsts nodevu uzskaitījums (informācija par valsts nodevām 2025.gadā)</t>
   </si>
   <si>
+    <t>Spēkā no</t>
+  </si>
+  <si>
+    <t>Spēkā līdz</t>
+  </si>
+  <si>
     <t>Nr.</t>
   </si>
   <si>
-    <t>Spēkā no</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Valsts nodevas objekts </t>
   </si>
   <si>
     <t>Valsts nodevas veids</t>
   </si>
   <si>
     <t>Normatīvais akts, kurā attiecīgā valsts nodeva ir noteikta</t>
   </si>
   <si>
     <t xml:space="preserve">Klasifikācijas kods </t>
   </si>
   <si>
     <t>Klasifikācijas koda nosaukums</t>
   </si>
   <si>
     <t>Atb.min./ CVI kods</t>
   </si>
   <si>
     <t>Valsts nodevas administrācija</t>
   </si>
   <si>
     <t>Atbildīgā ministrija/centrālā valsts iestāde</t>
   </si>
   <si>
     <t>Valsts budžeta ieņēmumu konts</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.</t>
   </si>
   <si>
     <t>Par licences izsniegšanu komercdarbībai ar militāra rakstura sprādzienbīstamiem priekšmetiem un ar nesprāgušu munīciju potenciāli piesārņotu un piesārņotu teritoriju izpētei un nesprāgušas munīcijas meklēšanai, identificēšanai, izcelšanai, savākšanai un uzglabāšanai</t>
   </si>
   <si>
     <r>
       <t>Likuma "Par piesārņojumu" 44</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>.1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
@@ -357,8755 +325,10929 @@
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>5</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> un ceturtā daļa; Ministru kabineta 2013.gada 30.aprīļa noteikumi Nr.243 "Kārtība, kādā veic speciālistu sertifikāciju un komersantu licencēšanu darbam ar militāra rakstura sprādzienbīstamiem priekšmetiem un militāri piesārņotu teritoriju izpēti un sanāciju"</t>
     </r>
   </si>
   <si>
     <t>Valsts nodevas par speciālu atļauju (licenču) izsniegšanu vai profesionālās kvalifikācijas atbilstības dokumentu reģistrāciju, kas nav minētas citos koda 9.2.9.0. apakškodos</t>
   </si>
   <si>
     <t>Aizsardzības ministrija</t>
   </si>
   <si>
     <t>LV34TREL1060000929900</t>
   </si>
   <si>
-    <t>2.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu komercdarbībai ar Eiropas Savienības Kopējā militāro preču sarakstā minētajām precēm </t>
   </si>
   <si>
     <t>Par speciālās atļaujas (licences) izsniegšanu komercdarbībai ar Eiropas Savienības Kopējā militāro preču sarakstā minētajām precēm</t>
   </si>
   <si>
-    <t>Stratēģiskas nozīmes preču aprites likuma 5.panta trešā daļa; Ministru kabineta 2012.gada 8.maija noteikumi Nr.331 “Kārtība, kādā izsniedz speciālās atļaujas (licences) komercdarbībai ar Eiropas Savienības Kopējā militāro preču sarakstā minētajām precēm”</t>
-[...4 lines deleted...]
-  <si>
     <t>Par uzticama sertifikācijas pakalpojumu sniedzēja darbības apstiprināšanu</t>
   </si>
   <si>
     <t xml:space="preserve">Par uzticama sertifikācijas pakalpojumu sniedzēja darbības apstiprināšanu </t>
   </si>
   <si>
     <t xml:space="preserve">Elektronisko dokumentu likuma 10.panta otrā daļa; Ministru kabineta 2017.gada 31.oktobra noteikumi Nr.642 "Noteikumi par uzticama sertifikācijas pakalpojumu sniedzēja darbības apstiprināšanas valsts nodevu" </t>
   </si>
   <si>
     <t>Nodeva par uzticama sertifikācijas pakalpojumu sniedzēja darbības apstiprināšanu un atjaunošanu</t>
   </si>
   <si>
     <t>Aizsardzības ministrija (Digitālas drošības uzraudzības komiteja)</t>
   </si>
   <si>
     <t>LV13TREL1060000913400</t>
   </si>
   <si>
-    <t>4.1.</t>
-[...41 lines deleted...]
-    <t>5.1.</t>
+    <t>Par atļaujas izsniegšanu niršanai jūrā ierobežotajās teritorijās</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļaujas izsniegšanu niršanai jūrā ierobežotajās teritorijās </t>
+  </si>
+  <si>
+    <r>
+      <t>Jūras vides aizsardzības un pārvaldības likuma 19.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>panta sestās daļas 4.punkts; Ministru kabineta 2016.gada 1.marta noteikumi Nr.133 "Noteikumi par niršanu jūrā ierobežotās teritorijās"</t>
+    </r>
+  </si>
+  <si>
+    <t>Nacionālo bruņoto spēku Nodrošinājuma pavēlniecības 1.Reģionālais nodrošinājuma centrs (Jūras spēku Krasta apsardzes dienests)</t>
+  </si>
+  <si>
+    <t>Par sprāgstvielu un spridzināšanas ietaišu iznīcināšanu pēc īpašnieka lūguma</t>
+  </si>
+  <si>
+    <t>Par sprāgstvielu un spridzināšanas ietaišu iznīcināšanu līdz 150 kg</t>
+  </si>
+  <si>
+    <t>Civilām vajadzībām paredzētu sprāgstvielu aprites likuma 22.panta ceturtā daļa; Ministru kabineta 2012.gada 3.jūlija noteikumi Nr.466 "Sprāgstvielu un spridzināšanas ietaišu izņemšanas un iznīcināšanas kārtība un valsts nodevas maksāšanas kārtība"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+9900</t>
+  </si>
+  <si>
+    <t>Pārējās nodevas, kas ieskaitītas valsts budžetā</t>
+  </si>
+  <si>
+    <t>Nacionālie bruņotie spēki</t>
+  </si>
+  <si>
+    <t>X</t>
+  </si>
+  <si>
+    <t>Par sprāgstvielu un spridzināšanas ietaišu iznīcināšanu līdz 300 kg</t>
+  </si>
+  <si>
+    <t>Par sprāgstvielu un spridzināšanas ietaišu iznīcināšanu līdz 450 kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Pārējās nodevas, kas ieskaitītas valsts budžetā</t>
+  </si>
+  <si>
+    <t>Par sprāgstvielu un spridzināšanas ietaišu iznīcināšanu līdz 600 kg</t>
+  </si>
+  <si>
+    <t>Par sprāgstvielu un spridzināšanas ietaišu iznīcināšanu līdz 750 kg</t>
+  </si>
+  <si>
+    <t>Par sprāgstvielu un spridzināšanas ietaišu iznīcināšanu līdz 900 kg</t>
   </si>
   <si>
     <t>Par stratēģiskas nozīmes preču ekspertu izziņas, galīgā izlietojuma apliecinājuma, importa sertifikāta, piegādes kontroles sertifikāta un stratēģiskas nozīmes preču pārvietošanas, eksporta, importa un tranzīta licences izsniegšanu</t>
   </si>
   <si>
     <t>Par stratēģiskas nozīmes preču eksperta izziņas izsniegšanu</t>
   </si>
   <si>
-    <t>Stratēģiskas nozīmes preču aprites likuma 7.panta ceturtā daļa; Ministru kabineta 2010.gada 20.jūlija noteikumi Nr.656 “Noteikumi par valsts nodevu par stratēģiskas nozīmes preču eksperta izziņas, galīgā izlietojuma apliecinājuma, importa sertifikāta, piegādes kontroles sertifikāta un stratēģiskas nozīmes preču pārvietošanas, eksporta, importa un tranzīta licences izsniegšanu”</t>
+    <t>Stratēģiskas nozīmes preču aprites likuma 7.panta ceturtā daļa; Ministru kabineta 2010.gada 20.jūlija noteikumi Nr.656 "Noteikumi par valsts nodevu par stratēģiskas nozīmes preču eksperta izziņas, galīgā izlietojuma apliecinājuma, importa sertifikāta, piegādes kontroles sertifikāta un stratēģiskas nozīmes preču pārvietošanas, eksporta, importa un tranzīta licences izsniegšanu"</t>
   </si>
   <si>
     <t>Nodeva par speciālu atļauju (licenču) izsniegšanu stratēģiskas nozīmes preču darījumiem</t>
   </si>
   <si>
     <t>Ārlietu ministrija</t>
   </si>
   <si>
     <t>LV93TREL1060110921600</t>
   </si>
   <si>
-    <t>5.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par galīgā izlietojuma apliecinājuma izsniegšanu</t>
   </si>
   <si>
-    <t>Stratēģiskas nozīmes preču aprites likuma 7.panta ceturtā daļa; Ministru kabineta 2010.gada 20.jūlija noteikumi Nr.656 "Noteikumi par valsts nodevu par stratēģiskas nozīmes preču eksperta izziņas, galīgā izlietojuma apliecinājuma, importa sertifikāta, piegādes kontroles sertifikāta un stratēģiskas nozīmes preču pārvietošanas, eksporta, importa un tranzīta licences izsniegšanu"</t>
-[...4 lines deleted...]
-  <si>
     <t>Par stratēģiskas nozīmes preču ekspertu izziņu, galīgā izlietojuma apliecinājumu, importa sertifikātu, piegādes kontroles sertifikātu un stratēģiskas nozīmes preču pārvietošanas, eksporta, importa un tranzīta licenču izsniegšanu</t>
   </si>
   <si>
     <t>Par importa sertifikāta sagatavošanu un izsniegšanu</t>
   </si>
   <si>
-    <t>5.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par piegādes kontroles sertifikāta izsniegšanu</t>
   </si>
   <si>
-    <t>5.5.</t>
-[...13 lines deleted...]
-  <si>
     <t>Par stratēģiskas nozīmes preču tranzīta licences (vienam preču sūtījumam) vai vispārējās stratēģiskas nozīmes preču tranzīta licences izsniegšanu</t>
   </si>
   <si>
-    <t>5.8.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par stratēģiskas nozīmes preču pārvietošanas, eksporta, importa un tranzīta licences izsniegšanu ar atzīmi par tās derīguma termiņa pagarinājumu</t>
   </si>
   <si>
-    <t>6.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Valsts nodeva par Šengenas īstermiņa vīzas pieprasīšanai nepieciešamo dokumentu izskatīšanu</t>
   </si>
   <si>
     <t>Īstermiņa vīza (C kategorija)</t>
   </si>
   <si>
     <t>Eiropas Parlamenta un Padomes regula (EK) Nr.810/2009 (2009.gada 13.jūlijs), ar ko izveido Kopienas Vīzu kodeksu (Vīzu kodekss)</t>
   </si>
   <si>
     <t>Nodeva par konsulāro amatpersonu sniegtajiem pakalpojumiem</t>
   </si>
   <si>
     <t>Ārlietu ministrija (Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
   </si>
   <si>
     <t>LV81TREL1060110919100</t>
   </si>
   <si>
-    <t>6.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Īstermiņa vīza (C kategorija), izsniedzama 10 darbdienu laikā saskaņā ar ES nolīgumiem ar trešajām valstīm</t>
   </si>
   <si>
-    <t>6.3.</t>
-[...1 lines deleted...]
-  <si>
     <t>Īstermiņa vīza (C kategorija), izsniedzama 3 darbdienu laikā saskaņā ar ES nolīgumiem ar trešajām valstīm</t>
   </si>
   <si>
-    <t>7.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par notariālo funkciju veikšanu pārstāvniecībā</t>
   </si>
   <si>
     <t>Konsulārās palīdzības un konsulāro pakalpojumu likuma 4.panta trešā daļa un 17.panta otrā daļa; Ministru kabineta 2018.gada 21.novembra noteikumi Nr.706 "Latvijas Republikas diplomātiskajās un konsulārajās pārstāvniecībās ārvalstīs veicamo notariālo funkciju noteikumi"</t>
   </si>
   <si>
     <t xml:space="preserve">Ārlietu ministrija (Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs) </t>
   </si>
   <si>
-    <t>8.</t>
+    <t>Par pagaidu ceļošanas dokumenta izsniegšanu</t>
+  </si>
+  <si>
+    <t>08.12.2025.</t>
   </si>
   <si>
     <t>Par pagaidu dokumenta izsniegšanu</t>
   </si>
   <si>
     <t>Par atgriešanās apliecības un pagaidu ceļošanas dokumenta izsniegšanu</t>
   </si>
   <si>
     <t>Personu apliecinošu dokumentu likuma 7.panta devītā daļa; Ministru kabineta 2012.gada 27.marta noteikumi Nr.223 "Noteikumi par valsts nodevu par atgriešanās apliecības un pagaidu ceļošanas dokumenta izsniegšanu"</t>
   </si>
   <si>
-    <t>9.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par publisko dokumentu legalizāciju</t>
   </si>
   <si>
     <t>Par publiska dokumenta legalizāciju piecu darbadienu laikā</t>
   </si>
   <si>
     <t>Dokumentu legalizācijas likuma 5.pants; Ministru kabineta 2019.gada 18.jūnija noteikumi Nr.264 "Publiska dokumenta legalizācijas noteikumi"</t>
   </si>
   <si>
-    <t>9.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par publiska dokumenta legalizāciju divu stundu laikā</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.</t>
   </si>
   <si>
     <t>Par vietējās pierobežas satiksmes atļaujas pieprasīšanai nepieciešamo dokumentu izskatīšanu</t>
   </si>
   <si>
     <r>
       <t>Imigrācijas likuma 4.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> panta ceturtā daļa; Ministru kabineta 2011.gada 28.jūnija noteikumi Nr.515 "Noteikumi par valsts nodevas apmēru par vietējās pierobežas satiksmes atļaujas pieprasīšanai nepieciešamo dokumentu izskatīšu un valsts nodevas maksāšanas kārtību"</t>
     </r>
   </si>
   <si>
-    <t>11.</t>
+    <t>09.05.2025.</t>
+  </si>
+  <si>
+    <t>Par privatizācijas sertifikātu pārdošanu, dāvināšanu un mantošanu</t>
+  </si>
+  <si>
+    <t>Par sertifikātu pārdošanu, ievērojot pārdošanas veidus, kas noteikti starpniecības sabiedrību darbību regulējošajos normatīvajos aktos</t>
+  </si>
+  <si>
+    <t>Likuma "Par privatizācijas sertifikātiem" 18.panta ceturtā daļa; Ministru kabineta 2017.gada 3.janvāra noteikumu Nr.12 "Privatizācijas sertifikātu kontu apkalpošanas, privatizācijas sertifikātu izmantošanas un aprites administrēšanas noteikumi" 46.1.apakšpunkts un 48.punkts</t>
+  </si>
+  <si>
+    <t>Nodeva par operācijām ar privatizācijas sertifikātiem</t>
+  </si>
+  <si>
+    <t>10.05.2025.</t>
+  </si>
+  <si>
+    <t>Par sertifikātu dāvināšanu</t>
+  </si>
+  <si>
+    <t>Par sertifikātu mantošanu</t>
+  </si>
+  <si>
+    <t>Likuma "Par privatizācijas sertifikātiem" 18.panta ceturtā daļa; Ministru kabineta 2017.gada 3.janvāra noteikumu Nr.12 "Privatizācijas sertifikātu kontu apkalpošanas, privatizācijas sertifikātu izmantošanas un aprites administrēšanas noteikumi" 46.3.apakšpunkts un 48.punkts</t>
   </si>
   <si>
     <t>Energoefektivitātes nodeva</t>
   </si>
   <si>
     <t>Energoefektivitātes likuma 13.pants; Ministru kabineta 2017.gada 11.aprīļa noteikumi Nr.202 "Noteikumi par energoefektivitātes nodevas apmēru un tās aprēķināšanas, piemērošanas, maksāšanas un kontroles kārtību"</t>
   </si>
   <si>
     <t>Speciāliem mērķiem paredzētās valsts nodevas, kas nav minētas citos koda 9.3.9.0. apakškodos</t>
   </si>
   <si>
-    <t>Enerģētikas un vides aģentūra</t>
+    <t>Par reģistrācijas darbībām būvkomersantu reģistrā</t>
+  </si>
+  <si>
+    <t>Par komersanta reģistrāciju būvkomersantu reģistrā</t>
+  </si>
+  <si>
+    <t>Būvniecības likuma 5.panta pirmās daļas 7.punkts; Ministru kabineta 2014.gada 25.februāra noteikumu Nr.116 "Būvkomersantu reģistrācijas noteikumi" 27.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Valsts nodeva par reģistrācijas darbībām būvkomersantu reģistrā</t>
+  </si>
+  <si>
+    <t>Par komersanta atkārtotu reģistrāciju būvkomersantu reģistrā, ja komersants izslēgts no būvkomersantu reģistra saskaņā ar šo noteikumu 22.1., 22.2. vai 22.4.apakšpunktu</t>
+  </si>
+  <si>
+    <t>Būvniecības likuma 5.panta pirmās daļas 7.punkts; Ministru kabineta 2014.gada 25.februāra noteikumu Nr.116 "Būvkomersantu reģistrācijas noteikumi" 27.2.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par komersanta atkārtotu reģistrāciju būvkomersantu reģistrā, ja komersants izslēgts no būvkomersantu reģistra saskaņā ar šo noteikumu 22.5.apakšpunktu</t>
+  </si>
+  <si>
+    <t>Būvniecības likuma 5.panta pirmās daļas 7.punkts; Ministru kabineta 2014.gada 25.februāra noteikumu Nr.116 "Būvkomersantu reģistrācijas noteikumi" 27.2.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Būvniecības likuma 5.panta pirmās daļas 7.punkts; Ministru kabineta 2014.gada 25.februāra noteikumu Nr.116 "Būvkomersantu reģistrācijas noteikumi" 27.3.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Būvniecības likuma 5.panta pirmās daļas 7.punkts; Ministru kabineta 2014.gada 25.februāra noteikumu Nr.116 "Būvkomersantu reģistrācijas noteikumi" 27.3.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Būvniecības likuma 5.panta pirmās daļas 7.punkts; Ministru kabineta 2014.gada 25.februāra noteikumu Nr.116 "Būvkomersantu reģistrācijas noteikumi" 27.3.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Būvniecības likuma 5.panta pirmās daļas 7.punkts; Ministru kabineta 2014.gada 25.februāra noteikumu Nr.116 "Būvkomersantu reģistrācijas noteikumi" 27.3.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Būvniecības likuma 5.panta pirmās daļas 7.punkts; Ministru kabineta 2014.gada 25.februāra noteikumu Nr.116 "Būvkomersantu reģistrācijas noteikumi" 27.3.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Būvniecības likuma 5.panta pirmās daļas 7.punkts; Ministru kabineta 2014.gada 25.februāra noteikumu Nr.116 "Būvkomersantu reģistrācijas noteikumi" 27.3.6.apakšpunkts</t>
+  </si>
+  <si>
+    <t>01.05.2025.</t>
+  </si>
+  <si>
+    <t>Par privatizācijas sertifikātu tirgus starpniecības sabiedrību licenču izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par Konkurences likumā noteikto apvienošanās izvērtēšanu</t>
+  </si>
+  <si>
+    <t>Par apvienošanās izvērtēšanu, ja iesniegts saīsināts ziņojums par apvienošanos</t>
+  </si>
+  <si>
+    <t>Konkurences likuma 15.panta sestā daļa; Ministru kabineta 2016.gada 14.jūnija noteikumu Nr.362 "Noteikumi par valsts nodevu par apvienošanās izvērtēšanu" 2.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par apvienošanās izvērtēšanu, ja pēc Konkurences padomes pieprasījuma vai pēc apvienošanās dalībnieku iniciatīvas iesniegts ziņojums par apvienošanos, kas neatbilst Konkurences likuma 15.panta otrajā daļā noteiktajiem ziņojuma par apvienošanos iesniegšanas nosacījumiem</t>
+  </si>
+  <si>
+    <t>Konkurences likuma 15.panta sestā daļa; Ministru kabineta 2016.gada 14.jūnija noteikumu Nr.362 "Noteikumi par valsts nodevu par apvienošanās izvērtēšanu" 2.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Konkurences likuma 15.panta sestā daļa; Ministru kabineta 2016.gada 14.jūnija noteikumu Nr.362 "Noteikumi par valsts nodevu par apvienošanās izvērtēšanu" 2.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Konkurences likuma 15.panta sestā daļa; Ministru kabineta 2016.gada 14.jūnija noteikumu Nr.362 "Noteikumi par valsts nodevu par apvienošanās izvērtēšanu" 2.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu patērētāja kreditēšanas pakalpojumu sniegšanai</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu tūrisma operatoram un tūrisma aģentam kompleksu tūrisma pakalpojumu organizēšanai un sniegšanai</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu tūrisma operatoram un tūrisma aģentam kompleksu tūrisma pakalpojumu organizēšanai un sniegšanai (pirmreizēja)</t>
+  </si>
+  <si>
+    <t>Tūrisma likuma 16.panta devītā daļa; Ministru kabineta 2018.gada 26.jūnija noteikumi Nr.380 "Noteikumi par kompleksa un saistīta tūrisma pakalpojuma sagatavošanas un sniegšanas kārtību un kompleksu un saistītu tūrisma pakalpojumu sniedzēju un ceļotāju tiesībām un pienākumiem"</t>
+  </si>
+  <si>
+    <t>Pārējās nodevas par speciālu atļauju (licenču) izsniegšanu atsevišķiem komercdarbības veidiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu tūrisma operatoram un tūrisma aģentam kompleksu tūrisma pakalpojumu organizēšanai un sniegšanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu parāda atgūšanas pakalpojuma sniegšanai </t>
+  </si>
+  <si>
+    <t>12.07.2024.</t>
+  </si>
+  <si>
+    <t>Finanšu stabilitātes nodeva**</t>
+  </si>
+  <si>
+    <t>Finanšu stabilitātes nodeva</t>
+  </si>
+  <si>
+    <t>Finanšu stabilitātes nodevas likums</t>
+  </si>
+  <si>
+    <t>Valsts ieņēmumu dienests</t>
+  </si>
+  <si>
+    <t>Finanšu ministrija</t>
+  </si>
+  <si>
+    <t>LV33TREL1060000300000</t>
+  </si>
+  <si>
+    <t>Azartspēļu nodeva</t>
+  </si>
+  <si>
+    <t>Par azartspēļu organizēšanas licences izsniegšanu (tai skaitā par azartspēļu organizēšanas licences izsniegšanu, ja azartspēļu organizēšana notiek arī ar elektronisko sakaru pakalpojumu starpniecību)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likums "Par izložu un azartspēļu nodevu un nodokli" </t>
+  </si>
+  <si>
+    <t>Izložu un azartspēļu nodeva</t>
+  </si>
+  <si>
+    <t>Izložu un azartspēļu uzraudzības inspekcija</t>
+  </si>
+  <si>
+    <t>LV11TREL1060000934000</t>
+  </si>
+  <si>
+    <t>Par azartspēļu - spēļu automātu spēles, bingo, ruletes (cilindriskās spēles), kāršu spēles, kauliņu spēles, totalizatora, derību un veiksmes spēles pa tālruni - organizēšanas licences pārreģistrāciju (tai skaitā par azartspēļu organizēšanas licences pārreģistrāciju, ja azartspēļu organizēšana notiek arī ar elektronisko sakaru pakalpojumu starpniecību)</t>
+  </si>
+  <si>
+    <t>Par azartspēļu organizēšanas licences izsniegšanu, ja azartspēļu organizēšana notiek tikai ar elektronisko sakaru pakalpojumu starpniecību (interaktīvās azartspēles)</t>
+  </si>
+  <si>
+    <t>Par azartspēļu - spēļu automātu spēles, bingo, ruletes (cilindriskās spēles), kāršu spēles, kauliņu spēles, totalizatora, derību un veiksmes spēles pa tālruni - organizēšanas licences pārreģistrēšanu, ja azartspēļu organizēšana notiek tikai ar elektronisko sakaru pakalpojumu starpniecību (interaktīvās azartspēles)</t>
+  </si>
+  <si>
+    <t>Par azartspēļu organizēšanas vietas licences izsniegšanu vai pārreģistrāciju, kas dod tiesības organizēt azartspēles kazino</t>
+  </si>
+  <si>
+    <t>Par azartspēļu organizēšanas vietas licences izsniegšanu vai pārreģistrāciju, kas dod tiesības organizēt azartspēles spēļu zālei vai bingo zālei</t>
+  </si>
+  <si>
+    <t>Par azartspēļu organizēšanas vietas licences izsniegšanu vai pārreģistrāciju, kas dod tiesības organizēt azartspēles totalizatora vai derību dalības likmju pieņemšanas vietai</t>
+  </si>
+  <si>
+    <t>Par azartspēļu pakalpojumu sniegšanas licences izsniegšanu, ja azartspēļu pakalpojumu sniegšanā gada laikā tiks izmantotas vairāk par 25 azartspēļu iekārtām, tai skaitā kāršu, kauliņu spēles un ruletes (cilindriskās spēles) galdiem, lototroniem</t>
+  </si>
+  <si>
+    <t>Par azartspēļu pakalpojumu sniegšanas licences izsniegšanu, ja azartspēļu pakalpojumu sniegšanā gada laikā tiks izmantotas 25 vai mazāk azartspēļu iekārtas, tai skaitā kāršu, kauliņu spēles un ruletes (cilindriskās spēles) galdi, lototroni</t>
+  </si>
+  <si>
+    <t>Par azartspēļu pakalpojumu sniegšanas licences pārreģistrāciju, ja azartspēļu pakalpojumu sniegšanā gada laikā tiks izmantotas vairāk par 25 azartspēļu iekārtām, tai skaitā kāršu, kauliņu spēles un ruletes (cilindriskās spēles) galdiem, lototroniem</t>
+  </si>
+  <si>
+    <t>Par azartspēļu pakalpojumu sniegšanas licences pārreģistrāciju, ja azartspēļu pakalpojumu sniegšanā gada laikā tiks izmantotas 25 vai mazāk azartspēļu iekārtas, tai skaitā kāršu, kauliņu spēles un ruletes (cilindriskās spēles) galdi, lototroni</t>
+  </si>
+  <si>
+    <t>Izložu nodeva</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu valsts mēroga izlozēm</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu vietēja mēroga izlozēm</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu valsts mēroga momentloterijām</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu vietēja mēroga momentloterijām</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu vietēja mēroga vienreizēja rakstura izlozēm</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu interaktīvajām izlozēm (interaktīvo izložu organizēšanas licence)</t>
+  </si>
+  <si>
+    <t>Par momentloterijas jaunas biļešu sērijas izdošanu (sākot no otrās sērijas) par valsts mēroga momentloteriju</t>
+  </si>
+  <si>
+    <t>Par momentloterijas jaunas biļešu sērijas izdošanu (sākot no otrās sērijas) par vietēja mēroga momentloteriju</t>
+  </si>
+  <si>
+    <t>Par preču un pakalpojumu loterijas atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>Preču un pakalpojumu loteriju likums</t>
+  </si>
+  <si>
+    <t>Preču un pakalpojumu loteriju organizēšanas nodeva</t>
+  </si>
+  <si>
+    <t>LV88TREL1060130926000</t>
+  </si>
+  <si>
+    <t>Elektronisko sakaru likuma 65.panta pirmā daļa; Ministru kabineta 2022.gada 15.novembra noteikumi Nr.714 "Noteikumi par numerācijas lietošanas tiesību ikgadējo valsts nodevu"</t>
+  </si>
+  <si>
+    <t>Numerācijas lietošanas tiesību ikgadēja valsts nodeva</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LV33TREL1060000300000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) komercdarbībai ar akcīzes precēm izsniegšanu un pārreģistrāciju </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālas atļaujas (licences) tabakas izstrādājumu vairumtirdzniecībai izsniegšanu vai pārreģistrāciju, ja tiek pieteikta jauna darbības vieta </t>
+  </si>
+  <si>
+    <t>Likuma "Par akcīzes nodokli" 2.panta septītās daļas 1.punkts; Ministru kabineta 2005.gada 30.augusta noteikumi Nr.662 "Akcīzes preču aprites kārtība"</t>
+  </si>
+  <si>
+    <t>Nodeva par speciālu atļauju (licenču) izsniegšanu komercdarbībai ar akcīzes precēm</t>
+  </si>
+  <si>
+    <t>LV32TREL1060000921400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālas atļaujas (licences) tabakas izstrādājumu mazumtirdzniecībai izsniegšanu vai pārreģistrāciju, ja tiek pieteikta jauna darbības vieta </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālas atļaujas (licences) alkoholisko dzērienu vairumtirdzniecībai izsniegšanu vai pārreģistrāciju, ja tiek pieteikta jauna darbības vieta </t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) alkoholisko dzērienu mazumtirdzniecībai izsniegšanu vai pārreģistrāciju, ja tiek pieteikta jauna darbības vieta</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) alus mazumtirdzniecībai izsniegšanu vai pārreģistrāciju, ja tiek pieteikta jauna darbības vieta</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) degvielas vairumtirdzniecībai izsniegšanu vai pārreģistrāciju, ja tiek pieteikta jauna darbības vieta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālas atļaujas (licences) degvielas mazumtirdzniecībai izsniegšanu vai pārreģistrāciju, ja tiek pieteikta jauna darbības vieta </t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai ar degvielu, izņemot biodegvielu, izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai ar alkoholiskajiem dzērieniem, izņemot ar alkoholiskajiem dzērieniem mazajā alkoholisko dzērienu darītavā, izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai ar alkoholiskajiem dzērieniem mazajā alkoholisko dzērienu darītavā, izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai ar tabakas izstrādājumiem izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai ar bezalkoholiskajiem dzērieniem izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai ar kafiju izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai ar biodegvielu izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai ar elektroniskajās smēķēšanas ierīcēs izmantojamo šķidrumu un elektroniskajās smēķēšanas ierīcēs izmantojamā šķidruma sagatavošanas sastāvdaļām izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai ar tabakas aizstājējproduktiem izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālas atļaujas (licences) reģistrēta saņēmēja un reģistrēta nosūtītāja darbībai ar degvielu, izņemot biodegvielu, izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids </t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) reģistrēta saņēmēja un reģistrēta nosūtītāja darbībai ar alkoholiskajiem dzērieniem izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) reģistrēta saņēmēja un reģistrēta nosūtītāja darbībai ar tabakas izstrādājumiem izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) reģistrēta saņēmēja un reģistrēta nosūtītāja darbībai ar biodegvielu izsniegšanu vai pārreģistrāciju, ja tiek pieteikts jauns akcīzes preču veids</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) tabakas izstrādājumu vairumtirdzniecībai un mazumtirdzniecībai, alkoholisko dzērienu vairumtirdzniecībai un mazumtirdzniecībai vai degvielas vairumtirdzniecībai un mazumtirdzniecībai (ja netiek pieteikta jauna darbības vieta) pārreģistrāciju</t>
+  </si>
+  <si>
+    <t>Par speciālas atļaujas (licences) apstiprināta noliktavas turētāja darbībai, speciālās atļaujas (licences) reģistrēta nosūtītāja darbībai vai speciālās atļaujas (licences) reģistrēta saņēmēja darbībai, ja speciālo atļauju (licenci) nepapildina ar jaunu akcīzes preču veidu, pārreģistrāciju</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālas atļaujas (licences) darbībām ar dabasgāzi izsniegšanu un pārreģistrāciju </t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) dabasgāzes kā degvielas mazumtirdzniecībai izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) apstiprināta noliktavas turētāja darbībām ar dabasgāzi izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) dabasgāzes kā degvielas mazumtirdzniecībai pārreģistrāciju, ja netiek pieteikta jauna darbības vieta</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) dabasgāzes kā degvielas mazumtirdzniecībai pārreģistrāciju, ja tiek pieteikta jauna tirdzniecības vieta</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) apstiprināta noliktavas turētāja darbībām ar dabasgāzi pārreģistrāciju</t>
+  </si>
+  <si>
+    <t>Uzņēmējdarbības riska valsts nodeva**</t>
+  </si>
+  <si>
+    <t>Uzņēmējdarbības riska valsts nodeva</t>
+  </si>
+  <si>
+    <t>Grāmatvedības likuma 38.panta trešā daļa</t>
+  </si>
+  <si>
+    <t>LV33TREL1060130929900</t>
+  </si>
+  <si>
+    <t>Par apsardzes darbinieka kvalifikācijas pārbaudījuma kārtošanu, apsardzes sertifikāta, tā dublikāta un atkārtota sertifikāta izsniegšanu un apsardzes sertifikāta derīguma termiņa pagarināšanu</t>
+  </si>
+  <si>
+    <t>Par pārbaudījuma kārtošanu</t>
+  </si>
+  <si>
+    <t>Nodevas par kvalifikācijas pārbaudījumu kārtošanu un sertifikātu izsniegšanu apsardzes, ieroču un munīcijas aprites kārtības, pirotehnikas, spridzināšanas un detektīvdarbības jomā</t>
+  </si>
+  <si>
+    <t>Valsts policija</t>
+  </si>
+  <si>
+    <t>Iekšlietu ministrija</t>
+  </si>
+  <si>
+    <t>LV15TREL1060140922000</t>
+  </si>
+  <si>
+    <t>Par apsardzes sertifikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par apsardzes sertifikāta derīguma termiņa pagarināšanu</t>
+  </si>
+  <si>
+    <t>Par atkārtota apsardzes sertifikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par apsardzes sertifikāta dublikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par iekšējās drošības dienesta reģistrāciju reģistrā</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 11.panta septītā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 73.punkts</t>
+  </si>
+  <si>
+    <t>Nodeva par iekšējās drošības dienesta reģistrācijas apliecības, tās dublikāta un atkārtotas apliecības izsniegšanu</t>
+  </si>
+  <si>
+    <t>LV61TREL1060140913800</t>
+  </si>
+  <si>
+    <t>Par jebkāda veida ieroča atļaujas, atkārtotas atļaujas, atļaujas dublikāta, Eiropas šaujamieroču apliecības izsniegšanu, ieroča atļaujas un Eiropas šaujamieroču apliecības derīguma termiņa pagarināšanu</t>
+  </si>
+  <si>
+    <t>Par ieroča iegādāšanās atļaujas izsniegšanu fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Nodeva par jebkāda veida ieroča atļaujas, atkārtotas atļaujas, atļaujas dublikāta, Eiropas šaujamieroču apliecības izsniegšanu, ieroča atļaujas un Eiropas šaujamieroču apliecības derīguma termiņa pagarināšanu</t>
+  </si>
+  <si>
+    <t>LV46TREL1060140913100</t>
+  </si>
+  <si>
+    <t>Par ieroča realizēšanas atļaujas izsniegšanu fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par ieroča glabāšanas atļaujas izsniegšanu garstobra–gludstobra šaujamieroča (ar maināmām būtiskajām sastāvdaļām vai bez tām) vai lielas enerģijas pneimatiskā ieroča glabāšanai fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroča glabāšanas atļaujas izsniegšanu garstobra-vītņstobra (arī par garstobra–gludstobra, kombinēta ar vītņstobru) šaujamieroča (ar maināmām būtiskajām sastāvdaļām vai bez tām) glabāšanai fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroča glabāšanas atļaujas izsniegšanu pusautomātiskā, atkārtotas darbības vai viena šāviena īsstobra šaujamieroča (ar maināmām būtiskajām sastāvdaļām vai bez tām) glabāšanai fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroča nēsāšanas atļaujas izsniegšanu pusautomātiskā, atkārtotas darbības vai viena šāviena īsstobra šaujamieroča nēsāšanai fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroču pārvadāšanas vai pārsūtīšanas atļaujas izsniegšanu fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par iepriekšējās piekrišanas dokumenta izsniegšanu fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroču kolekcijas atļaujas izsniegšanu fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroča atļaujas derīguma termiņa pagarināšanu fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par Eiropas šaujamieroču apliecības izsniegšanu fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par Eiropas šaujamieroču apliecības derīguma termiņa pagarināšanu fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par noteiktas ieroča atļaujas dublikāta vai atkārtotas atļaujas izsniegšanu fiziskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroča iegādāšanās atļaujas izsniegšanu juridiskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroča realizēšanas atļaujas izsniegšanu juridiskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroča glabāšanas atļaujas izsniegšanu juridiskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroča nēsāšanas atļaujas darba vajadzībām izsniegšanu juridiskajai personai</t>
+  </si>
+  <si>
+    <t>Par atļaujas ieroču pārvadāšanai Latvijā izsniegšanu (neatkarīgi no šaujamieroču, to maināmo būtisko sastāvdaļu, patronu vai lielas enerģijas pneimatisko ieroču daudzuma) juridiskajai personai</t>
+  </si>
+  <si>
+    <t>Par iepriekšējās piekrišanas dokumenta izsniegšanu juridiskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroču pārvadāšanas vai pārsūtīšanas atļaujas izsniegšanu juridiskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroču kolekcijas atļaujas izsniegšanu juridiskajai personai</t>
+  </si>
+  <si>
+    <t>Par ieroča atļaujas derīguma termiņa pagarināšanu juridiskajai personai</t>
+  </si>
+  <si>
+    <t>Par noteiktas ieroča atļaujas dublikāta vai atkārtotas atļaujas izsniegšanu juridiskajai personai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par kontrolšāvienu izdarīšanu </t>
+  </si>
+  <si>
+    <t>Par kontrolšāvienu izdarīšanu ar vītņstobra šaujamieroci</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 88.panta piektā daļa; Ministru kabineta 2020.gada 21.janvāra noteikumi Nr.40 "Kontrolšāvienu izdarīšanas kārtība un valsts nodevas apmērs un maksāšanas kārtība"</t>
+  </si>
+  <si>
+    <t>Valsts nodeva par Ieroču aprites likumā paredzētā kontrolšāviena ar vītņstobra šaujamieroci izdarīšanu, par šaujamieroča un lielas enerģijas pneimatiskā ieroča dezaktivēšanas apliecinājuma izsniegšanu un par salūtieroča (akustiskā ieroča) apliecinājuma izsniegšanu</t>
+  </si>
+  <si>
+    <t>LV67TREL1060140939300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par ieroču un munīcijas aprites un prasmju rīkoties ar ieroci kvalifikācijas pārbaudījuma kārtošanu, kā arī par kvalifikācijas pārbaudījuma apliecības dublikāta izsniegšanu </t>
+  </si>
+  <si>
+    <t>Par licences izsniegšanu, tās derīguma termiņa pagarināšanu, dublikāta un atkārtotas licences izsniegšanu komercdarbībai ar ieročiem, munīciju un to sastāvdaļām</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par licenci A, B un C kategorijas medību, sporta, pašaizsardzības un kolekcijas šaujamieroču un to sastāvdaļu, tiem paredzētās munīcijas un tās sastāvdaļu (ieskaitot šaujampulveri) un D kategorijas lielas enerģijas pneimatisko ieroču un to sastāvdaļu realizēšanai </t>
+  </si>
+  <si>
+    <t>LV96TREL1060140921900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par licenci A, B un C kategorijas medību, sporta, pašaizsardzības, kolekcijas šaujamieroču, D kategorijas lielas enerģijas pneimatisko ieroču, E kategorijas gāzes un signālieroču un F kategorijas mazas enerģijas pneimatisko ieroču remontēšanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par licenci A, B un C kategorijas medību, sporta, pašaizsardzības šaujamieroču un to sastāvdaļu, tiem paredzētās munīcijas un tās sastāvdaļu (izņemot šaujampulveri) un D kategorijas lielas enerģijas pneimatisko ieroču un to sastāvdaļu izgatavošanai </t>
+  </si>
+  <si>
+    <t>Par licenci A, B, C un D kategorijas ieroču dezaktivēšanai un A, B un C kategorijas ieroču pārveidošanai par salūtieročiem (akustiskiem ieročiem)</t>
+  </si>
+  <si>
+    <t>Par licenci ieroču brokera darbībai komercdarījumiem ar A, B un C kategorijas medību, sporta, pašaizsardzības, kolekcijas šaujamieročiem un to būtiskajām sastāvdaļām, tiem paredzēto munīciju un tās sastāvdaļām (ieskaitot šaujampulveri)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par licenci E kategorijas gāzes ieroču un signālieroču un to munīcijas, F kategorijas mazas enerģijas pneimatisko ieroču, gāzes baloniņu, elektrošoku un auksto ieroču realizācijai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par licenci E kategorijas gāzes ieroču un signālieroču un to munīcijas, F kategorijas mazas enerģijas pneimatisko ieroču, gāzes baloniņu, elektrošoku un auksto ieroču izgatavošanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par licences dublikāta izsniegšanu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atkārtotu licences izsniegšanu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par licences derīguma termiņa pagarināšanu </t>
+  </si>
+  <si>
+    <t>Par pārrobežu skaidras naudas pārvadājumu atļaujas, pārrobežu skaidras naudas pārvadājumu atļaujas dublikāta un atkārtotas pārrobežu skaidras naudas pārvadājumu atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par pārrobežu skaidras naudas pārvadājumu atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 8.panta piektā daļa; Ministru kabineta 2015.gada 3.martā noteikumi Nr.118 "Pārrobežu skaidras naudas pārvadājumu atļaujas izsniegšanas kārtība un valsts nodevas apmērs un maksāšanas kārtība"</t>
+  </si>
+  <si>
+    <t>Valsts nodeva par pārrobežu skaidras naudas pārvadājumu atļaujas, tās dublikāta un atkārtotas atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>LV51TREL1060140929500</t>
+  </si>
+  <si>
+    <t>Par pārrobežu skaidras naudas pārvadājumu atļaujas dublikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par atkārtotas pārrobežu skaidras naudas pārvadājumu atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par pirotehniķa sertifikāta, tā dublikāta un atkārtota sertifikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pirotehniķa sertifikāta izsniegšanu </t>
+  </si>
+  <si>
+    <t>Pirotehnisko izstrādājumu aprites likuma 19.panta septītā daļa; Ministru kabineta 2012.gada 10.janvāra noteikumu Nr.45 "Noteikumi par pirotehniķa sertifikāta iegūšanas kārtību un valsts nodevas maksāšanas kārtību un apmēru" 20.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pirotehniķa sertifikāta dublikāta izsniegšanu </t>
+  </si>
+  <si>
+    <t>Pirotehnisko izstrādājumu aprites likuma 19.panta septītā daļa; Ministru kabineta 2012.gada 10.janvāra noteikumu Nr.45 "Noteikumi par pirotehniķa sertifikāta iegūšanas kārtību un valsts nodevas maksāšanas kārtību un apmēru" 20.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par atkārtota pirotehniķa sertifikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Pirotehnisko izstrādājumu aprites likuma 19.panta septītā daļa; Ministru kabineta 2012.gada 10.janvāra noteikumu Nr.45 "Noteikumi par pirotehniķa sertifikāta iegūšanas kārtību un valsts nodevas maksāšanas kārtību un apmēru" 20.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par salūtieroča (akustiskā ieroča) apliecinājuma izsniegšanu </t>
+  </si>
+  <si>
+    <t>Par apsardzes komersanta reģistrāciju reģistrā</t>
+  </si>
+  <si>
+    <t>Par apsardzes tehnisko sistēmu ierīkošanas pakalpojuma reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par fiziskās apsardzes pakalpojuma sniegšanas reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par inkasācijas apsardzes pakalpojuma sniegšanas reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par tehniskās apsardzes pakalpojuma sniegšanas reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu komercdarbībai ar sprāgstvielām un spridzināšanas ietaisēm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu spridzināšanas darbu veikšanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu sprāgstvielu un spridzināšanas ietaišu realizēšanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu sprāgstvielu un spridzināšanas ietaišu izgatavošanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) dublikāta izsniegšanu </t>
+  </si>
+  <si>
+    <t>Par atkārtotas speciālās atļaujas (licences) izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) un sertifikāta detektīvdarbības veikšanai izsniegšanu un sertifikāta darbības laika pagarināšanu</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu detektīvdarbības veikšanai</t>
+  </si>
+  <si>
+    <t>Par sertifikāta izsniegšanu detektīvdarbības veikšanai</t>
+  </si>
+  <si>
+    <t>Par sertifikāta detektīvdarbības veikšanai dublikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) detektīvdarbības veikšanai dublikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atkārtotu sertifikāta detektīvdarbības veikšanai izsniegšanu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atkārtotu speciālās atļaujas (licences) detektīvdarbības veikšanai izsniegšanu </t>
+  </si>
+  <si>
+    <t>Par sertifikāta detektīvdarbības veikšanai darbības laika pagarināšanu</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences), tās dublikāta un atkārtotas speciālās atļaujas (licences) izsniegšanu komercdarbībai ar uguņošanas ierīcēm, skatuves pirotehniskajiem izstrādājumiem vai to propelentiem</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu uguņošanas ierīču un skatuves pirotehnisko izstrādājumu ražošanai</t>
+  </si>
+  <si>
+    <t>Pirotehnisko izstrādājumu aprites likuma 7.panta trešā daļa; Ministru kabineta 2011.gada 28.jūnija noteikumi Nr.502 "Kārtība, kādā izsniedzamas speciālās atļaujas (licences) un Valsts policijas atļaujas komercdarbībai ar uguņošanas ierīcēm un skatuves pirotehniskajiem izstrādājumiem un maksājama valsts nodeva"</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) dublikāta izsniegšanu uguņošanas ierīču un skatuves pirotehnisko izstrādājumu ražošanai</t>
+  </si>
+  <si>
+    <t>Par atkārtotu speciālās atļaujas (licences) izsniegšanu uguņošanas ierīču un skatuves pirotehnisko izstrādājumu ražošanai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu noteiktas klases uguņošanas ierīču un skatuves pirotehnisko izstrādājumu vairumtirdzniecībai, mazumtirdzniecībai vai vairumtirdzniecībai un mazumtirdzniecībai, vai citam komercdarbības veidam </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) dublikāta izsniegšanu noteiktas klases uguņošanas ierīču un skatuves pirotehnisko izstrādājumu vairumtirdzniecībai, mazumtirdzniecībai vai vairumtirdzniecībai un mazumtirdzniecībai, vai citam komercdarbības veidam </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atkārtotu speciālās atļaujas (licences) izsniegšanu noteiktas klases uguņošanas ierīču un skatuves pirotehnisko izstrādājumu vairumtirdzniecībai, mazumtirdzniecībai vai vairumtirdzniecībai un mazumtirdzniecībai, vai citam komercdarbības veidam </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu pirotehnisko pakalpojumu sniegšanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) dublikāta izsniegšanu pirotehnisko pakalpojumu sniegšanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atkārtotu speciālās atļaujas (licences) izsniegšanu pirotehnisko pakalpojumu sniegšanai </t>
+  </si>
+  <si>
+    <t>Par spridzinātāja sertifikāta vai spridzināšanas darbu vadītāja sertifikāta, tā dublikāta un atkārtota sertifikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par spridzinātāja sertifikāta vai spridzināšanas darbu vadītāja sertifikāta izsniegšanu </t>
+  </si>
+  <si>
+    <t>Civilām vajadzībām paredzētu sprāgstvielu aprites likuma 24.panta septītā un astotā daļa; Ministru kabineta 2011.gada 29.novembra noteikumi Nr.907 "Noteikumi par spridzinātāja sertifikāta un spridzināšanas darbu vadītāja sertifikāta izsniegšanas kārtību un valsts nodevas maksāšanas kārtību un apmēru"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par spridzinātāja sertifikāta vai spridzināšanas darbu vadītāja sertifikāta dublikāta izsniegšanu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atkārtota spridzinātāja sertifikāta vai spridzināšanas darbu vadītāja sertifikāta izsniegšanu </t>
+  </si>
+  <si>
+    <t>Par šaujamieroča un lielas enerģijas pneimatiskā ieroča dezaktivēšanas apliecinājuma izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par šaujamieroča un lielas enerģijas pneimatisko ieroča dezaktivēšanas apliecinājuma izsniegšanu</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 58.panta trešā un ceturtā daļa; Ministru kabineta 2019.gada 16.aprīļa noteikumi Nr.157 "Noteikumi par šaujamieroču un lielas enerģijas pneimatisko ieroču dezaktivēšanas apliecinājuma izsniegšanas kārtību un valsts nodevu"</t>
+  </si>
+  <si>
+    <t>Par psihologa reģistrēšanu reģistrā un psihologa sertifikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par psihologa reģistrēšanu Psihologu reģistrā</t>
+  </si>
+  <si>
+    <t>Psihologu likuma 9.panta piektā daļa; Ministru kabineta 2018.gada 29.maija noteikumi Nr.301 "Psihologu noteikumi"</t>
+  </si>
+  <si>
+    <t>Izglītības kvalitātes valsts dienests</t>
+  </si>
+  <si>
+    <t>Izglītības un zinātnes ministrija</t>
+  </si>
+  <si>
+    <t>LV03TREL1060150929900</t>
+  </si>
+  <si>
+    <t>Par psihologa sertifikāta izsniegšanu (tai skaitā veicot resertifikāciju)</t>
+  </si>
+  <si>
+    <t>Par psihologa–pārrauga tiesību piešķiršanu un psihologa–pārrauga reģistrēšanu psihologu reģistrā</t>
+  </si>
+  <si>
+    <t>Par psihologa–pārrauga tiesību piešķiršanu un psihologa–pārrauga reģistrēšanu Psihologu reģistrā</t>
+  </si>
+  <si>
+    <t>Psihologu likuma 10.panta ceturtā daļa; Ministru kabineta 2018.gada 29.maija noteikumi Nr.301 "Psihologu noteikumi"</t>
+  </si>
+  <si>
+    <t>Par valsts valodas prasmes pārbaudi</t>
+  </si>
+  <si>
+    <r>
+      <t>Imigrācijas likuma 24.panta 5.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>daļa; likuma "Par Eiropas Savienības pastāvīgā iedzīvotāja statusu Latvijas Republikā" 3.panta piektā daļa; Ministru kabineta 2022.gada 8.marta noteikumi Nr.157 "Noteikumi par valsts valodas zināšanu apjomu, valsts valodas prasmes pārbaudes kārtību un valsts nodevu par valsts valodas prasmes pārbaudi"</t>
+    </r>
+  </si>
+  <si>
+    <t>Nodeva par valsts valodas prasmes atestāciju profesionālo un amata pienākumu veikšanai</t>
+  </si>
+  <si>
+    <t>Valsts izglītības satura centrs</t>
+  </si>
+  <si>
+    <t>LV63TREL1060150923000</t>
+  </si>
+  <si>
+    <t>Par apstiprinājuma vai piekrišanas izsniegšanu atkritumu pārrobežu pārvadājumiem</t>
+  </si>
+  <si>
+    <t>Par apstiprinājuma izsniegšanu atkritumu pārrobežu pārvadājumiem vai piekrišanas izsniegšanu atkritumu pārrobežu pārvadājumiem</t>
+  </si>
+  <si>
+    <t>Atkritumu apsaimniekošanas likuma 42.panta devītā daļa; Ministru kabineta 2011.gada 30.augusta noteikumi Nr.667 "Noteikumi par valsts nodevu par apstiprinājuma vai piekrišanas izsniegšanu atkritumu pārrobežu pārvadājumiem un valsts nodevas maksāšanas kārtību"</t>
+  </si>
+  <si>
+    <t>Valsts nodeva par atkritumu savākšanas, pārvadāšanas, pārkraušanas, šķirošanas un uzglabāšanas atļauju</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atkritumu savākšanas, pārvadāšanas, pārkraušanas, šķirošanas vai uzglabāšanas atļaujas un slēgtas vai rekultivētas atkritumu izgāztuves atrakšanas un atkritumu pāršķirošanas atļaujas izsniegšanu </t>
+  </si>
+  <si>
+    <t>Par atļauju atkritumu savākšanai vai atkritumu savākšanai un pārvadāšanai atbilstoši šo noteikumu 3.1.apakšpunktam</t>
+  </si>
+  <si>
+    <t>Atkritumu apsaimniekošanas likuma 12.panta trešā daļa; Ministru kabineta 2011.gada 13.septembra noteikumi Nr.703 "Noteikumi par atkritumu apsaimniekošanas atļaujas izsniegšanas un anulēšanas kārtību, atkritumu tirgotāju un atkritumu apsaimniekošanas starpnieku reģistrācijas kārtību, kā arī par valsts nodevu un tās maksāšanas kārtību"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļauju atkritumu pārkraušanai un uzglabāšanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļauju atkritumu šķirošanai un uzglabāšanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļauju atkritumu uzglabāšanai </t>
+  </si>
+  <si>
+    <t>Par atļauju atkritumu pārvadāšanai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļauju slēgtas vai rekultivētas atkritumu izgāztuves atrakšanai un atkritumu pāršķirošanai </t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu, kurā iekļautas divas šo noteikumu 21.punkta dažādos apakšpunktos minētās darbības (izņemot 21.6. apakšpunktā minēto darbību)</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu, kurā iekļautas trīs (vai vairāk) šo noteikumu 21.punkta dažādos apakšpunktos minētās darbības (izņemot 21.6. apakšpunktā minēto darbību)</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu A vai B kategorijas piesārņojošai darbībai un tās pārskatīšanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļaujas izsniegšanu A kategorijas piesārņojošai darbībai </t>
+  </si>
+  <si>
+    <r>
+      <t>Likuma "Par piesārņojumu" 28.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>pants; Ministru kabineta 2011.gada 30.augusta noteikumi Nr.666 "Noteikumi par valsts nodevu par atļaujas izsniegšanu A vai B kategorijas piesārņojošai darbībai, atļaujas nosacījumu pārskatīšanu, kā arī valsts nodevas maksāšanas kārtību un atvieglojumiem"</t>
+    </r>
+  </si>
+  <si>
+    <t>Valsts nodeva par atļauju A un B kategorijas piesārņojošai darbībai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par A kategorijas piesārņojošās darbības atļaujas pārskatīšanu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļaujas izsniegšanu B kategorijas piesārņojošai darbībai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par B kategorijas piesārņojošās darbības atļaujas pārskatīšanu </t>
+  </si>
+  <si>
+    <t>18.10.2025.</t>
+  </si>
+  <si>
+    <t>Par siltumnīcefekta gāzu emisijas atļauju</t>
+  </si>
+  <si>
+    <t>Jūras vides aizsardzības un pārvaldības likuma 19.panta piektā daļa; Ministru kabineta 2014.gada 14.oktobra noteikumi Nr.632 "Noteikumi par ikgadēju valsts nodevu par atļaujas vai licences laukuma jūrā izmantošanu"</t>
+  </si>
+  <si>
+    <t>Valsts nodeva par zemes dzīļu izmantošanas licenci un atradnes pasi</t>
+  </si>
+  <si>
+    <t>Par reģistrācijas apliecības izsniegšanu un izmaiņu veikšanu reģistrācijas apliecībā, kā arī par licences izsniegšanu un grozījumu izdarīšanu licencē</t>
+  </si>
+  <si>
+    <t>Par reģistrācijas apliecības izsniegšanu darbībām ar jonizējošā starojuma avotiem</t>
+  </si>
+  <si>
+    <t>Likuma "Par radiācijas drošību un kodoldrošību" 11.panta septītā daļa; Ministru kabineta 2021.gada 28.janvāra noteikumi Nr.65 "Darbību ar jonizējošā starojuma avotiem paziņošanas, reģistrēšanas un licencēšanas noteikumi"</t>
+  </si>
+  <si>
+    <t>Valsts nodeva par speciālās atļaujas (licences) vai atļaujas izsniegšanu darbībām ar jonizējošā starojuma avotiem</t>
+  </si>
+  <si>
+    <t>Par licences izsniegšanu darbībām ar jonizējošā starojuma avotiem</t>
+  </si>
+  <si>
+    <t>Par izmaiņu veikšanu reģistrācijas apliecībā darbībām ar jonizējošā starojuma avotiem</t>
+  </si>
+  <si>
+    <t>Par grozījumu izdarīšanu licencē darbībām ar jonizējošā starojuma avotiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par paredzētās darbības ietekmes uz vidi sākotnējo izvērtējumu </t>
+  </si>
+  <si>
+    <t>Likuma "Par ietekmes uz vidi novērtējumu" 5.pants; Ministru kabineta 2007.gada 9.oktobra noteikumi Nr.689 "Noteikumi par valsts nodevu par paredzētās darbības ietekmes uz vidi sākotnējo izvērtējumu"</t>
+  </si>
+  <si>
+    <t>Valsts nodeva par paredzētās darbības ietekmes uz vidi sākotnējo izvērtējumu</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta četrpadsmitā daļa; Ministru kabineta 2012.gada 18.septembra noteikumi Nr.633 "Zemes dzīļu izmantošanas kārtība iekšzemes publiskajos ūdeņos un jūrā"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par ūdens resursu lietošanas atļaujas izsniegšanu </t>
+  </si>
+  <si>
+    <r>
+      <t>Ūdens apsaimniekošanas likuma 21.panta 2.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> daļa; Ministru kabineta 2011.gada 21.jūnija noteikumi Nr.469 "Noteikumi par valsts nodevas apmēru un maksāšanas kārtību par ūdens resursu lietošanas atļaujas izsniegšanu"</t>
+    </r>
+  </si>
+  <si>
+    <t>Valsts nodeva par ūdens resursu lietošanas atļauju</t>
+  </si>
+  <si>
+    <t>Par vides aizsardzības tehnisko noteikumu izsniegšanu</t>
+  </si>
+  <si>
+    <t>Likuma "Par ietekmes uz vidi novērtējumu" 13.panta piektā daļa; Ministru kabineta 2015.gada 27.janvāra noteikumi Nr.30 "Kārtība, kādā Valsts vides dienests izdod tehniskos noteikumus paredzētajai darbībai"</t>
+  </si>
+  <si>
+    <t>Par zemes dzīļu izmantošanas licenci</t>
+  </si>
+  <si>
+    <t>Par zemes dzīļu izmantošanas licenci ģeoloģiskajai, hidroģeoloģiskajai, inženierģeoloģiskajai, ģeoekolo­ģiskajai un ģeofizikālajai izpētei uz laiku līdz pieciem gadiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par zemes dzīļu izmantošanas licenci ģeoloģiskajai, hidroģeoloģiskajai, inženierģeoloģiskajai, ģeoekolo­ģiskajai un ģeofizikālajai izpētei un ģeotehniskās kategorijas būvju celtniecībai uz laiku līdz vienam gadam </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par zemes dzīļu izmantošanas licenci ģeoloģiskajai izpētei un turpmākai derīgo izrakteņu ieguvei </t>
+  </si>
+  <si>
+    <t>Par zemes dzīļu izmantošanas licenci zinātniskās pētniecības darbiem</t>
+  </si>
+  <si>
+    <t>Par zemes dzīļu izmantošanas licenci profesionālajai apmācībai</t>
+  </si>
+  <si>
+    <t>Par zemes dzīļu izmantošanas licenci zemes dzīļu monitoringa sistēmas izveidei un monitoringa veikšanai uz laiku līdz pieciem gadiem</t>
+  </si>
+  <si>
+    <t>Par zemes dzīļu izmantošanas licenci ģeoekoloģiskajai izpētei un zemes dzīļu monitoringa sistēmas izveidei uz laiku līdz vienam gadam</t>
+  </si>
+  <si>
+    <t>Par zemes dzīļu izmantošanas licenci derīgo izrakteņu ieguvei (par licenci, ko izsniedz Valsts vides dienests likumā "Par zemes dzīlēm" noteiktajos gadījumos)</t>
+  </si>
+  <si>
+    <t>Par zemes dzīļu izmantošanas licenci zemes dzīļu derīgo īpašību izmantošanai</t>
+  </si>
+  <si>
+    <t>Par zemes dzīļu izmantošanas licenci tādu pazemes būvju celtniecībai un ekspluatācijai, kuras nav saistītas ar derīgo izrakteņu ieguvi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par zemes dzīļu izmantošanas licenci atpūtas un tūrisma pasākumu organizēšanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par zemes dzīļu izmantošanas licenci materiālu ieguvei mineraloģisko, paleontoloģisko un citu ģeoloģisko kolekciju veidošanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par zemes dzīļu izmantošanas licenci urbumu izveidei, remontam, aprīkošanai un likvidācijai </t>
+  </si>
+  <si>
+    <t>Par grozījumiem zemes dzīļu izmantošanas licencēs</t>
+  </si>
+  <si>
+    <t>Par derīgo izrakteņu atradnes pasēm</t>
+  </si>
+  <si>
+    <t>Par derīgo izrakteņu atradņu (izņemot pazemes ūdeņus) pasēm, kas sagatavotas, izmantojot Valsts ģeoloģijas fonda materiālus</t>
+  </si>
+  <si>
+    <t>Par derīgo izrakteņu atradņu (izņemot pazemes ūdeņus) pasēm, kas sagatavotas, izmantojot pasūtītājam piederošos materiālus</t>
+  </si>
+  <si>
+    <r>
+      <t>Par pazemes ūdeņu atradnes pasi, ja ūdens patēriņš ir līdz 1000 m</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> diennaktī</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Par pazemes ūdeņu atradnes pasi, ja ūdens patēriņš pārsniedz 1000 m</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> diennaktī</t>
+    </r>
+  </si>
+  <si>
+    <t>Par grozījumiem derīgo izrakteņu atradņu pasēs</t>
+  </si>
+  <si>
+    <t>Par grozījumiem pazemes ūdeņu atradņu pasēs</t>
+  </si>
+  <si>
+    <t>01.07.2025.</t>
+  </si>
+  <si>
+    <t>Par oglekļa dioksīda ģeoloģiskās uzglabāšanas vietas izpētes licences izsniegšanu vai grozījumu izdarīšanu licencē</t>
+  </si>
+  <si>
+    <r>
+      <t>Likuma "Par zemes dzīlēm" 12.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> panta trešā daļa</t>
+    </r>
+  </si>
+  <si>
+    <t>Par oglekļa dioksīda ģeoloģiskās uzglabāšanas licences izsniegšanu vai grozījumu izdarīšanu licencē</t>
+  </si>
+  <si>
+    <r>
+      <t>Likuma "Par zemes dzīlēm" 12.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> panta ceturtā daļa</t>
+    </r>
+  </si>
+  <si>
+    <t>Par spridzināšanas darbu projekta saskaņošanu</t>
+  </si>
+  <si>
+    <t>Par derīgo izrakteņu ieguves vietās veicamu spridzināšanas darbu projekta saskaņošanu</t>
+  </si>
+  <si>
+    <t>Citas nodevas par juridiskajiem un citiem pakalpojumiem</t>
+  </si>
+  <si>
+    <t>Par grozījumu veikšanu saskaņotā spridzināšanas darbu projektā</t>
+  </si>
+  <si>
+    <t>30.06.2025.</t>
+  </si>
+  <si>
+    <t>Par ogļūdeņražu ieguvi</t>
+  </si>
+  <si>
+    <t>Par Latvijas Republikas ekskluzīvajā ekonomiskajā zonā vai Latvijas teritorijā valsts īpašumā esošajās zemēs iegūto naftu</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta divpadsmitā daļa; Ministru kabineta 2009.gada 18.augusta noteikumi Nr.942 "Noteikumi par ogļūdeņražu ieguves valsts nodevu"</t>
+  </si>
+  <si>
+    <t>Valsts vides dienests</t>
   </si>
   <si>
     <t>Klimata un enerģētikas ministrija</t>
-  </si>
-[...109 lines deleted...]
-    <t>Pārējās nodevas par speciālu atļauju (licenču) izsniegšanu atsevišķiem komercdarbības veidiem</t>
   </si>
   <si>
     <t xml:space="preserve">LV15TREL1060000921900
 </t>
   </si>
   <si>
-    <t>13.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par Latvijas Republikas ekskluzīvajā ekonomiskajā zonā vai Latvijas teritorijā valsts īpašumā esošajās zemēs iegūto dabasgāzi</t>
   </si>
   <si>
-    <t>14.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par ogļūdeņražu meklēšanas, izpētes un ieguves zemes dzīļu izmantošanas licenci</t>
   </si>
   <si>
     <t xml:space="preserve">Par licenci ogļūdeņražu meklēšanai </t>
   </si>
   <si>
     <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2015.gada 22.decembra noteikumi Nr.805 "Noteikumi par ogļūdeņražu meklēšanu, izpēti un ieguvi"</t>
   </si>
   <si>
-    <t>Valsts nodeva par zemes dzīļu izmantošanas licenci un atradnes pasi</t>
-[...1 lines deleted...]
-  <si>
     <t>LV49TREL1060120929300</t>
   </si>
   <si>
-    <t>14.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par licences ogļūdeņražu meklēšanai izsniegšanu, ja pēc licenciāta ierosinājuma jāveic izmaiņas licencē</t>
   </si>
   <si>
-    <t>14.3.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par licenci ogļūdeņražu izpētei un ieguvei uz sauszemes</t>
   </si>
   <si>
-    <t>14.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par licences ogļūdeņražu izpētei un ieguvei uz sauszemes izsniegšanu, ja pēc licenciāta ierosinājuma jāveic izmaiņas licencē</t>
   </si>
   <si>
-    <t>14.5.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par licenci ogļūdeņražu izpētei un ieguvei jūrā</t>
   </si>
   <si>
-    <t>14.6.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par licences ogļūdeņražu izpētei un ieguvei jūrā izsniegšanu, ja pēc licenciāta ierosinājuma jāveic izmaiņas licencē</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.</t>
   </si>
   <si>
     <t>Par elektroenerģijas ražošanai piešķirtā valsts atbalsta izlietošanas uzraudzību</t>
   </si>
   <si>
     <r>
       <t>Elektroenerģijas tirgus likuma 31.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> pants</t>
     </r>
   </si>
   <si>
     <t>LV20TREL1060120939910</t>
   </si>
   <si>
-    <t>16.1.</t>
-[...25 lines deleted...]
-    <t xml:space="preserve"> LV23TREL1060210990000
+    <t xml:space="preserve">LV56TREL1060210921700
 </t>
   </si>
   <si>
-    <t>16.2.</t>
-[...29 lines deleted...]
-    <t>18.1.</t>
+    <t>LV56TREL1060210921700</t>
+  </si>
+  <si>
+    <t>LV72TREL1060210921800</t>
+  </si>
+  <si>
+    <t>LV11TREL1060210929300</t>
+  </si>
+  <si>
+    <t>LV27TREL1060210929400</t>
+  </si>
+  <si>
+    <t>LV76TREL1060210929100</t>
+  </si>
+  <si>
+    <t>LV73TREL1060210921200</t>
+  </si>
+  <si>
+    <t>LV10TREL1060210929900</t>
+  </si>
+  <si>
+    <t>LV59TREL1060210919900</t>
+  </si>
+  <si>
+    <t>Par ģerboņu reģistrāciju</t>
+  </si>
+  <si>
+    <t>Ģerboņu likuma 6.panta sestā un septītā daļa; Ministru kabineta 2006.gada 14.marta noteikumi Nr.193 "Noteikumi par ģerboņa reģistrācijas valsts nodevas likmi un maksāšanas kārtību"</t>
+  </si>
+  <si>
+    <t>Kultūras ministrija</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LV08TREL1060220990000
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par Latvijas Nacionālā arhīva sociāli tiesiskās izziņas sagatavošanu un izsniegšanu </t>
+  </si>
+  <si>
+    <t>Par arhīva izziņas sagatavošanu un izsniegšanu Arhīvu likumā noteiktajā termiņā, ja arhīva izziņā ir iekļauti 1 vai 2 fakti</t>
+  </si>
+  <si>
+    <t>Arhīvu likuma 21.panta trešā daļa; Ministru kabineta 2012.gada 18.decembra noteikumi Nr.887 "Noteikumi par valsts nodevu par Latvijas Nacionālā arhīva sociāli tiesiskās izziņas sagatavošanu un izsniegšanu"</t>
+  </si>
+  <si>
+    <t>Latvijas Nacionālais arhīvs</t>
+  </si>
+  <si>
+    <t>LV44TREL1060220919900</t>
+  </si>
+  <si>
+    <t>Par arhīva izziņas sagatavošanu un izsniegšanu Arhīvu likumā noteiktajā termiņā, ja arhīva izziņā ir iekļauti no 3 līdz 7 faktiem</t>
+  </si>
+  <si>
+    <t>Par arhīva izziņas sagatavošanu un izsniegšanu Arhīvu likumā noteiktajā termiņā, ja arhīva izziņā ir iekļauti no 8 līdz 13 faktiem</t>
+  </si>
+  <si>
+    <t>Par arhīva izziņas sagatavošanu un izsniegšanu Arhīvu likumā noteiktajā termiņā, ja arhīva izziņā ir iekļauti no 14 līdz 19 faktiem</t>
+  </si>
+  <si>
+    <t>Par arhīva izziņas sagatavošanu un izsniegšanu Arhīvu likumā noteiktajā termiņā, ja arhīva izziņā ir iekļauti 20 un vairāk faktu</t>
+  </si>
+  <si>
+    <t>Par arhīva izziņas sagatavošanu un izsniegšanu piecu darbdienu laikā, ja arhīva izziņā ir iekļauti 20 un vairāk faktu</t>
+  </si>
+  <si>
+    <t>Par filmu producentu reģistrāciju</t>
+  </si>
+  <si>
+    <t>Filmu likuma 7.panta otrā daļa; Ministru kabineta 2010.gada 29.jūnija noteikumi Nr.585 "Noteikumi par filmu producentu reģistrācijas valsts nodevu"</t>
+  </si>
+  <si>
+    <t>Nodeva par filmu producenta reģistrāciju</t>
+  </si>
+  <si>
+    <t>Nacionālais kino centrs</t>
+  </si>
+  <si>
+    <t>LV55TREL1060220913300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par Valsts kultūras pieminekļu aizsardzības inspekcijas atļaujas izsniegšanu kultūras pieminekļu, tajā skaitā valstij piederošo senlietu, pagaidu izvešanai no Latvijas Republikas un mākslas un antikvāro priekšmetu pagaidu izvešanai vai pilnīgai izvešanai no Latvijas Republikas </t>
+  </si>
+  <si>
+    <t>Par Valsts kultūras pieminekļu aizsardzības inspekcijas atļauju, veicot ekspertīzi, kultūras priekšmeta legālās izcelsmes pārbaudi un izbraukuma apskati</t>
+  </si>
+  <si>
+    <t>Nacionālā kultūras mantojuma pārvalde</t>
+  </si>
+  <si>
+    <t>LV65TREL1060220919910</t>
+  </si>
+  <si>
+    <t>Par Valsts kultūras pieminekļu aizsardzības inspekcijas atļauju, veicot ekspertīzi, kultūras priekšmeta legālās izcelsmes pārbaudi un apskati</t>
+  </si>
+  <si>
+    <t>Par Valsts kultūras pieminekļu aizsardzības inspekcijas atkārtotu atļauju, veicot ekspertīzi, kultūras priekšmeta legālās izcelsmes pārbaudi un apskati</t>
+  </si>
+  <si>
+    <t>Par licences izsniegšanu darbiekārtošanas pakalpojumu sniegšanai</t>
+  </si>
+  <si>
+    <t>Bezdarbnieku un darba meklētāju atbalsta likuma 4.panta sestā daļa; Ministru kabineta 2007.gada 3.jūlija noteikumi Nr.458 "Komersantu - darbiekārtošanas pakalpojumu sniedzēju - licencēšanas un uzraudzības kārtība"</t>
+  </si>
+  <si>
+    <t>Nodarbinātības valsts aģentūra</t>
+  </si>
+  <si>
+    <t>Labklājības ministrija</t>
+  </si>
+  <si>
+    <t>LV36TREL1060180921900</t>
+  </si>
+  <si>
+    <t>Par licences darbiekārtošanas pakalpojumu sniegšanai atkārtotu vai tās dublikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par apraides atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par apraides atļaujas izsniegšanu komerciālās nacionālās radio programmas apraidei </t>
+  </si>
+  <si>
+    <t>Elektronisko plašsaziņas līdzekļu likuma 18.panta trešā daļa; Ministru kabineta 2018.gada 9.janvāra noteikumi Nr.24 "Noteikumi par valsts nodevu apraides atļaujas izsniegšanai un pamatnosacījumu pārskatīšanai, retranslācijas atļaujas izsniegšanai un pārreģistrācijai, kā arī apraides tiesību īstenošanas uzraudzībai"</t>
+  </si>
+  <si>
+    <t>Valsts nodeva par apraides atļaujas izsniegšanu un pamatnosacījumu pārskatīšanu, retranslācijas atļaujas izsniegšanu un pārreģistrāciju, kā arī apraides tiesību īstenošanas uzraudzību</t>
+  </si>
+  <si>
+    <t>Nacionālā elektronisko plašsaziņas līdzekļu padome</t>
+  </si>
+  <si>
+    <t>LV87TREL1060470921300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par apraides atļaujas izsniegšanu komerciālās nacionālās televīzijas programmas apraidei </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par apraides atļaujas izsniegšanu komerciālās pārrobežu radio programmas apraidei </t>
+  </si>
+  <si>
+    <t>Par apraides atļaujas izsniegšanu komerciālās vietējās radio programmas apraidei</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par apraides atļaujas izsniegšanu komerciālās vietējās televīzijas programmas apraidei </t>
+  </si>
+  <si>
+    <t>Par apraides atļaujas izsniegšanu komerciālās reģionālās radio programmas apraidei</t>
+  </si>
+  <si>
+    <t>Par apraides atļaujas izsniegšanu komerciālās reģionālās televīzijas programmas apraidei</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par apraides atļaujas izsniegšanu komerciālās Rīgas reģionālās radio programmas apraidei </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par apraides atļaujas izsniegšanu komerciālās Rīgas reģionālās televīzijas programmas apraidei </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par apraides atļaujas izsniegšanu komerciālās pārrobežu televīzijas programmas apraidei </t>
+  </si>
+  <si>
+    <t>Par apraides atļaujas pamatnosacījumu pārskatīšanu</t>
+  </si>
+  <si>
+    <t>Elektronisko plašsaziņas līdzekļu likuma 15.panta devītā daļa; Ministru kabineta 2018.gada 9.janvāra noteikumi Nr.24 "Noteikumi par valsts nodevu apraides atļaujas izsniegšanai un pamatnosacījumu pārskatīšanai, retranslācijas atļaujas izsniegšanai un pārreģistrācijai, kā arī apraides tiesību īstenošanas uzraudzībai"</t>
+  </si>
+  <si>
+    <t>Par retranslācijas atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par retranslācijas atļaujas izsniegšanu neatkarīgi no retranslējamās programmas izplatīšanas veida vai programmu skaita</t>
+  </si>
+  <si>
+    <t>Elektronisko plašsaziņas līdzekļu likuma 19.panta otrā daļa; Ministru kabineta 2018.gada 9.janvāra noteikumi Nr.24 "Noteikumi par valsts nodevu apraides atļaujas izsniegšanai un pamatnosacījumu pārskatīšanai, retranslācijas atļaujas izsniegšanai un pārreģistrācijai, kā arī apraides tiesību īstenošanas uzraudzībai"</t>
+  </si>
+  <si>
+    <t>Par retranslācijas atļaujas pārreģistrāciju</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par retranslācijas atļaujas pārreģistrāciju neatkarīgi no retranslējamās programmas izplatīšanas veida </t>
+  </si>
+  <si>
+    <t>Par sabiedrisko pakalpojumu regulēšanu**</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likums "Par sabiedrisko pakalpojumu regulatoriem"
+</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>Sabiedrisko pakalpojumu regulēšanas komisija</t>
+  </si>
+  <si>
+    <t>LV09TREL2120640005000</t>
+  </si>
+  <si>
+    <t>Par gaisa pārvadājumu licences izsniegšanu un gaisa pārvadājumu licences darbības atjaunošanu</t>
+  </si>
+  <si>
+    <t>Par gaisa pārvadājumu licences izsniegšanu</t>
+  </si>
+  <si>
+    <t>Likuma "Par aviāciju" 82.panta otrā daļa; Ministru kabineta 2018.gada 19.jūnija noteikumi Nr.338 "Noteikumi par valsts nodevu par gaisa pārvadājumu licences izsniegšanu un darbības atjaunošanu"</t>
+  </si>
+  <si>
+    <t>Satiksmes ministrija</t>
+  </si>
+  <si>
+    <t>LV15TREL1060000921900</t>
+  </si>
+  <si>
+    <t>Par gaisa pārvadājumu licences darbības atjaunošanu</t>
+  </si>
+  <si>
+    <t>Par pārvadātāja licences izsniegšanu pārvadājumiem pa dzelzceļu</t>
+  </si>
+  <si>
+    <t>Par pārvadātāja licences izsniegšanu kravu pārvadājumiem pa dzelzceļu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dzelzceļa likuma 34.panta septītā daļa; Ministru kabineta 2016.gada 11.oktobra noteikumi Nr.672 "Noteikumi par valsts nodevu par pārvadātāja licences izsniegšanu pārvadājumiem pa dzelzceļu" </t>
+  </si>
+  <si>
+    <t>Valsts dzelzceļa administrācija</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pārvadātāja licences izsniegšanu kravu pārvadājumiem pa dzelzceļu šaursliežu (750 mm platuma dzelzceļš) reģionālas nozīmes vai privātas lietošanas dzelzceļa infrastruktūras tīklā </t>
+  </si>
+  <si>
+    <t>Par pārvadātāja licences izsniegšanu pasažieru pārvadājumiem pa dzelzceļu</t>
+  </si>
+  <si>
+    <t>01.01.2025.</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) ar pilnu masu no 3001 līdz 3500 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodevas likums</t>
+  </si>
+  <si>
+    <t>VSIA "Latvijas Valsts ceļi"</t>
+  </si>
+  <si>
+    <t>LV67TREL1060000939200</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) ar pilnu masu no 3001 līdz 3500 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) ar pilnu masu no 3001 līdz 3500 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) ar pilnu masu no 3001 līdz 3500 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) ar pilnu masu no 3001 līdz 3500 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) ar pilnu masu no 3001 līdz 3500 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) ar pilnu masu no 3001 līdz 3500 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) ar pilnu masu no 3001 līdz 3500 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) ar pilnu masu no 3001 līdz 3500 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) ar pilnu masu no 3001 līdz 3500 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) ar pilnu masu no 3001 līdz 3500 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) ar pilnu masu no 3001 līdz 3500 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) ar pilnu masu no 3001 līdz 3500 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) ar pilnu masu no 3001 līdz 3500 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) ar pilnu masu no 3001 līdz 3500 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) ar pilnu masu no 3001 līdz 3500 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) ar pilnu masu no 3001 līdz 3500 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) ar pilnu masu no 3001 līdz 3500 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) ar pilnu masu no 3001 līdz 3500 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) ar pilnu masu no 3001 līdz 3500 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) ar pilnu masu no 3001 līdz 3500 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) ar pilnu masu no 3001 līdz 3500 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) ar pilnu masu no 3001 līdz 3500 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) ar pilnu masu no 3001 līdz 3500 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) ar pilnu masu no 3001 līdz 3500 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva ransportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 2 un 3 asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz dienu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 7 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO 0, I, II un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO IV, V, EEV un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO VI un mazāk piesārņojošs, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis bezemisiju, un asu skaits 4 un vairāk asis) un to sastāviem ar pilnu masu no 12 001 kg uz gadu</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze līdz 2 t</t>
+  </si>
+  <si>
+    <t>Likuma "Par autoceļiem" 6.panta trešā daļa; Ministru kabineta 2010.gada 28.decembra noteikumi Nr.1228 "Noteikumi par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanas valsts nodevas apmēru, samaksas kārtību un atbrīvojumiem"</t>
+  </si>
+  <si>
+    <t>LV70TREL1060170929900</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze no 2,001 t līdz 4t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze no 4,001 t līdz 8t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze no 8,001 t līdz 12t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze no 12,001 t līdz 16t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze no 16,001 t līdz 20t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze no 20,001 t līdz 30t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze no 30,001 t līdz 40t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze no 40,001 t līdz 80t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta faktiskā masa vai ass slodze virs 80,001t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze līdz 2 t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze no 2,001 t līdz 4t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze no 4,001 t līdz 8t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze no 8,001 t līdz 12t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze no 12,001 t līdz 16t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze no 16,001 t līdz 20t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze no 20,001 t līdz 30t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze no 30,001 t līdz 40t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze no 40,001 t līdz 80t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva faktiskās masas vai ass slodzes pārsniegumu, ja pārsniegta gan faktiskā masa, gan ass slodze virs 80,001t</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa garums līdz 13,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa garums 13,01-14,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa garums 14,01-15,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa garums vairāk par 15,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51 - 150,99 km un pārsniegts transportlīdzekļa garums līdz 13,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51 - 150,99 km un pārsniegts transportlīdzekļa garums 13,01-14,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51 - 150,99 km un pārsniegts transportlīdzekļa garums 14,01-15,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51 - 150,99 km un pārsniegts transportlīdzekļa garums vairāk par 15,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151–250,99 km un pārsniegts transportlīdzekļa garums līdz 13,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151–250,99 km un pārsniegts transportlīdzekļa garums 13,01-14,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151–250,99 km un pārsniegts transportlīdzekļa garums 14,01-15,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151–250,99 km un pārsniegts transportlīdzekļa garums vairāk par 15,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un vairāk un pārsniegts transportlīdzekļa garums līdz 13,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un vairāk un pārsniegts transportlīdzekļa garums 13,01-14,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un vairāk un pārsniegts transportlīdzekļa garums 14,01-15,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un vairāk un pārsniegts transportlīdzekļa garums vairāk par 15,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļu sastāva garums līdz 20,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļu sastāva garums 20,01 - 24,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļu sastāva garums 24,01 - 32,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļu sastāva garums vairāk par 32,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51 - 150,99 un pārsniegts transportlīdzekļu sastāva garums līdz 20,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51 - 150,99 un pārsniegts transportlīdzekļu sastāva garums 20,01 - 24,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51 - 150,99 un pārsniegts transportlīdzekļu sastāva garums 24,01 - 32,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51 - 150,99 un pārsniegts transportlīdzekļu sastāva garums vairāk par 32,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151–250,99 km un pārsniegts transportlīdzekļu sastāva garums līdz 20,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151–250,99 km un pārsniegts transportlīdzekļu sastāva garums 20,01 - 24,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151–250,99 km un pārsniegts transportlīdzekļu sastāva garums 24,01 - 32,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151–250,99 km un pārsniegts transportlīdzekļu sastāva garums vairāk par 32,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un vairāk un pārsniegts transportlīdzekļu sastāva garums līdz 20,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un vairāk un pārsniegts transportlīdzekļu sastāva garums 20,01 - 24,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un vairāk un pārsniegts transportlīdzekļu sastāva garums 24,01 - 32,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un vairāk un pārsniegts transportlīdzekļu sastāva garums vairāk par 32,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa platums 2,56(2,61) - 3,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa platums 3,01 - 3,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa platums 3,51 - 4,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa platums vairāk par 4,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51-150,99 km un pārsniegts transportlīdzekļa platums 2,56(2,61) - 3,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51-150,99 km un pārsniegts transportlīdzekļa platums 3,01 - 3,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51-150,99 km un pārsniegts transportlīdzekļa platums 3,51 - 4,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51-150,99 km un pārsniegts transportlīdzekļa platums vairāk par 4,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151-250,99 km un pārsniegts transportlīdzekļa platums 3,01 - 3,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151-250,99 km un pārsniegts transportlīdzekļa platums 3,51 - 4,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151-250,99 km un pārsniegts transportlīdzekļa platums vairāk par 4,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un pārsniegts transportlīdzekļa platums 3,01 - 3,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un pārsniegts transportlīdzekļa platums 3,51 - 4,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un pārsniegts transportlīdzekļa platums vairāk par 4,01 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa augstums 4,01–4,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa augstums 4,51–5,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa augstums 5,01–5,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums līdz 50,99 km un pārsniegts transportlīdzekļa augstums virs 5,51 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51-150,99 km un pārsniegts transportlīdzekļa augstums 4,01–4,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51-150,99 km un pārsniegts transportlīdzekļa augstums 4,51–5,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51-150,99 km un pārsniegts transportlīdzekļa augstums 5,01–5,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 51-150,99 km un pārsniegts transportlīdzekļa augstums virs 5,51 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151-250,99 km un pārsniegts transportlīdzekļa augstums 4,01–4,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151-250,99 km un pārsniegts transportlīdzekļa augstums 4,51–5,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151-250,99 km un pārsniegts transportlīdzekļa augstums 5,01–5,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151-250,99 km pārsniegts transportlīdzekļa augstums virs 5,51 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un pārsniegts transportlīdzekļa augstums 4,01–4,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un pārsniegts transportlīdzekļa augstums 4,51–5,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un pārsniegts transportlīdzekļa augstums 5,01–5,50 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un pārsniegts transportlīdzekļa augstums virs 5,51 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu speciālās konstrukcijas transportlīdzeklim (kas nav paredzēts kravas pārvadājumu veikšanai un kura faktiskā masa nepārsniedz 48,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m, garums nepārsniedz 20,0 m un ass slodze nepārsniedz 12,0 t), ja termiņš ir 1 nedēļa un pārsniegts vismaz viens no Ceļu satiksmes noteikumu 2. pielikumā noteiktajiem gabarītiem </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu speciālās konstrukcijas transportlīdzeklim (kas nav paredzēts kravas pārvadājumu veikšanai un kura faktiskā masa nepārsniedz 48,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m, garums nepārsniedz 20,0 m un ass slodze nepārsniedz 12,0 t) ja termiņš ir 1 mēnesis un pārsniegts vismaz viens no Ceļu satiksmes noteikumu 2. pielikumā noteiktajiem gabarītiem </t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu speciālās konstrukcijas transportlīdzeklim (kas nav paredzēts kravas pārvadājumu veikšanai un kura faktiskā masa nepārsniedz 48,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m, garums nepārsniedz 20,0 m un ass slodze nepārsniedz 12,0 t), ja termiņš ir 1 nedēļa un pārsniegta Ceļu satiksmes noteikumu 2. pielikumā noteiktā faktiskā masa</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu speciālās konstrukcijas transportlīdzeklim (kas nav paredzēts kravas pārvadājumu veikšanai un kura faktiskā masa nepārsniedz 48,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m, garums nepārsniedz 20,0 m un ass slodze nepārsniedz 12,0 t), ja termiņš ir 1 mēnesis un pārsniegta Ceļu satiksmes noteikumu 2. pielikumā noteiktā faktiskā masa</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu speciālās konstrukcijas transportlīdzeklim (kas nav paredzēts kravas pārvadājumu veikšanai un kura faktiskā masa nepārsniedz 48,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m, garums nepārsniedz 20,0 m un ass slodze nepārsniedz 12,0 t), ja termiņš ir 1 nedēļa un pārsniegts gan vismaz viens no Ceļu satiksmes noteikumu 2. pielikumā noteiktajiem gabarītiem, gan faktiskā masa</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu speciālās konstrukcijas transportlīdzeklim (kas nav paredzēts kravas pārvadājumu veikšanai un kura faktiskā masa nepārsniedz 48,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m, garums nepārsniedz 20,0 m un ass slodze nepārsniedz 12,0 t), ja termiņš ir 1 mēnesis un pārsniegts gan vismaz viens no Ceļu satiksmes noteikumu 2. pielikumā noteiktajiem gabarītiem, gan faktiskā masa</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzekļu sastāvam (kas pārvadā nedalāmu kravu un kura faktiskā masa nepārsniedz 52,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m un garums nepārsniedz 24,0 m), ja termiņš ir 1 nedēļa un pārsniegti Ceļu satiksmes noteikumu 2. pielikumā noteiktie gabarīti</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzekļu sastāvam (kas pārvadā nedalāmu kravu un kura faktiskā masa nepārsniedz 52,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m un garums nepārsniedz 24,0 m), ja termiņš ir 1 mēnesis un pārsniegti Ceļu satiksmes noteikumu 2. pielikumā noteiktie gabarīti</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzekļu sastāvam (kas pārvadā nedalāmu kravu un kura faktiskā masa nepārsniedz 52,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m un garums nepārsniedz 24,0 m), ja termiņš ir 1 nedēļa un pārsniegta Ceļu satiksmes noteikumu 2. pielikumā noteiktā faktiskā masa</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzekļu sastāvam (kas pārvadā nedalāmu kravu un kura faktiskā masa nepārsniedz 52,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m un garums nepārsniedz 24,0 m), ja termiņš ir 1 mēnesis un pārsniegta Ceļu satiksmes noteikumu 2. pielikumā noteiktā faktiskā masa</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzekļu sastāvam (kas pārvadā nedalāmu kravu un kura faktiskā masa nepārsniedz 52,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m un garums nepārsniedz 24,0 m), ja termiņš ir 1 nedēļa un pārsniegti gan Ceļu satiksmes noteikumu 2. pielikumā noteiktie gabarīti, gan faktiskā masa</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzekļu sastāvam (kas pārvadā nedalāmu kravu un kura faktiskā masa nepārsniedz 52,0 t, augstums nepārsniedz 4,5 m, platums nepārsniedz 3,49 m un garums nepārsniedz 24,0 m), ja termiņš ir 1 mēnesis un pārsniegti gan Ceļu satiksmes noteikumu 2. pielikumā noteiktie gabarīti, gan faktiskā masa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzeklim vai transportlīdzekļu sastāvam, kas pārvadā dalāmu kravu un kura faktiskā masa nepārsniedz 46,0 t, ja termiņš ir 1 nedēļa </t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzeklim vai transportlīdzekļu sastāvam, kas pārvadā dalāmu kravu un kura faktiskā masa nepārsniedz 46,0 t, ja termiņš ir 1 mēnesis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu valsts akciju sabiedrības "Ceļu satiksmes drošības direkcija" sertificētam transportlīdzekļu sastāvam, ja termiņš ir 1 nedēļa </t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu valsts akciju sabiedrības "Ceļu satiksmes drošības direkcija" sertificētam transportlīdzekļu sastāvam, ja termiņš ir 1 mēnesis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzekļu sastāvam, kurā vienlaikus ietilpst vilcējs ar puspiekabi un piekabi, kurā katrs transportlīdzeklis atsevišķi nepārsniedz Ceļu satiksmes noteikumu 2. pielikumā minētos lielumus, ja termiņš ir 1 nedēļa </t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumiem par noteiktu termiņu transportlīdzekļu sastāvam, kurā vienlaikus ietilpst vilcējs ar puspiekabi un piekabi, kurā katrs transportlīdzeklis atsevišķi nepārsniedz Ceļu satiksmes noteikumu 2. pielikumā minētos lielumus, ja termiņš ir 1 mēnesis</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu kravas komercpārvadājumiem ar kravas automobiļiem un pasažieru komercpārvadājumiem ar autobusiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autopārvadājumu likuma 6.panta piektā un 30.panta sestā daļa; Ministru kabineta 2018.gada 6.marta noteikumi Nr.146 "Noteikumi par valsts nodevu par speciālās atļaujas (licences) izsniegšanu komercpārvadājumiem ar autotransportu" </t>
+  </si>
+  <si>
+    <t>VSIA "Autotransporta direkcija"</t>
+  </si>
+  <si>
+    <t>LV72TREL1060170921910</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) atkārtotu izsniegšanu kravas komercpārvadājumiem ar kravas automobiļiem un pasažieru komercpārvadājumiem ar autobusiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autopārvadājumu likuma 6.panta piektā daļa un 30.panta sestā daļa; Ministru kabineta 2018.gada 6.marta noteikumi Nr.146 "Noteikumi par valsts nodevu par speciālās atļaujas (licences) izsniegšanu komercpārvadājumiem ar autotransportu" </t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu pasažieru komercpārvadājumiem ar taksometru vai vieglo automobili</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autopārvadājumu likuma 35.panta devītā daļa; Ministru kabineta 2018.gada 6.marta noteikumi Nr.146 "Noteikumi par valsts nodevu par speciālās atļaujas (licences) izsniegšanu komercpārvadājumiem ar autotransportu" </t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) atkārtotu izsniegšanu pasažieru komercpārvadājumiem ar taksometru vai vieglo automobili</t>
   </si>
   <si>
     <t xml:space="preserve">Par licences kredītinformācijas biroja darbībai izsniegšanu un pārreģistrēšanu </t>
   </si>
   <si>
     <t xml:space="preserve">Par licences kredītinformācijas biroja darbībai izsniegšanu </t>
   </si>
   <si>
     <t>Kredītinformācijas biroju likuma 8.panta trešā daļa; Ministru kabineta 2015.gada 2.jūnija noteikumi Nr.267 "Kredītinformācijas biroju licencēšanas un uzraudzības noteikumi"</t>
   </si>
   <si>
     <t xml:space="preserve">Kredītinformācijas biroja nodeva un nodeva par licences izsniegšanu rīcības kodeksa pārraudzības institūcijai
 </t>
   </si>
   <si>
     <t>Datu valsts inspekcija</t>
   </si>
   <si>
     <t>Tieslietu ministrija</t>
   </si>
   <si>
     <t>LV51TREL1060190913600</t>
   </si>
   <si>
-    <t>18.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par licences kredītinformācijas biroja darbībai pārreģistrēšanu</t>
   </si>
   <si>
-    <t>19.</t>
-[...10 lines deleted...]
-  <si>
     <t>Par licences izsniegšanu rīcības kodeksa pārraudzības institūcijai</t>
-  </si>
-[...2 lines deleted...]
-Ministru kabineta 2022.gada 9.augusta noteikumi Nr.488 "Rīcības kodeksa pārraudzības institūcijas licencēšanas noteikumi"</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Kredītinformācijas biroja nodeva un nodeva par licences izsniegšanu rīcības kodeksa pārraudzības institūcijai
 </t>
     </r>
   </si>
   <si>
-    <t>21.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par licences izsniegšanu un pārreģistrēšanu kopīgā klienta izpētes rīka pakalpojuma sniegšanai</t>
   </si>
   <si>
     <t xml:space="preserve">Par licences izsniegšanu kopīgā atvērtā klienta izpētes rīka pakalpojuma sniegšanai </t>
   </si>
   <si>
-    <t>Noziedzīgi iegūtu līdzekļu legalizācijas un terorisma un proliferācijas finansēšanas novēršanas likuma 17.³ panta piektā daļa; Ministru kabineta 2022.gada 5.jūlija noteikumi Nr.396 “Noteikumi par informācijas aktualizēšanas prasībām kopīgajā klienta izpētes rīkā un kopīgā klienta izpētes rīka pakalpojuma sniedzēja licencēšanu un uzraudzību”</t>
-[...2 lines deleted...]
-    <t>Citas nodevas par juridiskajiem un citiem pakalpojumiem</t>
+    <t>Noziedzīgi iegūtu līdzekļu legalizācijas un terorisma un proliferācijas finansēšanas novēršanas likuma 17.³ panta piektā daļa; Ministru kabineta 2022.gada 5.jūlija noteikumi Nr.396 "Noteikumi par informācijas aktualizēšanas prasībām kopīgajā klienta izpētes rīkā un kopīgā klienta izpētes rīka pakalpojuma sniedzēja licencēšanu un uzraudzību"</t>
   </si>
   <si>
     <t>LV89TREL1060190919900</t>
   </si>
   <si>
-    <t>21.2.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par licences pārreģistrēšanu kopīgā atvērtā klienta izpētes rīka pakalpojuma sniegšanai </t>
   </si>
   <si>
-    <t>21.3.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par licences izsniegšanu kopīgā slēgtā klienta izpētes rīka pakalpojuma sniegšanai </t>
   </si>
   <si>
-    <t>Noziedzīgi iegūtu līdzekļu legalizācijas un terorisma un proliferācijas finansēšanas novēršanas likuma 17.³ panta piektā daļa; Ministru kabineta 2022.gada 5.jūlija noteikumi Nr. 396 “Noteikumi par informācijas aktualizēšanas prasībām kopīgajā klienta izpētes rīkā un kopīgā klienta izpētes rīka pakalpojuma sniedzēja licencēšanu un uzraudzību”</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Par licences pārreģistrēšanu kopīgā slēgtā klienta izpētes rīka pakalpojuma sniegšanai </t>
-  </si>
-[...345 lines deleted...]
-    <t>33.1.</t>
   </si>
   <si>
     <t xml:space="preserve">Par ārvalstu komersantu un organizāciju pārstāvniecību un pārstāvju reģistrāciju </t>
   </si>
   <si>
     <t>Par ārvalsts komersanta un organizācijas pārstāvniecības un pārstāvja reģistrāciju pārstāvniecību reģistrā</t>
   </si>
   <si>
     <r>
       <t>Likuma "Par Latvijas Republikas Uzņēmumu reģistru" 2.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">8 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>panta otrā daļa; Ministru kabineta 2009.gada 11.augusta noteikumi Nr.894 "Noteikumi par ārvalstu komersantu un organizāciju pārstāvniecību un pārstāvju reģistrācijas valsts nodevu"</t>
     </r>
   </si>
   <si>
     <t>Nodeva par darbību veikšanu Uzņēmumu reģistrā</t>
   </si>
   <si>
     <t>Latvijas Republikas Uzņēmumu reģistrs</t>
   </si>
   <si>
     <t>LV84TREL1060190913200</t>
   </si>
   <si>
-    <t>33.2.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par grozījumu izdarīšanu pārstāvniecību reģistrā </t>
   </si>
   <si>
-    <t>33.3.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par ārvalsts komersanta un organizācijas pārstāvniecības un pārstāvja darbības izbeigšanas reģistrāciju pārstāvniecību reģistrā </t>
   </si>
   <si>
-    <t>34.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par ieraksta izdarīšanu laulāto mantisko attiecību reģistrā</t>
   </si>
   <si>
     <t>Par laulāto mantisko attiecību reģistrēšanu</t>
   </si>
   <si>
-    <r>
-[...25 lines deleted...]
-  <si>
     <t>Par grozījumu reģistrēšanu laulāto mantiskajās attiecībās vai citās ziņās, kas saistītas ar laulāto mantiskajām attiecībām</t>
   </si>
   <si>
-    <t>35.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par ieraksta izdarīšanu šķīrējtiesu reģistrā</t>
   </si>
   <si>
     <t xml:space="preserve">Par pastāvīgās šķīrējtiesas ierakstīšanu šķīrējtiesu reģistrā </t>
   </si>
   <si>
     <t>Šķīrējtiesu likuma 6.panta otrā daļa; Ministru kabineta 2015.gada 2.jūnija noteikumi Nr.278 "Noteikumi par valsts nodevu ieraksta izdarīšanai šķīrējtiesu reģistrā"</t>
   </si>
   <si>
-    <t>35.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par pastāvīgās šķīrējtiesas reglamenta grozījumu reģistrāciju</t>
   </si>
   <si>
-    <t>35.3.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par pastāvīgās šķīrējtiesas šķīrējtiesnešu saraksta reģistrāciju (pievienošanu lietai) </t>
   </si>
   <si>
-    <t>35.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par citu ierakstu vai to grozījumu izdarīšanu šķīrējtiesu reģistrā vai dokumentu reģistrāciju (pievienošanu lietai)</t>
   </si>
   <si>
-    <t>35.5.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par pastāvīgās šķīrējtiesas darbības izbeigšanas ierakstīšanu šķīrējtiesu reģistrā </t>
-  </si>
-[...1 lines deleted...]
-    <t>36.1.</t>
   </si>
   <si>
     <t xml:space="preserve">Par ierakstu izdarīšanu biedrību un nodibinājumu reģistrā
 </t>
   </si>
   <si>
     <t>Par biedrības vai nodibinājuma reģistrāciju (tajā skaitā pārveidoto bezpeļņas organizāciju uzņēmumu (uzņēmējsabiedrību) ierakstīšanu reģistrā</t>
   </si>
   <si>
     <t>Biedrību un nodibinājumu likuma 20.panta pirmā daļa; Ministru kabineta 2004.gada 15.aprīļa noteikumi Nr.308 "Noteikumi par valsts nodevu ieraksta izdarīšanai biedrību un nodibinājumu reģistrā"</t>
   </si>
   <si>
-    <t>36.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par statūtu grozījumu reģistrāciju</t>
   </si>
   <si>
-    <t>36.3.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par ierakstu par biedrības vai nodibinājuma reorganizāciju pārējos gadījumos </t>
   </si>
   <si>
-    <t>36.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par citu ierakstu izdarīšanu un ierakstu izmaiņām biedrību un nodibinājumu reģistrā par biedrību vai nodibinājumu</t>
   </si>
   <si>
-    <t>37.1.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par ierakstu izdarīšanu Eiropas ekonomisko interešu grupu reģistrā </t>
   </si>
   <si>
     <t>Par Eiropas ekonomisko interešu grupas reģistrāciju (arī pārceļot grupas juridisko adresi no citas Eiropas Savienības dalībvalsts uz Latviju)</t>
   </si>
   <si>
     <t>Eiropas ekonomisko interešu grupu likuma 6.panta pirmā daļa; Ministru kabineta 2004.gada 13.jūlija noteikumi Nr.596 "Noteikumi par valsts nodevu ierakstu izdarīšanai Eiropas ekonomisko interešu grupu reģistrā"</t>
   </si>
   <si>
-    <t>37.2.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par Eiropas ekonomisko interešu grupas filiāles reģistrāciju </t>
   </si>
   <si>
-    <t>37.3.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par dibināšanas līguma grozījumu reģistrāciju</t>
   </si>
   <si>
-    <t>37.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par citu ierakstu izdarīšanu un ierakstu par Eiropas ekonomisko interešu grupu grozīšanu</t>
   </si>
   <si>
-    <t>38.1.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par ierakstu izdarīšanu komercķīlu reģistrā </t>
   </si>
   <si>
     <t>Par komercķīlas nodibināšanas un tās pārjaunojuma reģistrāciju</t>
   </si>
   <si>
     <t>Komercķīlas likuma 23.panta otrā daļa; Ministru kabineta 2011.gada 4.janvāra noteikumi Nr.13 "Noteikumi par komercķīlas reģistrācijas valsts nodevu"</t>
   </si>
   <si>
-    <t>38.2.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par komercķīlas ņēmēja maiņas reģistrāciju uzņēmuma pārejas vai reorganizācijas gadījumā </t>
   </si>
   <si>
-    <t>38.3.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par komercķīlas noteikumu grozījumu un nodrošinātā prasījuma cesijas reģistrāciju </t>
   </si>
   <si>
-    <t>38.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par komercķīlas tiesības izlietošanas reģistrāciju</t>
   </si>
   <si>
-    <t>39.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par ierakstu izdarīšanu Uzņēmumu reģistra žurnālā un dokumentu reģistrāciju (pievienošanu lietai)</t>
   </si>
   <si>
     <t>Par zemnieka vai zvejnieka saimniecības ierakstīšanu uzņēmumu reģistra žurnālā</t>
   </si>
   <si>
     <t>Likuma "Par Latvijas Republikas Uzņēmumu reģistru" 6.panta divpadsmitā daļa; Ministru kabineta 2016.gada 11.oktobra noteikumi Nr.664 "Noteikumi par valsts nodevu, kas maksājama par ierakstu izdarīšanu uzņēmumu reģistra žurnālā un komercreģistrā, kā arī iesniedzamo dokumentu reģistrēšanu"</t>
   </si>
   <si>
-    <t>39.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par individuālā uzņēmuma ierakstīšanu uzņēmumu reģistra žurnālā</t>
   </si>
   <si>
-    <t>39.3.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par kooperatīvās sabiedrības ierakstīšanu uzņēmumu reģistra žurnālā</t>
   </si>
   <si>
-    <t>39.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par uzņēmuma (uzņēmējsabiedrības) filiāles ierakstīšanu uzņēmumu reģistra žurnālā</t>
   </si>
   <si>
-    <t>39.5.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par individuālā uzņēmuma, zemnieka vai zvejnieka saimniecības reorganizācijas ierakstīšanu uzņēmumu reģistra žurnālā</t>
   </si>
   <si>
-    <t>39.6.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par uzņēmējsabiedrības reorganizācijas citos gadījumos ierakstīšanu uzņēmumu reģistra žurnālā</t>
   </si>
   <si>
-    <t>39.7.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par ierakstīšanu uzņēmumu reģistra žurnālā par apliecinājuma izsniegšanu par tādu darbību un formalitāšu pabeigšanu, kuras jāveic pirms apvienošanās, dibinot Eiropas kooperatīvo sabiedrību, vai pirms Eiropas kooperatīvās sabiedrības juridiskās adreses pārcelšanas uz citu dalībvalsti</t>
   </si>
   <si>
-    <t>39.8.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par uzņēmuma (uzņēmējsabiedrības), tā filiāles, dibināšanas dokumentu vai nolikuma grozījumu reģistrēšanu (pievienošana lietai)</t>
   </si>
   <si>
-    <t>39.9.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par ierakstu izdarīšanu uzņēmumu reģistra žurnālā par prokūras izdošanu vai izbeigšanu</t>
   </si>
   <si>
-    <t>39.10.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par citu ierakstu izdarīšanu un grozīšanu uzņēmumu reģistra žurnālā</t>
   </si>
   <si>
-    <t>39.11.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par uzņēmuma (uzņēmējsabiedrības) likvidācijas uzsākšanas un pabeigšanas (izslēgšanas no uzņēmumu reģistra žurnāla) ierakstīšanu uzņēmumu reģistra žurnālā</t>
   </si>
   <si>
-    <t>39.12.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par uzņēmuma (uzņēmējsabiedrības) filiāles izslēgšanu no uzņēmumu reģistra žurnāla</t>
   </si>
   <si>
-    <t>40.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par ierakstu izdarīšanu komercreģistrā un dokumentu pievienošanu reģistrācijas lietai</t>
   </si>
   <si>
     <t>Par individuālā komersanta ierakstīšanu komercreģistrā</t>
   </si>
   <si>
     <t>Komerclikuma 15.panta pirmā daļa; Ministru kabineta 2016.gada 11.oktobra noteikumi Nr.664 "Noteikumi par valsts nodevu, kas maksājama par ierakstu izdarīšanu uzņēmumu reģistra žurnālā un komercreģistrā, kā arī iesniedzamo dokumentu reģistrēšanu"</t>
   </si>
   <si>
-    <t>40.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par personālsabiedrības ierakstīšanu komercreģistrā</t>
   </si>
   <si>
-    <t>40.3.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par sabiedrība ar ierobežotu atbildību ierakstīšanu komercreģistrā</t>
   </si>
   <si>
-    <t>40.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par akciju sabiedrības ierakstīšanu komercreģistrā</t>
   </si>
   <si>
-    <t>40.5.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par Eiropas komercsabiedrības ierakstīšanu komercreģistrā</t>
   </si>
   <si>
-    <t>40.6.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par Komerclikuma 185.¹ panta pirmās daļas noteikumiem atbilstošas sabiedrības ar ierobežotu atbildību ierakstīšanu komercreģistrā</t>
   </si>
   <si>
-    <t>40.7.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par komersanta filiāles ierakstīšanu komercreģistrā</t>
   </si>
   <si>
-    <t>40.8.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par reorganizācijas līguma (lēmuma) projekta vai tā grozījumu reģistrēšanu (pievienošana lietai)</t>
   </si>
   <si>
-    <t>40.9.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par pārveidošanas ierakstīšanu</t>
   </si>
   <si>
-    <t>40.10.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par ieraksta izdarīšanu komercreģistrā par katru reorganizācijā iesaistīto komercsabiedrību un par apliecinājuma izsniegšanu par tādu darbību un formalitāšu pabeigšanu, kuras jāveic pirms apvienošanās, dibinot Eiropas komercsabiedrību, vai pirms Eiropas komercsabiedrības juridiskās adreses pārcelšanas uz citu dalībvalsti</t>
   </si>
   <si>
-    <t>40.11.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par izmaiņu reģistrāciju komercreģistrā</t>
   </si>
   <si>
-    <t>40.12.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par komercsabiedrības likvidācijas uzsākšanas un pabeigšanas ierakstīšanu komercreģistrā un izslēgšanu no komercreģistra</t>
   </si>
   <si>
-    <t>40.13.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par individuālā komersanta izslēgšanu no komercreģistra</t>
   </si>
   <si>
-    <t>40.14.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par komersanta filiāles izslēgšanu no komercreģistra</t>
   </si>
   <si>
-    <t>41.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par ierakstu izdarīšanu politisko partiju reģistrā</t>
   </si>
   <si>
     <t>Par politiskās partijas reģistrāciju</t>
   </si>
   <si>
     <t>Politisko partiju likuma 23.panta pirmā daļa un Politisko partiju likuma spēkā stāšanās kārtības likuma 8.pants; Ministru kabineta 2007.gada 23.janvāra noteikumi Nr.77 "Noteikumi par valsts nodevu par ierakstu izdarīšanu politisko partiju reģistrā"</t>
   </si>
   <si>
-    <t>41.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par politisko partiju apvienības reģistrāciju</t>
   </si>
   <si>
-    <t>41.3.</t>
-[...4 lines deleted...]
-  <si>
     <t>Par ieraksta izdarīšanu par politiskās partijas reorganizāciju, ja pēc reorganizācijas nerodas jauna politiskā partija</t>
   </si>
   <si>
-    <t>41.5.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par citu ierakstu izdarīšanu un ierakstu izmaiņu politisko partiju reģistrā par politisko partiju vai to apvienību </t>
   </si>
   <si>
-    <t>42.1.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par masu informācijas līdzekļa reģistrēšanu un iesniedzamo dokumentu reģistrāciju </t>
   </si>
   <si>
     <t xml:space="preserve">Par masu informācijas līdzekļa reģistrāciju masu informācijas līdzekļu reģistrā </t>
   </si>
   <si>
     <t>Likuma "Par presi un citiem masu informācijas līdzekļiem" 9.panta trešā daļa; Ministru kabineta 2009.gada 22.septembra noteikumi Nr.1088 "Noteikumi par masu informācijas līdzekļu reģistrācijas valsts nodevu"</t>
   </si>
   <si>
-    <t>42.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par grozījumu izdarīšanu masu informācijas līdzekļu reģistrā (reģistrācijas lietā)</t>
-  </si>
-[...1 lines deleted...]
-    <t>43.1.</t>
   </si>
   <si>
     <t>Par reliģisko organizāciju un to iestāžu reģistrāciju, pārreģistrāciju un statūtu (satversmes, nolikuma) grozījumu reģistrāciju</t>
   </si>
   <si>
     <t>Par reliģiskās organizācijas reģistrāciju</t>
   </si>
   <si>
     <r>
       <t>Reliģisko organizāciju likuma 9.panta devītā daļa un likuma "Par Latvijas Republikas un Svētā Krēsla līgumu" 1.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> panta otrā daļa; Ministru kabineta 2009.gada 7.aprīļa noteikumi Nr.307 "Noteikumi par valsts nodevu ieraksta izdarīšanai reliģisko organizāciju un to iestāžu reģistrā"</t>
     </r>
   </si>
   <si>
-    <t>43.2.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par reliģiskās organizācijas iestādes reģistrāciju </t>
   </si>
   <si>
-    <t>43.3.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par reliģiskās organizācijas statūtu grozījumu reģistrāciju</t>
   </si>
   <si>
-    <t>43.4.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par reliģiskās organizācijas iestādes statūtu grozījumu reģistrāciju </t>
-  </si>
-[...1 lines deleted...]
-    <t>44.</t>
   </si>
   <si>
     <t xml:space="preserve">Par paziņojuma iesniegšanu ziņu par Katoļu baznīcas publisko tiesību juridisko personu vai izmaiņu iepriekš paziņotajā informācijā ierakstīšanai reliģisko organizāciju un to iestāžu reģistrā </t>
   </si>
   <si>
     <r>
       <t>Likuma "Par Latvijas Republikas un Svētā Krēsla līgumu" 1.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>panta otrā daļa; Ministru kabineta 2009.gada 7.aprīļa noteikumi Nr.307 "Noteikumi par valsts nodevu ieraksta izdarīšanai reliģisko organizāciju un to iestāžu reģistrā"</t>
     </r>
   </si>
   <si>
-    <t>45.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par notariālo darbību izpildi</t>
   </si>
   <si>
     <t>Par notariālo aktu taisīšanu</t>
   </si>
   <si>
     <t>Notariāta likuma 67.panta otrā daļa; Ministru kabineta 2009.gada 22.septembra noteikumi Nr.1069 "Noteikumi par valsts nodevu par notariālo darbību izpildi"</t>
   </si>
   <si>
     <t xml:space="preserve">
 Nodeva par notariālās darbības izpildi</t>
   </si>
   <si>
     <t>Latvijas Zvērinātu notāru padome</t>
   </si>
   <si>
     <t xml:space="preserve"> LV80TREL1060000912000
 </t>
   </si>
   <si>
-    <t>45.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par izrakstu no notariālo aktu grāmatas, aktu un apliecinājumu reģistra, kā arī notariālo aktu norakstu izsniegšanu</t>
   </si>
   <si>
     <t xml:space="preserve"> LV80TREL1060000912000</t>
   </si>
   <si>
-    <t>45.3.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par paraksta īstuma apliecināšanu uz dokumenta (arī par tulkotāja paraksta īstuma apliecināšanu) </t>
   </si>
   <si>
-    <t>45.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par dokumenta tulkojuma citā valodā pareizības apliecināšanu</t>
   </si>
   <si>
-    <t>45.5.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par dokumenta atvasinājuma pareizības apliecināšanu</t>
   </si>
   <si>
-    <t>45.6.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par fizisku un juridisku personu paziņojuma nodošanu citām fiziskām un juridiskām personām</t>
   </si>
   <si>
-    <t>45.7.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par saistības priekšmeta pieņemšanas glabājumā lietas vešanu</t>
   </si>
   <si>
-    <t>45.8.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par citām likumos paredzētām notariālām darbībām, kas nav minētas šajos noteikumos (piemēram, čeku protestiem un vekseļu protestiem)</t>
   </si>
   <si>
-    <t>46.1.</t>
+    <t xml:space="preserve">Par civilstāvokļa aktu reģistrāciju </t>
+  </si>
+  <si>
+    <t>Civilstāvokļa aktu reģistrācijas likuma 3.panta septītā daļa; Ministru kabineta 2013.gada 24.septembra noteikumi Nr.906 "Noteikumi par civilstāvokļa aktu reģistrācijas valsts nodevu"</t>
+  </si>
+  <si>
+    <t>Tieslietu ministrija (Dzimtsarakstu departaments)</t>
+  </si>
+  <si>
+    <t>LV83TREL1060000919900</t>
+  </si>
+  <si>
+    <t>Par vārda, uzvārda un tautības ieraksta maiņu</t>
+  </si>
+  <si>
+    <t>Vārda, uzvārda un tautības ieraksta maiņas likuma 9.panta pirmā daļa</t>
+  </si>
+  <si>
+    <t>Par administratīvo procesu tiesā</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par lietas ierosināšanu tiesā, kā arī par pretpieteikumu un trešās personas ar patstāvīgiem prasījumiem pieteikumu</t>
+  </si>
+  <si>
+    <t>Administratīvā procesa likuma 124.pants</t>
+  </si>
+  <si>
+    <t>Nodeva par darbību veikšanu administratīvajā tiesā</t>
+  </si>
+  <si>
+    <t>Tiesu administrācija</t>
+  </si>
+  <si>
+    <t>LV87TREL1060190911400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par apelācijas sūdzību, kā arī par pretapelācijas sūdzību </t>
+  </si>
+  <si>
+    <t>31.03.2025.</t>
+  </si>
+  <si>
+    <t>Par izpildu rakstu vai citu izpildu dokumentu iesniegšanu</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.panta sestā daļa</t>
+  </si>
+  <si>
+    <t>Nodeva par izpildu dokumentu iesniegšanu</t>
+  </si>
+  <si>
+    <t>LV71TREL1060190911300</t>
+  </si>
+  <si>
+    <t>Par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā</t>
+  </si>
+  <si>
+    <t>Par īpašuma tiesību nostiprināšanu zemesgrāmatā par katru īpašuma atsavināšanu uz līguma vai tiesas lēmuma pamata par izsoles akta apstiprināšanu vai uz tiesas lēmuma pamata par nekustamā īpašuma nostiprināšanu nosolītājam, līdzīpašniekam vai kreditoram, ja īpašuma tiesības iegūst fiziska persona</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodeva par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā, kas iekasēta no fiziskām personām, izņemot mantojumus un dāvinājumus
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LV93TREL1060190917500 </t>
+  </si>
+  <si>
+    <t>Par īpašuma tiesību nostiprināšanu zemesgrāmatā par katru īpašuma atsavināšanu uz līguma vai tiesas lēmuma pamata par izsoles akta apstiprināšanu vai uz tiesas lēmuma pamata par nekustamā īpašuma nostiprināšanu nosolītājam, līdzīpašniekam vai kreditoram, ja īpašuma tiesības iegūst juridiska persona</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodeva par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā, kas iekasēta no juridiskām personām, izņemot mantojumus un dāvinājumus </t>
+  </si>
+  <si>
+    <t>LV12TREL1060190917600</t>
+  </si>
+  <si>
+    <t>Par īpašuma tiesību nostiprināšanu zemesgrāmatā par katru īpašuma atsavināšanu uz dāvinājuma līguma pamata</t>
+  </si>
+  <si>
+    <t>Nodeva par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā attiecībā uz mantojumu un dāvinājumu</t>
+  </si>
+  <si>
+    <t>LV77TREL1060190917400</t>
+  </si>
+  <si>
+    <t>Par īpašuma tiesību nostiprināšanu zemesgrāmatā par katru nekustamā īpašuma ieguldīšanu kapitālsabiedrības pamatkapitālā</t>
+  </si>
+  <si>
+    <t>Par īpašuma tiesību nostiprināšanu zemesgrāmatā bērniem, laulātajiem, vecākiem, brāļiem, māsām, pusbrāļiem, pusmāsām, mazbērniem, mazmazbērniem un vecvecākiem par katru nekustamo īpašumu šo noteikumu 5.1. un 5.3.apakšpunktā minētajos gadījumos</t>
+  </si>
+  <si>
+    <t>Nodeva par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā, kas iekasēta no fiziskām personām, izņemot mantojumus un dāvinājumus</t>
+  </si>
+  <si>
+    <t>LV93TREL1060190917500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par nekustamā īpašuma tiesību nostiprināšanu mantiniekiem uz notāra izsniegtas mantojuma apliecības pamata lietās par apstiprināšanu mantojuma tiesībās laulātajam un kopā ar mantojuma atstājēju dzīvojušajiem pirmās, otrās un trešās šķiras mantiniekiem </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par nekustamā īpašuma tiesību nostiprināšanu mantiniekiem uz notāra izsniegtas mantojuma apliecības pamata lietās par apstiprināšanu mantojuma tiesībās pārējiem pirmās un otrās šķiras mantiniekiem </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par nekustamā īpašuma tiesību nostiprināšanu mantiniekiem uz notāra izsniegtas mantojuma apliecības pamata lietās par apstiprināšanu mantojuma tiesībās pārējiem trešās šķiras mantiniekiem </t>
+  </si>
+  <si>
+    <t>Par nekustamā īpašuma tiesību nostiprināšanu mantiniekiem uz notāra izsniegtas mantojuma apliecības pamata lietās par apstiprināšanu mantojuma tiesībās ceturtās šķiras mantiniekiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par nekustamā īpašuma tiesību nostiprināšanu mantiniekiem uz notāra izsniegtas mantojuma apliecības pamata lietās par pēdējās gribas rīkojuma akta vai mantojuma līguma stāšanos likumīgā spēkā laulātajam un pirmās, otrās un trešās šķiras mantiniekiem </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par nekustamā īpašuma tiesību nostiprināšanu mantiniekiem uz notāra izsniegtas mantojuma apliecības pamata lietās par pēdējās gribas rīkojuma akta vai mantojuma līguma stāšanos likumīgā spēkā ceturtās šķiras mantiniekiem </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par nekustamā īpašuma tiesību nostiprināšanu mantiniekiem uz notāra izsniegtas mantojuma apliecības pamata lietās par pēdējās gribas rīkojuma akta vai mantojuma līguma stāšanos likumīgā spēkā pārējiem testamentārajiem vai līgumiskajiem mantiniekiem </t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumi Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 13.2.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par nekustamā īpašuma tiesību nostiprināšanu mantiniekiem uz notāra izsniegtas mantojuma apliecības pamata lietās par pēdējās gribas rīkojuma akta vai mantojuma līguma stāšanos likumīgā spēkā testamentārajiem vai līgumiskajiem mantiniekiem, ja tie ir sabiedriskā labuma organizācijas</t>
+  </si>
+  <si>
+    <t>Par nekustamā īpašuma tiesību nostiprināšanu mantiniekiem uz notāra izsniegtas mantojuma apliecības pamata lietās par pēdējās gribas rīkojuma akta vai mantojuma līguma stāšanos likumīgā spēkā personai, par kuru mantojuma atstājējam Fizisko personu reģistrā ir iekļautas Fizisko personu reģistra likuma 11. panta pirmās daļas 36. punktā noteiktās ziņas</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ķīlas tiesību nostiprināšanu zemesgrāmatā </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodeva iekasēta no fiziskajām personām)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodeva par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā, kas iekasēta no fiziskām personām, izņemot mantojumus un dāvinājumus.
+</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ķīlas tiesību nostiprināšanu zemesgrāmatā </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodeva iekasēta no juridiskajām personām)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ķīlas tiesību grozījuma nostiprināšanu zemesgrāmatā </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodeva iekasēta no fiziskajām personām)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ķīlas tiesību grozījuma nostiprināšanu zemesgrāmatā </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodeva iekasēta no juridiskajām personām)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā citos gadījumos, kas nav minēti šo noteikumu 5. un 14.punktā </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodeva iekasēta no fiziskajām personām)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā citos gadījumos, kas nav minēti šo noteikumu 5. un 14.punktā </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodeva iekasēta no juridiskajām personām)</t>
+    </r>
+  </si>
+  <si>
+    <t>Par prasības pieteikumu iesniegšanu tiesā</t>
+  </si>
+  <si>
+    <t>Par prasību, kas novērtējama naudas summā līdz 2134 euro</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants</t>
+  </si>
+  <si>
+    <t>Nodeva par darbību veikšanu tiesu iestādēs</t>
+  </si>
+  <si>
+    <t>LV55TREL1060190911200</t>
+  </si>
+  <si>
+    <t>Par prasību, kas novērtējama naudas summā no 2135 euro līdz 7114 euro</t>
+  </si>
+  <si>
+    <t>Par prasību, kas novērtējama naudas summā no 7115 euro līdz 28 457 euro</t>
+  </si>
+  <si>
+    <t>Par prasību, kas novērtējama naudas summā no 28 458 euro līdz 142 287 euro</t>
+  </si>
+  <si>
+    <t>Par prasību, kas novērtējama naudas summā no 142 288 euro līdz 711 435 euro</t>
+  </si>
+  <si>
+    <t>Par prasību, kas novērtējama naudas summā vairāk par 711 435 euro</t>
+  </si>
+  <si>
+    <t>Par prasības pieteikumu laulības šķiršanas lietā</t>
+  </si>
+  <si>
+    <t>Par prasības pieteikumu laulības šķiršanas lietā ar personu, kas noteiktā kārtībā atzīta par bezvēsts promesošu, vai ar personu, kas notiesāta ar brīvības atņemšanu uz laiku, kas nav mazāks par trim gadiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pieteikumu sevišķās tiesāšanas kārtības lietās </t>
+  </si>
+  <si>
+    <t>Par kreditora iesniegto juridiskās personas vai fiziskās personas, kura vienlaikus ir individuālais komersants, individuālā (ģimenes) uzņēmuma, zemnieku saimniecības, zvejnieku saimniecības īpašnieks vai saimnieciskās darbības veicējs, maksātnespējas procesa pieteikumu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par parādnieka iesniegto juridiskās personas vai fiziskās personas maksātnespējas procesa pieteikumu </t>
+  </si>
+  <si>
+    <t>Par tiesiskās aizsardzības procesa pieteikumu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par kredītiestāžu maksātnespējas vai likvidācijas pieteikumu </t>
+  </si>
+  <si>
+    <t>Par citām prasībām, kam nav mantiska rakstura vai kas nav jānovērtē</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par prasības pieteikumu par šķīrējtiesas līguma atzīšanu par spēkā neesošu </t>
+  </si>
+  <si>
+    <t>Par pieteikumu par autortiesību un blakustiesību, datubāzu aizsardzības (sui generis), preču zīmju, sertifikācijas zīmju un ģeogrāfiskās izcelsmes norāžu, patentu, dizainparaugu, augu šķirņu, pusvadītāju izstrādājumu topogrāfiju pārkāpumiem un aizsardzību, par pieteikumu lietās par komercnoslēpuma aizsardzību pret nelikumīgu iegūšanu, izmantošanu un izpaušanu, kā arī par pieteikumu lietās, par kurām strīds izskatīts Rūpnieciskā īpašuma Apelācijas padomē</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par prasības pieteikumu lietā par kapitālsabiedrību dalībnieku (akcionāru) sapulces lēmumu atzīšanu par spēkā neesošiem </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par prasības nodrošinājuma pieteikumu vai pagaidu aizsardzības pieteikumu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pieteikumu Eiropas kontu apķīlāšanas rīkojumam saskaņā ar Eiropas Parlamenta un Padomes 2014.gada 15.maija regulu Nr.655/2014, ar ko izveido Eiropas kontu apķīlāšanas procedūru, lai atvieglotu pārrobežu parādu piedziņu civillietās un komerclietās </t>
+  </si>
+  <si>
+    <t>Par pierādījumu nodrošināšanas pieteikumu, ja tas iesniegts pirms prasības celšanas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes 2006.gada 12.decembra regulu (EK) Nr.1896/2006, ar ko izveido Eiropas maksājuma rīkojuma procedūru, vai par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā </t>
+  </si>
+  <si>
+    <t>Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par tiesvedības atjaunošanu un lietas jaunu izskatīšanu lietā, kurā taisīts aizmugurisks spriedums</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par prasības pieteikumu par kopīgas mantas dalīšanu </t>
+  </si>
+  <si>
+    <t>Par sūdzībām tiesiskās aizsardzības procesa lietās, par sūdzībām maksātnespējas procesa lietās sakarā ar kreditoru sapulces lēmumu, par sūdzībām par Maksātnespējas kontroles dienesta lēmumiem, kā arī par Eiropas Parlamenta un Padomes 2015.gada 20.maija regulas (ES) Nr.2015/848 par maksātnespējas procedūrām 46. un 51.pantā noteikto darbību veikšanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pieteikumu par nekustamā īpašuma nostiprināšanu uz ieguvēja vārda </t>
+  </si>
+  <si>
+    <t>Par pieteikumu par puses procesuālo tiesību pārņemšanu, ja šāds pieteikums tiesā iesniegts pēc tam, kad lietā spēkā stājies gala nolēmums</t>
+  </si>
+  <si>
+    <t>Par ārvalsts tiesas nolēmuma atzīšanu un izpildīšanu un ārvalsts tiesas nolēmumā noteikto tiesību un pienākumu pielāgošanu to īstenošanai Latvijā</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par bezstrīdus piespiedu izpildīšanu</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par fiziskās personas atbrīvošanas no parādsaistībām atcelšanu Fiziskās personas atbrīvošanas no parādsaistībām likumā minētajos gadījumos</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.panta pirmās daļas 17.punkts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pieteikumu par izpildu raksta dublikāta izdošanu </t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.panta pirmās daļas 18.punkts</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par parādnieka atbrīvošanas no saistībām atcelšanu fiziskās personas maksātnespējas procesa lietā</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.panta pirmās daļas 19.punkts</t>
+  </si>
+  <si>
+    <t>Par apelācijas sūdzību</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par šķīrējtiesneša iecelšanu, noraidīšanu vai atcelšanu, par pieteikumu par strīda pakļautību šķīrējtiesai, kā arī par šķīrējtiesas lūgumu par pierādījumu iegūšanu</t>
+  </si>
+  <si>
+    <t>01.04.2025.</t>
+  </si>
+  <si>
+    <t>Par prasības pieteikuma, pieteikuma sevišķās tiesāšanas kārtības lietās vai citu Civilprocesa likumā paredzētu pieteikuma vai sūdzības iesniegšanu tiesā</t>
+  </si>
+  <si>
+    <r>
+      <t>Par prasījumu, kas novērtējam</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>a</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">s naudas summā līdz 1000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.1.apakšpunkts</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 1001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 1500 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 1501 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 2000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 2001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 2500 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 2501 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 5000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 5001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 7500 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 7501 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 10 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 10 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 15 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 15 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 20 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 20 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 25 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 25 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 30 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 30 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 40 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 40 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 50 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 50 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 70 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 70 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 90 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 90 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 120 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 120 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 150 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 150 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 200 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 200 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 250 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 250 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 300 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 300 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 400 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 400 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 500 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 500 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 600 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 600 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 700 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā no 700 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 750 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par prasījumu, kas novērtējams naudas summā vairāk par 750 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <t>Par prasījumu šķirt laulību</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par prasījumu šķirt laulību ar personu, kas noteiktā kārtībā atzīta par bezvēsts promesošu, vai ar personu, kas notiesāta ar brīvības atņemšanu uz laiku, kas nav mazāks par vienu gadu</t>
+  </si>
+  <si>
+    <t>Par prasījumu, kas izriet no aizgādības un saskarsmes tiesībām, vai par prasījumu lietā par bērna izcelšanās noteikšanu</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par prasījumu, kas izriet no dzīvojamo telpu īres tiesiskajām attiecībām, kam nav mantiska rakstura vai kas nav jānovērtē</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par citiem prasījumiem, kam nav mantiska rakstura vai kas nav jānovērtē</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par pieteikumu sevišķās tiesāšanas kārtības lietās, tai skaitā par parādnieka iesniegto juridiskās personas vai fiziskās personas maksātnespējas procesa pieteikumu </t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.6.apakšpunkts</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 1 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 300 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.7.apakšpunkts</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 301 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 700 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 701 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 1200 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 1201 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 1800 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 1801 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 2500 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 2501 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 3300 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 3301 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 4200 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 4201 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 5200 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 5201 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 6300 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 6301 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 7500 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 7501 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 8800 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 8801 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 10 200 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 10 201 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 11 700 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 11 701 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 13 300 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 13 301 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 15 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 15 001 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 16 800 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 16 801 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 18 700 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 18 701 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 20 700 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 20 701 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 22 800 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība no 22 801 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 25 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu Eiropas maksājuma rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.1896/2006, par pieteikumu par nekustamā īpašuma labprātīgu pārdošanu izsolē tiesas ceļā, par pieteikumu par saistību piespiedu izpildīšanu brīdinājuma kārtībā vai par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja parāda summa vai atdodamās vai labprātīgā izsolē pārdodamās mantas vērtība vairāk 
+par 25 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Par pieteikumu par bezstrīdus piespiedu izpildīšanu, ja bezstrīdus piespiedu izpildīšana pieļaujama par saistību, kam nav mantiska rakstura vai kas nav jānovērtē</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.8.apakšpunkts</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 1 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 700 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.9.apakšpunkts</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 701 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 1800 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 1801 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 3300 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 5201 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 7500 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 7501 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 10 200 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 10 201 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 13 300 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 13 301 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 16 800 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 16 801 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 20 700 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 20 701 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 25 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa vairāk par 25 000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Par pieteikumu par šķīrējtiesneša iecelšanu, noraidīšanu vai atcelšanu, par pieteikumu par strīda pakļautību šķīrējtiesai</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 1.10.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par prasības nodrošinājuma pieteikumu vai pagaidu aizsardzības pieteikumu</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 2.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par pierādījumu nodrošināšanas pieteikumu, ja tas iesniegts pirms prasības celšanas, kā arī par šķīrējtiesas pierādījumu nodrošināšanas pieteikumu</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 2.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par pieteikumu Eiropas kontu apķīlāšanas rīkojumam saskaņā ar Eiropas Parlamenta un Padomes regulu Nr.655/2014</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 2.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par nekustamā īpašuma nostiprināšanu uz ieguvēja vārda</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 2.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par puses procesuālo tiesību pārņemšanu, ja šāds pieteikums tiesā iesniegts pēc tam, kad lietā spēkā stājies nolēmums</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 2.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 2.6.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 2.7.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par izpildu raksta dublikāta izdošanu</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 2.8.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par pieteikumu par ārvalsts tiesas nolēmuma atzīšanu un izpildīšanu un ārvalsts tiesas nolēmumā noteikto tiesību un pienākumu pielāgošanu to īstenošanai Latvijā</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 34.pants un 3.pielikuma 2.9.apakšpunkts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par sūdzību tiesiskās aizsardzības procesa lietā, par sūdzību maksātnespējas procesa lietā sakarā ar kreditoru sapulces lēmumu, kā arī par Eiropas Parlamenta un Padomes regulas Nr.2015/848 46. un 51.pantā noteikto darbību veikšanu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civilprocesa likuma 34.pants un 3.pielikuma 3.punkts </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civilprocesa likuma 34.pants un 3.pielikuma 4.punkts </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civilprocesa likuma 34.pants un 3.pielikuma 5.punkts </t>
+  </si>
+  <si>
+    <t>Par izpildu rakstu vai citu izpildu dokumentu iesniegšanu izpildei</t>
+  </si>
+  <si>
+    <t>Civilprocesa likuma 3.pielikuma 6.punkts</t>
+  </si>
+  <si>
+    <t>Par atzinuma par aizsargjoslas saskaņošanu ap ūdens ņemšanas vietām sagatavošanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atzinuma sagatavošanu aizsargjoslas saskaņošanai ap ūdens ņemšanas vietām </t>
+  </si>
+  <si>
+    <t>Epidemioloģiskās drošības likuma 6.panta piektās daļas 1.punkts; Ministru kabineta 2009.gada 22.decembra noteikumi Nr.1635 "Noteikumi par valsts nodevu par atzinuma sagatavošanu aizsargjoslas saskaņošanai ap ūdens ņemšanas vietām" </t>
+  </si>
+  <si>
+    <t>Veselības inspekcija</t>
+  </si>
+  <si>
+    <t>Veselības ministrija</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LV97TREL1060290990000
+</t>
+  </si>
+  <si>
+    <t>Par atzinuma par ūdens apgādes sistēmā konstatēto apdraudējumu cilvēka veselībai un veiktajiem korektīvajiem pasākumiem sagatavošanu</t>
+  </si>
+  <si>
+    <t>Par atzinuma par ūdensapgādes sistēmā konstatēto apdraudējumu cilvēka veselībai un veiktajiem korektīvajiem pasākumiem sagatavošanu</t>
+  </si>
+  <si>
+    <t>Epidemioloģiskās drošības likuma 6.panta piektās daļas 3.punkts; Ministru kabineta 2010.gada 7.septembra noteikumi Nr.833 "Noteikumi par valsts nodevu par atzinumu par ūdensapgādes sistēmā konstatēto apdraudējumu cilvēku veselībai un veiktajiem korektīvajiem pasākumiem"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LV97TREL1060290990000</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu un pārreģistrēšanu farmaceitiskajai darbībai</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu vispārēja tipa aptiekas darbībai pilsētās</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2025.gada 1.jūlija noteikumu Nr.410 "Farmaceitiskās darbības licencēšanas noteikumi" 77.1.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Nodeva par speciālu atļauju (licenču) izsniegšanu farmaceitiskajai darbībai</t>
+  </si>
+  <si>
+    <t>Zāļu valsts aģentūra</t>
+  </si>
+  <si>
+    <t>LV48TREL1060000921500</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu vispārēja tipa aptiekas darbībai ārpus pilsētām</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu zāļu lieltirgotavas darbībai</t>
+  </si>
+  <si>
+    <t>08.07.2025.</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu zāļu vai aktīvo farmaceitisko vielu (ieskaitot kontrolējamās vielas) ražošanai</t>
+  </si>
+  <si>
+    <t>07.07.2025.</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu zāļu vai veterināro zāļu, vai aktīvo farmaceitisko vielu (ieskaitot kontrolējamās vielas) ražošanai</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2011.gada 19.oktobra noteikumu Nr.800 "Farmaceitiskās darbības licencēšanas kārtība" 75.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu daļējai zāļu ražošanas procesa (pārpakošana, pārmarķēšana) veikšanai zāļu lieltirgotavā</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu daļēja zāļu vai veterināro zāļu ražošanas procesa (pārpakošana, pārmarķēšana) veikšanai zāļu lieltirgotavā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu pētāmo zāļu vai kontrolējamo vielu ražošanai vai importēšanai </t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu zāļu importēšanai</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) pārreģistrēšanu farmaceitiskajai darbībai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par 1973.gada Vašingtonas konvencijā par starptautisko tirdzniecību ar apdraudētajām savvaļas dzīvnieku un augu sugām noteiktās atļaujas (CITES atļauja) un sertifikāta (CITES sertifikāts) izsniegšanu </t>
+  </si>
+  <si>
+    <t>Par CITES atļaujas vai CITES sertifikāta izsniegšanu īpatņa izmantošanai komerciāliem mērķiem (kods - T)</t>
+  </si>
+  <si>
+    <t>Sugu un biotopu aizsardzības likuma 4.panta 8.punkts; Ministru kabineta 2006.gada 19.decembra noteikumi Nr.1019 "Noteikumi par 1973.gada Vašingtonas konvencijā par starptautisko tirdzniecību ar apdraudētajām savvaļas dzīvnieku un augu sugām noteiktās atļaujas un sertifikāta izsniegšanas valsts nodevas apmēru, nodevas maksāšanas kārtību un atvieglojumiem"</t>
+  </si>
+  <si>
+    <t>Dabas aizsardzības pārvalde</t>
+  </si>
+  <si>
+    <t>Viedās administrācijas un reģionālās attīstības ministrija</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LV23TREL1060210990000
+</t>
+  </si>
+  <si>
+    <t>Par CITES atļaujas vai CITES sertifikāta izsniegšanu īpatņa izmantošanai cirkam un ceļojošām izstādēm (kods - Q)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LV23TREL1060210990000</t>
+  </si>
+  <si>
+    <t>Par CITES atļaujas vai CITES sertifikāta izsniegšanu īpatņa izmantošanai citiem mērķiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par starptautiskās tirdzniecības apdraudēta savvaļas dzīvnieka reģistrēšanu </t>
+  </si>
+  <si>
+    <t>Sugu un biotopu aizsardzības likuma 4.panta 13.punkts; Ministru kabineta 2010.gada 16.marta noteikumi Nr.260 "Noteikumi par starptautiskās tirdzniecības apdraudēta savvaļas dzīvnieka reģistrēšanas valsts nodevu"</t>
+  </si>
+  <si>
+    <t>LV23TREL1060210990000</t>
+  </si>
+  <si>
+    <t>Par plānošanas reģiona speciālās atļaujas (licences) izsniegšanu komercpārvadājumiem ar taksometriem</t>
+  </si>
+  <si>
+    <t>Nodeva par licences izsniegšanu pasažieru komercpārvadājumiem ar taksometriem (plānošanas reģioni)</t>
+  </si>
+  <si>
+    <t>Plānošanas reģioni</t>
+  </si>
+  <si>
+    <t>LV51TREL1060170921900</t>
+  </si>
+  <si>
+    <t>Par plānošanas reģiona speciālās atļaujas (licences) atkārtotu izsniegšanu komercpārvadājumiem ar taksometriem</t>
   </si>
   <si>
     <t>Par cirka dzīvnieka, dresūras dzīvnieka, cirka un dresūras numura viesizrāžu vietas reģistrāciju</t>
   </si>
   <si>
     <t>Par katra cirka un dresūras dzīvnieka vai visu putnu vai grauzēju sugas īpatņu kopuma reģistrāciju</t>
   </si>
   <si>
     <t>Dzīvnieku aizsardzības likuma 10.panta 13.punkts; Ministru kabineta 2007.gada 11.decembra noteikumi Nr.859 "Noteikumi par cirka dzīvnieka, dresūras dzīvnieka, cirka un dresūras numura viesizrāžu vietas reģistrācijas valsts nodevu"</t>
   </si>
   <si>
     <t>Pārtikas un veterinārais dienests</t>
   </si>
   <si>
     <t>Zemkopības ministrija</t>
   </si>
   <si>
     <t>LV58TREL1060160919910</t>
   </si>
   <si>
-    <t>46.2.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par cirka un dresūras numura viesizrāžu vietas reģistrāciju </t>
   </si>
   <si>
-    <t>47.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par tāda suņa reģistrāciju, kurš apmācīts uzbrukt cilvēkam</t>
   </si>
   <si>
     <t>Dzīvnieku aizsardzības likuma 10.panta 14.punkts; Ministru kabineta 2007.gada 28.augusta noteikumi Nr.588 "Noteikumi par valsts nodevu par tāda suņa reģistrāciju, kurš apmācīts uzbrukt cilvēkam"</t>
   </si>
   <si>
     <t>Lauku atbalsta dienests</t>
   </si>
   <si>
     <t>LV37TREL1060160919900</t>
   </si>
   <si>
-    <t>48.</t>
-[...137 lines deleted...]
-    <t>Par Valsts kultūras pieminekļu aizsardzības inspekcijas atļauju, veicot ekspertīzi, kultūras priekšmeta legālās izcelsmes pārbaudi un izbraukuma apskati</t>
+    <t>Par aizsargātas ģeogrāfiskās izcelsmes norādes, aizsargāta cilmes vietas nosaukuma un garantētas tradicionālās īpatnības pieteikuma reģistrāciju, iebilduma paziņojuma lēmuma izsniegšanu un specifikācijas grozījuma reģistrāciju</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par aizsargātas ģeogrāfiskās izcelsmes norādes, aizsargāta cilmes vietas nosaukuma un garantētas tradicionālās īpatnības pieteikuma reģistrāciju </t>
+  </si>
+  <si>
+    <t>Pārtikas aprites uzraudzības likuma 4.panta piecpadsmitā daļa; Ministru kabineta 2015.gada 22.decembra noteikumi Nr.766 "Noteikumi par valsts nodevu par aizsargātas ģeogrāfiskās izcelsmes norādes, aizsargātas cilmes vietas nosaukuma un garantētas tradicionālās īpatnības pieteikuma reģistrāciju, iebilduma paziņojuma lēmuma izsniegšanu un specifikācijas grozījuma reģistrāciju, kā arī valsts nodevas samaksas kārtību"</t>
+  </si>
+  <si>
+    <t>Par iebilduma paziņojuma lēmuma izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par specifikācijas grozījuma reģistrāciju</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļaujas izsniegšanu atbildīgajai personai par izmēģinājuma, izmēģinājumā iesaistīto personu un izmēģinājuma dzīvnieku pārraudzību </t>
+  </si>
+  <si>
+    <t>Dzīvnieku aizsardzības likuma 10.panta 24.punkts; Ministru kabineta 2017.gada 12.decembra noteikumi Nr.750 "Noteikumi par valsts nodevu par atļaujas izsniegšanu atbildīgajai personai par izmēģinājuma, izmēģinājumā iesaistīto personu un izmēģinājumu dzīvnieku pārraudzību"</t>
+  </si>
+  <si>
+    <t>Par savvaļas sugu dzīvnieku turēšanas vietas reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par savvaļas sugu dzīvnieku turēšanas vietas reģistrāciju, ja tiek izsniegta reģistrācijas apliecība</t>
+  </si>
+  <si>
+    <t>Dzīvnieku aizsardzības likuma 10.panta 18.punkts; Ministru kabineta 2010.gada 21.decembra noteikumi Nr.1147 "Noteikumi par valsts nodevu par savvaļas sugu dzīvnieku turēšanas vietas reģistrāciju"</t>
+  </si>
+  <si>
+    <t>Par savvaļas sugu dzīvnieku turēšanas vietas reģistrāciju, ja netiek izsniegta reģistrācijas apliecība</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu transportlīdzeklim dzīvnieku pārvadāšanai</t>
+  </si>
+  <si>
+    <t>Dzīvnieku aizsardzības likuma 10.panta 17.punkts; Ministru kabineta 2007.gada 6.novembra noteikumi Nr.742 "Noteikumi par valsts nodevu par atļaujas izsniegšanu transportlīdzeklim dzīvnieku pārvadāšanai"</t>
+  </si>
+  <si>
+    <t>Par dzīvnieka pārvadātāja apliecības izsniegšanu</t>
+  </si>
+  <si>
+    <t>Dzīvnieku aizsardzības likuma 10.panta 16.punkts; Ministru kabineta 2008.gada 22.decembra noteikumi Nr.1108 "Noteikumi par valsts nodevas apmēru un samaksas kārtību par dzīvnieka pārvadātāja apliecības izsniegšanu"</t>
+  </si>
+  <si>
+    <t>Par dzīvnieku barības apritē iesaistītā uzņēmuma reģistrāciju</t>
+  </si>
+  <si>
+    <t>Dzīvnieku barības aprites likuma 3.panta piektā daļa; Ministru kabineta 2009.gada 26.maija noteikumi Nr.482 "Noteikumi par valsts nodevu par dzīvnieku barības apritē iesaistītā uzņēmuma reģistrāciju"</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu dabīgā minerālūdens izplatīšanai tirgū</t>
+  </si>
+  <si>
+    <t>Par dabīgā minerālūdens izplatīšanas atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>Pārtikas aprites uzraudzības likuma 20.panta otrā daļa; Ministru kabineta 2015.gada 15.decembra noteikumi Nr.736 "Noteikumi par dabīgo minerālūdeni un avota ūdeni"</t>
+  </si>
+  <si>
+    <t>Par dabīgā minerālūdens izplatīšanas atļaujas atkārtotu izsniegšanu saskaņā ar šo noteikumu 36.1. apakšpunktu</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu pārtikas sastāvdaļu izmantošanai bioloģisko pārtikas produktu pārstrādē, ja šīs pārtikas sastāvdaļas nav iegūtas ar bioloģiskās lauksaimniecības ražošanas metodi</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu pārtikas sastāvdaļu izmantošanai bioloģisko pārtikas produktu pārstrādē, ja šīs pārtikas sastāvdaļas nav iegūtas, izmantojot bioloģiskās lauksaimniecības ražošanas metodi</t>
+  </si>
+  <si>
+    <t>Lauksaimniecības un lauku attīstības likuma 11.panta trešās daļas 5.punkts; Ministru kabineta 2010.gada 16.marta noteikumi Nr.251 "Noteikumi par valsts nodevu bioloģiskās lauksaimniecības jomā"</t>
+  </si>
+  <si>
+    <t>Par bioloģiskās lauksaimniecības kontroles institūcijas atbilstības apliecinājuma izsniegšanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par bioloģiskās lauksaimniecības kontroles institūcijas atbilstības apliecinājuma izsniegšanu </t>
+  </si>
+  <si>
+    <t>Lauksaimniecības un lauku attīstības likuma 11.panta trešās daļas 6.punkts; Ministru kabineta 2010.gada 16.marta noteikumi Nr.251 "Noteikumi par valsts nodevu bioloģiskās lauksaimniecības jomā"</t>
+  </si>
+  <si>
+    <t>Par noteiktās grupās ietilpstošu pārtikas produktu reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par tādu pārtikas produktu reģistrāciju, kas ražoti trešajā valstī</t>
+  </si>
+  <si>
+    <t>Pārtikas aprites uzraudzības likuma 20.panta otrā daļa; Ministru kabineta 2018.gada 18.decembra noteikumi Nr.819 "Noteiktās grupās ietilpstošu pārtikas produktu reģistrācijas un valsts nodevas samaksas kārtība"</t>
+  </si>
+  <si>
+    <t>Par tādu pārtikas produktu reģistrāciju, kas ir ražoti kādā no Eiropas Ekonomikas zonas valstīm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par maisījumu zīdaiņiem un papildu ēdināšanas maisījumu zīdaiņiem reģistrāciju </t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu un pārreģistrēšanu veterinārfarmaceitiskajai darbībai</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu veterinārfarmaceitiskajai darbībai</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2007.gada 23.oktobra noteikumi Nr.716 "Noteikumi par valsts nodevu par speciālās atļaujas (licences) izsniegšanu veterinārfarmaceitiskajai darbībai"</t>
+  </si>
+  <si>
+    <t>LV87TREL1060160921910</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) pārreģistrēšanu veterinārfarmaceitiskajai darbībai</t>
+  </si>
+  <si>
+    <t>Par uztura bagātinātāju reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par Eiropas Ekonomikas zonas valstīs ražota uztura bagātinātāja reģistrāciju</t>
+  </si>
+  <si>
+    <t>Pārtikas aprites uzraudzības likuma 20.panta otrā daļa; Ministru kabineta 2010.gada 21.decembra noteikumi Nr.1145 "Noteikumi par uztura bagātinātāju reģistrācijas valsts nodevu"</t>
+  </si>
+  <si>
+    <t>Par ārpus Eiropas Ekonomikas zonas valstīm ražota uztura bagātinātāja reģistrāciju, ja tas jau iepriekš ir paziņots vai laists tirgū kādā no Eiropas Ekonomikas zonas valstīm un Pārtikas un veterinārajā dienestā tiek iesniegta attiecīgās dalībvalsts kompetentās iestādes izsniegta informācija par to, ka trešajā valstī ražots uztura bagātinātājs ir izplatīts kādā no Eiropas Ekonomikas zonas dalībvalstīm, vai šo faktu apliecinoša izdruka no publiski pieejama šīs dalībvalsts uztura bagātinātāju reģistra, saraksta vai datubāzes</t>
+  </si>
+  <si>
+    <t>Par ārpus Eiropas Ekonomikas zonas valstīm ražota uztura bagātinātāja pirmreizēju reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par katra papildu uztura bagātinātāja ar atšķirīgām organoleptiskajām īpašībām (piemēram, garšu, smaržu) reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par izmaiņu reģistrēšanu uztura bagātinātāju reģistrā esošam uztura bagātinātājam - mainot uztura bagātinātāja pagatavojuma veidu, fasējuma vienības lielumu, ieteicamo dienas (diennakts) devu, sastāvdaļas vai sastāvdaļu daudzumu</t>
+  </si>
+  <si>
+    <t>Par izmaiņu reģistrēšanu uztura bagātinātāju reģistrā esošam uztura bagātinātājam - izdarot izmaiņas marķējumā vai citā pievienotajā informācijā (piemēram, lietošanas pamācībā), ja tās nav saistītas ar šo noteikumu 2.5.1.apakšpunktā minētajām izmaiņām</t>
+  </si>
+  <si>
+    <t>Par izmaiņu reģistrēšanu uztura bagātinātāju reģistrā esošam uztura bagātinātājam - mainot uztura bagātinātāja pagatavojuma veidu, fasējuma vienības lielumu, ieteicamo dienas (diennakts) devu, sastāvdaļas vai sastāvdaļu daudzumu, ja minēto izmaiņu izdarīšanas pamats ir grozījumi Eiropas Savienības vai Latvijas Republikas normatīvajā regulējumā</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu šķirnes pārbaudes veikšanai</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu šķirnes pārbaudes veikšanai vienai sugai</t>
+  </si>
+  <si>
+    <t>Valsts augu aizsardzības dienests</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu šķirnes pārbaudes veikšanai par katru nākamo sugu</t>
+  </si>
+  <si>
+    <t>Par selekcionāra tiesību aizsardzību</t>
+  </si>
+  <si>
+    <t>Par selekcionāra tiesību piešķiršanu un pagarināšanu</t>
+  </si>
+  <si>
+    <t>Par selekcionāra tiesību piešķiršanu</t>
+  </si>
+  <si>
+    <t>Par selekcionāra tiesību pagarināšanu</t>
+  </si>
+  <si>
+    <t>Par licences līguma reģistrāciju Valsts augu aizsardzības dienestā</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu un tās termiņa pagarināšanu tādu šķirņu sēklu izvietošanai tirgū, par kurām ir iesniegts iesniegums, bet kuras vēl nav iekļautas Latvijas augu šķirņu katalogā vai kādā no Eiropas Savienības dalībvalstu nacionālajiem katalogiem</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu uz laiku tirgot sēklas, kas neatbilst minimālās dīgtspējas prasībām</t>
+  </si>
+  <si>
+    <t>Par personas reģistrāciju un izmaiņu veikšanu Kultūraugu uzraudzības valsts informācijas sistēmas Dārzeņu šķirņu kolekcionāru reģistrā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par personas reģistrāciju Kultūraugu uzraudzības valsts informācijas sistēmas dārzeņu šķirņu kolekcionāru reģistrā </t>
+  </si>
+  <si>
+    <t>Par izmaiņu veikšanu Kultūraugu uzraudzības valsts informācijas sistēmas dārzeņu šķirņu kolekcionāru reģistrā</t>
+  </si>
+  <si>
+    <t>Par personas reģistrāciju un izmaiņu veikšanu Kultūraugu uzraudzības valsts informācijas sistēmas Sēklaudzētāju un sēklu tirgotāju reģistrā</t>
+  </si>
+  <si>
+    <t>Par personas reģistrāciju Kultūraugu uzraudzības valsts informācijas sistēmas Sēklaudzētāju un sēklu tirgotāju reģistrā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par izmaiņu veikšanu Kultūraugu uzraudzības valsts informācijas sistēmas Sēklaudzētāju un sēklu tirgotāju reģistrā </t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu veģetatīvā pavairošanas materiāla un sēklu izmantošanai bioloģiskajā lauksaimniecībā, ja šis materiāls un sēklas nav iegūtas, izmantojot bioloģisko lauksaimnieciskās ražošanas metodi</t>
+  </si>
+  <si>
+    <t>Par iesnieguma izvērtēšanu personas reģistrācijai vai izmaiņu veikšanu fitosanitārajai kontrolei pakļauto augu un augu produktu apritē iesaistīto personu reģistrā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par iesnieguma izvērtēšanu personas reģistrācijai fitosanitārajai kontrolei pakļauto augu un augu produktu apritē iesaistīto personu reģistrā </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par iesnieguma izvērtēšanu izmaiņu veikšanai fitosanitārajai kontrolei pakļauto augu un augu produktu apritē iesaistīto personu reģistrā </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par iesnieguma izskatīšanu personas iekļaušanai koka iepakojuma marķētāju reģistrā </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par iesnieguma izskatīšana izmaiņu veikšanai koka iepakojuma marķētāju reģistrā </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par mēslošanas līdzekļa un substrāta reģistrāciju vai atļaujas saņemšanu mēslošanas līdzekļa un substrāta ražošanai, ievešanai vai tirdzniecībai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par D, E, G vai H identifikācijas grupā iekļauta mēslošanas līdzekļa reģistrāciju </t>
+  </si>
+  <si>
+    <t>Mēslošanas līdzekļu aprites likuma 16.pants; Ministru kabineta 2007.gada 30.janvāra noteikumi Nr.83 "Noteikumi par valsts nodevu par mēslošanas līdzekļa un substrāta reģistrāciju vai atļaujas saņemšanu mēslošanas līdzekļa un substrāta ievešanai vai tirdzniecībai, kā arī tās maksāšanas kārtību"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par A, B, C, F vai K identifikācijas grupā iekļauta mēslošanas līdzekļa un substrāta reģistrāciju </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par I identifikācijas grupā iekļauta mēslošanas līdzekļa (mikrobioloģiska preparāta) reģistrāciju </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par J identifikācijas grupā iekļauta mēslošanas līdzekļa reģistrāciju </t>
+  </si>
+  <si>
+    <t>Par atļauju reģistrēta mēslošanas līdzekļa un substrāta tirdzniecībai, ja tā testēšanas rezultāti uzrāda neatbilstību Mēslošanas līdzekļu un substrātu valsts reģistrā deklarētajai kvalitātei</t>
+  </si>
+  <si>
+    <t>Par atļauju tāda mēslošanas līdzekļa un substrāta tirdzniecībai vai ievešanai, kas nav minēts normatīvajos aktos par mēslošanas līdzekļu un substrātu identifikācijas, kvalitātes atbilstības novērtēšanas un tirdzniecības prasībām</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļauju nereģistrēta mēslošanas līdzekļa ievešanai efektivitātes izmēģinājumiem un pētījumiem </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļauju mēslošanas līdzekļa un substrāta ievešanai testēšanai un reģistrācijai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļauju testēšanai un reģistrācijai ievesta mēslošanas līdzekļa un substrāta attiecīgās partijas tirdzniecībai </t>
+  </si>
+  <si>
+    <t>Par atļauju mēslošanas līdzekļa konkrētas partijas ievešanai un tirdzniecībai, ja mēslošanas līdzekļa partija neatbilst normatīvajiem aktiem par mēslošanas līdzekļiem noteiktajām kvalitātes prasībām</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) augu aizsardzības līdzekļu izplatīšanai izsniegšanu un pārreģistrāciju</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu pirmās, otrās un trešās reģistrācijas klases augu aizsardzības līdzekļu izplatīšanai</t>
+  </si>
+  <si>
+    <t>Augu aizsardzības likuma 5.panta 12.punkts; Ministru kabineta 2010.gada 27.jūlija noteikumi Nr.682 "Noteikumi par speciālajām atļaujām (licencēm) augu aizsardzības līdzekļu izplatīšanai"</t>
+  </si>
+  <si>
+    <t>LV85TREL1060160929900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par speciālās atļaujas (licences) izsniegšanu trešās reģistrācijas klases augu aizsardzības līdzekļu izplatīšanai </t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) pārreģistrāciju</t>
+  </si>
+  <si>
+    <t>Augu aizsardzības likuma 5.panta 12.punkts; Ministru kabineta 2010. gada 27.jūlija noteikumi Nr.682 "Noteikumi par speciālajām atļaujām (licencēm) augu aizsardzības līdzekļu izplatīšanai"</t>
+  </si>
+  <si>
+    <t>Par šķirnes iekļaušanu, šķirnes uzturēšanu un uzturēšanas termiņa pagarināšanu Latvijas augu šķirņu katalogā vai šķirņu sarakstā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par šķirnes iekļaušanu Latvijas augu šķirņu katalogā </t>
+  </si>
+  <si>
+    <t>Par šķirnes uzturēšanu Latvijas augu šķirņu katalogā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par šķirnes uzturēšanas termiņa pagarināšanu Latvijas augu šķirņu katalogā </t>
+  </si>
+  <si>
+    <t>Par augu aizsardzības līdzekļa reģistrāciju un uzturēšanu augu aizsardzības līdzekļu reģistrā</t>
+  </si>
+  <si>
+    <t>Par apliecinājuma, Valsts meža dienesta sanitārā atzinuma, atzinuma mežaudzes atzīšanai par neproduktīvu, meža reproduktīvā materiāla izcelsmes sertifikāta, meža reproduktīvā materiāla ievešanas atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par apliecinājuma izsniegšanu koku ciršanai</t>
   </si>
   <si>
     <r>
-      <t>Likuma "Par kultūras pieminekļu aizsardzību” 4.panta otrā daļa un 18.</t>
+      <t>Meža likuma 43.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>panta ceturtā daļa; Ministru kabineta 2016.gada 1.novembra noteikumi Nr.708 "Noteikumi par valsts nodevu par kultūras pieminekļu, tajā skaitā valstij piederošo senlietu, pagaidu izvešanu un mākslas un antikvāro priekšmetu pilnīgu izvešanu un pagaidu izvešanu no Latvijas"</t>
+      <t>panta otrā daļa; Ministru kabineta 2014.gada 11.februāra noteikumi Nr.82 "Noteikumi par valsts nodevu par mežsaimnieciskām un medību darbībām"</t>
     </r>
   </si>
   <si>
-    <t>Nacionālā kultūras mantojuma pārvalde</t>
-[...125 lines deleted...]
-    <t>59.1.</t>
+    <t>Valsts meža dienests</t>
+  </si>
+  <si>
+    <t>Par meža reproduktīvā materiāla izcelsmes sertifikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu meža reproduktīvā materiāla ievešanai</t>
+  </si>
+  <si>
+    <t>Par Valsts meža dienesta sanitārā atzinuma izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par atzinuma izsniegšanu mežaudzes atzīšanai par neproduktīvu</t>
+  </si>
+  <si>
+    <t>Par to postījuma apjoma noteikšanu un to zaudējumu aprēķinu, kurus lauksaimniecībai, mežsaimniecībai, meliorācijas sistēmām un infrastruktūras objektiem nodarījuši medījamie dzīvnieki</t>
+  </si>
+  <si>
+    <t>Medību likuma 29.panta septītās daļas 4.punkts; Ministru kabineta 2014.gada 11.februāra noteikumi Nr.82 "Noteikumi par valsts nodevu par mežsaimnieciskām un medību darbībām"</t>
+  </si>
+  <si>
+    <t>Nodeva par dokumentu izsniegšanu, kas attiecas uz medību saimniecības izmantošanu, mednieku un medību vadītāju eksāmeniem, medījamo dzīvnieku nodarīto zaudējumu aprēķinu un medību trofeju izvešanu no Latvijas</t>
+  </si>
+  <si>
+    <t>LV77TREL1060160925000</t>
+  </si>
+  <si>
+    <t>Par mednieka apliecības, medību vadītāja apliecības, mednieka sezonas kartes un medību atļaujas izsniegšanu, kā arī par atļaujas ārzemniekam medīt Latvijas teritorijā izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par mednieka apliecības izsniegšanu</t>
+  </si>
+  <si>
+    <t>Medību likuma 23.panta pirmā daļa; Ministru kabineta 2014.gada 11.februāra noteikumi Nr.82 "Noteikumi par valsts nodevu par mežsaimnieciskām un medību darbībām"</t>
+  </si>
+  <si>
+    <t>Par medību vadītāja apliecības izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par mednieka sezonas kartes izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par medību atļaujas izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu ārzemniekam medīt Latvijas teritorijā, ja atļaujas derīguma termiņš ir viena diena</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļaujas izsniegšanu ārzemniekam medīt Latvijas teritorijā, ja atļaujas derīguma termiņš nav ilgāks par 10 dienām </t>
+  </si>
+  <si>
+    <t>Par atļaujas izsniegšanu ārzemniekam medīt Latvijas teritorijā, ja atļauja derīga visu medību sezonu</t>
+  </si>
+  <si>
+    <t>Par mednieku un medību vadītāju kandidātu eksamināciju</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par mednieku eksāmenu teorijā </t>
+  </si>
+  <si>
+    <t>Medību likuma 15.panta otrā daļa; Ministru kabineta 2014.gada 11.februāra noteikumi Nr.82 "Noteikumi par valsts nodevu par mežsaimnieciskām un medību darbībām"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par mednieku eksāmenu šaušanā </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par mednieku vadītāja eksāmenu
+ </t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) komercdarbībai zvejniecībā izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par atļaujas (licences) izsniegšanu komercdarbībai zvejniecībā starptautiskajos un citu valstu ūdeņos ārpus Baltijas jūras</t>
+  </si>
+  <si>
+    <t>LV66TREL1060160921900</t>
+  </si>
+  <si>
+    <t>Par atļaujas (licences) pārreģistrāciju komercdarbībai zvejniecībā starptautiskajos un citu valstu ūdeņos ārpus Baltijas jūras</t>
+  </si>
+  <si>
+    <t>Par atļaujas (licences) izsniegšanu komercdarbībai zvejniecībā Baltijas jūras un Rīgas jūras līča ūdeņos aiz piekrastes ūdeņiem</t>
+  </si>
+  <si>
+    <t>Par atļaujas (licences) pārreģistrāciju komercdarbībai zvejniecībā Baltijas jūras un Rīgas jūras līča ūdeņos aiz piekrastes ūdeņiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļaujas (licences) izsniegšanu komercdarbībai zvejniecībā Baltijas jūras un Rīgas jūras līča piekrastes ūdeņos </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļaujas (licences) pārreģistrāciju komercdarbībai zvejniecībā Baltijas jūras un Rīgas jūras līča piekrastes ūdeņos </t>
   </si>
   <si>
     <t>Par bāriņtiesas pakalpojumiem</t>
   </si>
   <si>
     <t>Par darījuma akta projekta sagatavošanu</t>
   </si>
   <si>
     <t>Bāriņtiesu likums</t>
   </si>
   <si>
     <t>Valsts nodeva par apliecinājumiem un citu funkciju pildīšanu bāriņtiesās</t>
   </si>
   <si>
     <t>Pašvaldības (Bāriņtiesas)*</t>
   </si>
   <si>
     <t>Uz 9.4.2.0. kodu attiecina ieņēmumus, kas iemaksāti pašvaldību budžetā saskaņā ar Bāriņtiesu likumu</t>
   </si>
   <si>
-    <t>59.2.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par darījuma apliecināšanu</t>
   </si>
   <si>
-    <t>59.3.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par testamenta sastādīšanu vai atsaukšanu</t>
   </si>
   <si>
-    <t>59.4.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par testamenta pieņemšanu glabāšanā</t>
   </si>
   <si>
-    <t>59.5.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par pilnvaras sagatavošanu</t>
   </si>
   <si>
-    <t>59.6.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par pilnvaras apliecināšanu</t>
   </si>
   <si>
-    <t>59.7.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par paraksta apliecināšanu</t>
   </si>
   <si>
-    <t>59.8.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par apliecinājumu un citu darbību reģistra izraksta sastādīšanu un izsniegšanu</t>
   </si>
   <si>
-    <t>59.9.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par noraksta vai izraksta sastādīšanu</t>
   </si>
   <si>
-    <t>59.10.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par noraksta, izraksta vai kopijas apliecināšanu</t>
   </si>
   <si>
-    <t>59.11.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par paziņojuma izsniegšanu</t>
   </si>
   <si>
-    <t>59.12.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par apliecības izsniegšanu par izsniegto paziņojumu</t>
   </si>
   <si>
-    <t>59.13.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par nostiprinājuma lūguma sastādīšanu</t>
   </si>
   <si>
-    <t>59.14.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par paraksta apliecināšanu uz nostiprinājuma lūguma</t>
   </si>
   <si>
-    <t>59.15.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par mantojuma saraksta sastādīšanu</t>
   </si>
   <si>
-    <t>59.16.</t>
-[...1 lines deleted...]
-  <si>
     <t>Par cita veida dokumentu sastādīšanu</t>
   </si>
   <si>
-    <t>60.1.</t>
-[...4 lines deleted...]
-  <si>
     <t>Par laulības reģistrāciju</t>
   </si>
   <si>
-    <t>Civilstāvokļa aktu reģistrācijas likuma 3.panta septītā daļa; Ministru kabineta 2013.gada 24.septembra noteikumi Nr.906 "Noteikumi par civilstāvokļa aktu reģistrācijas valsts nodevu"</t>
-[...1 lines deleted...]
-  <si>
     <t>Valsts nodevas par laulības reģistrāciju, civilstāvokļa akta reģistra ieraksta aktualizēšanu vai atjaunošanu un atkārtotas civilstāvokļa aktu reģistrācijas apliecības izsniegšanu</t>
   </si>
   <si>
     <t>Pašvaldības (Dzimtsarakstu nodaļas)*</t>
   </si>
   <si>
     <t xml:space="preserve">Uz 9.4.5.0. kodu attiecina ieņēmumus, kas iemaksāti pašvaldību budžetā saskaņā ar normatīvajiem aktiem par civilstāvokļa aktu reģistrācijas valsts nodevu </t>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-  <si>
     <t>Par civilstāvokļa akta reģistra ieraksta aktualizēšanu vai atjaunošanu</t>
   </si>
   <si>
     <t>Uz 9.4.5.0. kodu attiecina ieņēmumus, kas iemaksāti pašvaldību budžetā saskaņā ar normatīvajiem aktiem par civilstāvokļa aktu reģistrācijas valsts nodevu</t>
   </si>
   <si>
-    <t>60.3.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Par atkārtotas civilstāvokļa akta reģistrācijas apliecības izsniegšanu </t>
   </si>
   <si>
-    <r>
-[...40 lines deleted...]
-  <si>
     <t>Par vārda, uzvārda vai tautības ieraksta maiņu</t>
   </si>
   <si>
     <t>Vārda, uzvārda un tautības ieraksta maiņas likuma 9.pants</t>
   </si>
   <si>
     <t xml:space="preserve">Valsts nodeva par uzvārda, vārda un tautības ieraksta maiņu personu apliecinošos dokumentos </t>
   </si>
   <si>
     <t>Uz 9.4.3.0.kodu attiecina ieņēmumus, kas iemaksāti pašvaldību budžetā saskaņā ar likumu "Par vārda, uzvārda un tautības ieraksta maiņu"</t>
-  </si>
-[...34 lines deleted...]
-    <t>62.1.</t>
   </si>
   <si>
     <t>Par speciālas atļaujas (licences) izsniegšanu kremācijas veikšanai</t>
   </si>
   <si>
     <t>Par speciālās atļaujas (licences) izsniegšanu kremācijas veikšanai</t>
   </si>
   <si>
     <r>
       <t>Likuma "Par miruša cilvēka ķermeņa aizsardzību un cilvēka audu un orgānu izmantošanu medicīnā" 7.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> panta otrā daļa; Ministru kabineta 2010.gada 29.jūnija noteikumi Nr.600"Kremācijas noteikumi"</t>
+      <t xml:space="preserve"> panta otrā daļa; Ministru kabineta 2010.gada 29.jūnija noteikumi Nr.600 "Kremācijas noteikumi"</t>
     </r>
   </si>
   <si>
     <t>Valsts nodeva par speciālu atļauju (licenču) izsniegšanu</t>
   </si>
   <si>
     <t>Pašvaldības*</t>
   </si>
   <si>
     <t>Uz 9.4.6.0.kodu attiecina ieņēmumus, kas iemaksāti pašvaldību budžetā saskaņā ar normatīvajiem aktiem par valsts nodevu par speciālas atļaujas (licences) izsniegšanu</t>
   </si>
   <si>
+    <t>Par speciālās atļaujas (licences) dublikāta vai atkārtotas speciālās atļaujas licences izsniegšanu kremācijas veikšanai</t>
+  </si>
+  <si>
+    <t>Par zemes rezervēšanu lauku apvidos</t>
+  </si>
+  <si>
+    <t>Par zemes rezervēšanu lauku apvidos līdz 1 gadam</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likuma "Par zemes reformu Latvijas Republikas lauku apvidos" 15.pants </t>
+  </si>
+  <si>
+    <t>Valsts nodeva par zemes rezervēšanu lauku apvidos</t>
+  </si>
+  <si>
+    <t>Uz 9.4.4.0.kodu attiecina ieņēmumus, kas iemaksāti pašvaldību budžetā saskaņā ar likumu "Par zemes reformu Latvijas Republikas lauku apvidos"</t>
+  </si>
+  <si>
+    <t>Par zemes rezervēšanu lauku apvidos par 2 gadiem</t>
+  </si>
+  <si>
+    <t>Par zemes rezervēšanu lauku apvidos par 3 gadiem</t>
+  </si>
+  <si>
+    <t>Par zemes rezervēšanu lauku apvidos par 4 gadiem</t>
+  </si>
+  <si>
+    <t>Par zemes rezervēšanu lauku apvidos par 5 gadiem</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu no Fizisko personu reģistra</t>
+  </si>
+  <si>
+    <t>Fizisko personu reģistra likuma 24.pants; Ministru kabineta 2021.gada 6.jūlija noteikumi Nr.485 "Noteikumi par valsts nodevu par informācijas saņemšanu no Fizisko personu reģistra"</t>
+  </si>
+  <si>
+    <t>Nodeva par informācijas saņemšanu no Fizisko personu reģistra</t>
+  </si>
+  <si>
+    <t>Pašvaldības budžeta konts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par ziņu par deklarēto dzīvesvietu reģistrāciju </t>
+  </si>
+  <si>
+    <t>Nodeva par ziņu par deklarēto dzīvesvietu reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par bieži sastopamo derīgo izrakteņu ieguves atļauju</t>
+  </si>
+  <si>
+    <t>Ieņēmumus no šīs nodevas ieskaita tās vietējās pašvaldības teritorijā, kuras administratīvajā teritorijā atrodas bieži sastopamie derīgie izrakteņi</t>
+  </si>
+  <si>
+    <t>Par grozījumiem bieži sastopamo derīgo izrakteņu ieguves atļaujās</t>
+  </si>
+  <si>
+    <t>Par republikas pilsētas domes speciālās atļaujas (licences) izsniegšanu pasažieru komercpārvadājumiem ar autobusiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autopārvadājumu likuma 30.panta sestā daļa; Ministru kabineta 2018.gada 6.marta noteikumi Nr.146 "Noteikumi par valsts nodevu par speciālās atļaujas (licences) izsniegšanu komercpārvadājumiem ar autotransportu" </t>
+  </si>
+  <si>
+    <t>Pašvaldība (Republikas pilsētas dome)*</t>
+  </si>
+  <si>
+    <t>Par republikas pilsētas domes speciālās atļaujas (licences) atkārtotu izsniegšanu pasažieru komercpārvadājumiem ar autobusiem</t>
+  </si>
+  <si>
+    <t>Par republikas pilsētas domes speciālās atļaujas (licences) izsniegšanu pasažieru komercpārvadājumiem ar taksometriem</t>
+  </si>
+  <si>
+    <t>Par republikas pilsētas domes speciālās atļaujas (licences) atkārtotu izsniegšanu pasažieru komercpārvadājumiem ar taksometriem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par atļaujas (licences) izsniegšanu komercdarbībai zvejniecībā iekšējos ūdeņos </t>
+  </si>
+  <si>
+    <t>Pašvaldība*</t>
+  </si>
+  <si>
+    <t>Par atļaujas (licences) pārreģistrāciju komercdarbībai iekšējos ūdeņos</t>
+  </si>
+  <si>
+    <t>09.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ārlietu ministrija </t>
+  </si>
+  <si>
+    <t>Par visas reģistrā esošās informācijas saņemšanu papīra formā vairāk nekā divas reizes kalendāra gadā, ko persona saņem par sevi vai saviem bērniem, kuri jaunāki par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošo personu</t>
+  </si>
+  <si>
+    <t>Pilsonības un migrācijas lietu pārvalde</t>
+  </si>
+  <si>
+    <t>LV05TREL1060140918300</t>
+  </si>
+  <si>
+    <t>Par visas reģistrā esošās informācijas saņemšanu elektroniskā formā, parakstīta ar drošu elektronisko parakstu, vairāk nekā divas reizes kalendāra gadā, ko persona saņem par sevi vai saviem bērniem, kuri jaunāki par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošo personu</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu (arī apliecinājums par personas statusu) par sevi, savu bērnu, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošo personu (par vienu personu), ja tā sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem (izņemot šo noteikumu 2.4.apakšpunktā minēto informāciju), piecu darbdienu laikā (papīra formā)</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu (arī apliecinājums par personas statusu) par sevi, savu bērnu, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošo personu (par vienu personu), ja tā sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem (izņemot šo noteikumu 2.4.apakšpunktā minēto informāciju), divu stundu laikā (papīra formā)</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu (arī apliecinājums par personas statusu) par sevi, savu bērnu, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošo personu (par vienu personu), ja tā sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem (izņemot šo noteikumu 2.4.apakšpunktā minēto informāciju), triju darbdienu laikā (elektroniskā formā, parakstīta ar drošu elektronisko parakstu)</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu par vienas personas dzīvesvietas adresi, ja persona pieprasa aktuālo informāciju par savu, sava bērna, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošas personas deklarēto, reģistrēto vai norādīto dzīvesvietu</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu par trešo personu (par vienu personu), ja informācija sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem, piecu darbdienu laikā (papīra formā)</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu par trešo personu (par vienu personu), ja informācija sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem, divu stundu laikā (papīra formā)</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu par trešo personu (par vienu personu), ja informācija sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem, triju darbdienu laikā (elektroniskā formā, parakstīta ar drošu elektronisko parakstu)</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu tiešsaistes datu pārraides režīmā, pamatojoties uz noslēgtu rakstveida vienošanos, izņemot uzticamus sertifikācijas pakalpojumu sniedzējus un kvalificētus identifikācijas pakalpojumu sniedzējus</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu par aktuālo un iepriekšējo personas kodu, ja to pieprasa un saņem, izmantojot speciālo tiešsaistes formu</t>
+  </si>
+  <si>
+    <t>Par statistiskas informācijas saņemšanu rakstveidā (viena lappuse)</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu par noteiktā laikposmā mirušām personām (miršanas fakta apliecinājums – miris), ja informācija tiek pieprasīta par laikposmu līdz vienam gadam</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu par noteiktā laikposmā mirušām personām (miršanas fakta apliecinājums – miris), ja informācija tiek pieprasīta par laikposmu no viena līdz pieciem gadiem</t>
+  </si>
+  <si>
+    <t>Par informācijas saņemšanu par noteiktā laikposmā mirušām personām (miršanas fakta apliecinājums – miris), ja informācija tiek pieprasīta par laikposmu, kas pārsniedz piecus gadus</t>
+  </si>
+  <si>
+    <t>Par naturalizācijas iesniegumu iesniegšanu</t>
+  </si>
+  <si>
+    <t>Pilsonības likuma 12.panta piektā daļa; Ministru kabineta 2013.gada 17.septembra noteikumi Nr.849 "Noteikumi par valsts nodevu naturalizācijas iesnieguma iesniegšanai"</t>
+  </si>
+  <si>
+    <t>Nodeva par naturalizācijas iesniegumu iesniegšanu</t>
+  </si>
+  <si>
+    <t>LV19TREL1060140919600</t>
+  </si>
+  <si>
+    <t>Par pases izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par pases izsniegšanu, ja pasi izsniedz 10 darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Personu apliecinošu dokumentu likuma 6.panta astotā daļa; Ministru kabineta 2012.gada 21.februāra noteikumi Nr.133 "Noteikumi par valsts nodevu par personu apliecinošu dokumentu izsniegšanu"</t>
+  </si>
+  <si>
+    <t>Nodeva par pasu izsniegšanu</t>
+  </si>
+  <si>
+    <t>LV70TREL1060140918100</t>
+  </si>
+  <si>
+    <t>Nodeva par konsulāro amatpersonu sniegtajiem pakalpojumiem)</t>
+  </si>
+  <si>
+    <t>Par pases izsniegšanu, ja pasi izsniedz divu darbdienu laikā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par personas apliecības izsniegšanu </t>
+  </si>
+  <si>
+    <t>Par personas apliecības (izņemot uzturēšanās atļauju vai ārzemnieka personas apliecību) izsniegšanu, ja personas apliecību izsniedz 10 darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Personu apliecinošu dokumentu likuma 5.panta devītā daļa; Ministru kabineta 2012.gada 21.februāra noteikumi Nr.133 "Noteikumi par valsts nodevu par personu apliecinošu dokumentu izsniegšanu"</t>
+  </si>
+  <si>
+    <t>Nodeva par personas apliecību izsniegšanu</t>
+  </si>
+  <si>
+    <t>LV86TREL1060140918200</t>
+  </si>
+  <si>
+    <t>Par personas apliecības (izņemot uzturēšanās atļauju vai ārzemnieka personas apliecību) izsniegšanu, ja personas apliecību izsniedz divu darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Par ārzemnieka personas apliecības izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par uzturēšanās atļaujas izsniegšanu, ja uzturēšanās atļauju izsniedz 10 darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Personu apliecinošu dokumentu likuma 5.panta devītā daļa; Ministru kabineta 2012.gada 21.februāra noteikumu Nr.133 "Noteikumi par valsts nodevu par personu apliecinošu dokumentu izsniegšanu" 4.²1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par uzturēšanās atļaujas izsniegšanu, ja uzturēšanās atļauju izsniedz divu darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Personu apliecinošu dokumentu likuma 5.panta devītā daļa; Ministru kabineta 2012.gada 21.februāra noteikumu Nr.133 "Noteikumi par valsts nodevu par personu apliecinošu dokumentu izsniegšanu" 4.²2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>LV53TREL1060140918600</t>
+  </si>
+  <si>
+    <t>Par atteikšanos no Latvijas pilsonības</t>
+  </si>
+  <si>
+    <t>Pilsonības likuma 23.panta piektā daļa; Ministru kabineta 2013.gada 24.septembra noteikumi Nr.1004 "Noteikumi par valsts nodevu par atteikšanos no Latvijas pilsonības un Latvijas pilsonības atjaunošanu"</t>
+  </si>
+  <si>
+    <t>Nodeva par atteikšanās no Latvijas pilsonības un pilsonības atjaunošanas dokumentēšanu</t>
+  </si>
+  <si>
+    <t>LV35TREL1060140919700</t>
+  </si>
+  <si>
+    <t>Par Latvijas pilsonības atjaunošanu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par Latvijas pilsonības atjaunošanu </t>
+  </si>
+  <si>
+    <t>Pilsonības likuma 25.panta septītā daļa; Ministru kabineta 2013.gada 24.septembra noteikumi Nr.1004 "Noteikumi par valsts nodevu par atteikšanos no Latvijas pilsonības un Latvijas pilsonības atjaunošanu"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodeva par atteikšanās no Latvijas pilsonības un pilsonības atjaunošanas dokumentēšanu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par ilgtermiņa vīzas vai uzturēšanās atļaujas pieprasīšanai nepieciešamo dokumentu izskatīšanu un ar to saistītajiem pakalpojumiem </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par ilgtermiņa vīzas pieprasīšanai nepieciešamo dokumentu izskatīšanu </t>
+  </si>
+  <si>
+    <t>Nodeva par vīzas, uzturēšanās atļaujas vai Eiropas Savienības pastāvīgā iedzīvotāja statusa Latvijas Republikā pieprasīšanai nepieciešamo dokumentu izskatīšanu un ar to saistītajiem pakalpojumiem</t>
+  </si>
+  <si>
+    <t>LV37TREL1060140918500</t>
+  </si>
+  <si>
+    <t>Par ilgtermiņa vīzas pieprasīšanai nepieciešamo dokumentu izskatīšanu, ja pieteikums iesniegts mazāk nekā trīs darbdienas pirms likumīgā uzturēšanās termiņa Latvijas Republikā beigām</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par iesniegto pieprasījumu ielūguma vai izsaukuma apstiprināšanai </t>
+  </si>
+  <si>
+    <t>Par pieprasījumu ielūguma vai izsaukuma apstiprināšanai, kas iesniegts elektroniski, izmantojot valsts pārvaldes pakalpojumu portālā www.latvija.lv pieejamo speciālo tiešsaistes formu</t>
+  </si>
+  <si>
+    <t>Par katru precizējumu ielūguma vai izsaukuma pieprasījumā iekļautajā informācijā, kas veikts saskaņā ar uzaicinātāja pieprasījumu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu 30 dienu laikā vai Eiropas Savienības zilās kartes pieprasītājam un viņa ģimenes loceklim 10 darbdienu laikā, vai atbilstoši Imigrācijas likuma 33.panta pirmās daļas 2.punktam 90 dienu laikā </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu 10 darbdienu laikā vai Eiropas Savienības zilās kartes pieprasītājam un viņa ģimenes loceklim piecu darbdienu laikā </t>
+  </si>
+  <si>
+    <t>Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu piecu darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu saskaņā ar Imigrācijas likuma 23.panta trešās daļas 3.punktu</t>
+  </si>
+  <si>
+    <t>Par uzturēšanās atļaujas pieprasīšanai nepieciešamo dokumentu izskatīšanu triju darbdienu laikā, ja iepriekšējā uzturēšanās atļauja nozaudēta vai bojāta vai mainījušies tajā iekļautie dati</t>
+  </si>
+  <si>
+    <t>Par termiņuzturēšanās atļaujas reģistrācijai iesniegto dokumentu izskatīšanu 30 dienu laikā</t>
+  </si>
+  <si>
+    <t>Par termiņuzturēšanās atļaujas reģistrācijai iesniegto dokumentu izskatīšanu 10 darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Par termiņuzturēšanās atļaujas reģistrācijai iesniegto dokumentu izskatīšanu piecu darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Par pastāvīgās uzturēšanās atļaujas reģistrēšanai iesniegto dokumentu izskatīšanu 30 dienu laikā</t>
+  </si>
+  <si>
+    <t>Par pastāvīgās uzturēšanās atļaujas reģistrēšanai iesniegto dokumentu izskatīšanu 10 darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Par pastāvīgās uzturēšanās atļaujas reģistrēšanai iesniegto dokumentu izskatīšanu piecu darbdienu laikā</t>
+  </si>
+  <si>
+    <t>SIA "Publisko aktīvu pārvaldītājs Possessor"</t>
+  </si>
+  <si>
+    <t>Ekonomikas ministrija</t>
+  </si>
+  <si>
+    <t>LV12TREL1060000914000</t>
+  </si>
+  <si>
+    <t>Būvniecības valsts kontroles birojs</t>
+  </si>
+  <si>
+    <t>LV33TREL1060120929200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Konkurences padome </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LV41TREL1060120939920
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> LV41TREL1060120939920</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Patērētāju tiesību aizsardzības centrs </t>
+  </si>
+  <si>
+    <t>LV48TREL1060120929900</t>
+  </si>
+  <si>
+    <t>LV29TREL1060120921900</t>
+  </si>
+  <si>
+    <t>LV96TREL1060120939900</t>
+  </si>
+  <si>
+    <t>Sabiedrisko pakalpojumu regulēšanas komisijas ieņēmumi</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) komercdarbībai ar Latvijas Republikas Nacionālajā stratēģiskas nozīmes preču un pakalpojumu sarakstā minētajām speciālajām ierīcēm un programmatūru izsniegšanu un pārreģistrāciju</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) komercdarbībai ar Latvijas Republikas Nacionālajā stratēģiskas nozīmes preču un pakalpojumu sarakstā minētajām speciālajām ierīcēm, iekārtām vai instrumentiem un to komponentiem izsniegšanu</t>
+  </si>
+  <si>
+    <t>Valsts drošības dienests</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) komercdarbībai ar Latvijas Republikas Nacionālajā stratēģiskas nozīmes preču un pakalpojumu sarakstā minētajām speciālajām ierīcēm, iekārtām vai instrumentiem un to komponentiem saņemšanu atkārtoti vai speciālās atļaujas (licences) dublikāta saņemšanu</t>
+  </si>
+  <si>
+    <t>Par Latvijas Republikas Nacionālajā stratēģiskas nozīmes preču un pakalpojumu sarakstā minēto sevišķā veidā veicamiem operatīvās darbības pasākumiem speciāli radītu vai pielāgotu iekārtu, ierīču vai instrumentu un to komponentu sertificēšanu</t>
+  </si>
+  <si>
+    <t>** Uz šo valsts nodevu nav attiecināmi Ministru kabineta 2018.gada 7.augusta noteikumi Nr.453 "Valsts nodevu uzskaites noteikumi"</t>
+  </si>
+  <si>
+    <t>*Pašvaldības institūcija vai tās struktūrvienība, kas normatīvajos aktos noteiktajā kārtībā sniedz no tās funkcijām izrietošu pakalpojumu vai nodrošinājumu, par kuru maksājama valsts nodeva, nav uzskatāma par valsts nodevas administrāciju (likuma "Par nodokļiem un nodevām" 1.panta 5.¹punkts), ņemot vērā, ka šajos gadījumos valsts nodeva tiek iemaksāta pašvaldības budžetā.</t>
+  </si>
+  <si>
+    <t>6.1.</t>
+  </si>
+  <si>
+    <t>6.2.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par stratēģiskas nozīmes preču pārvietošanas, eksporta, importa licences (vienam preču sūtījumam) un vispārējās eksporta licences izsniegšanu precēm, kuru vērtība ir līdz 1422,87 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par stratēģiskas nozīmes preču pārvietošanas, eksporta, importa licences (vienam preču sūtījumam) un vispārējās eksporta licences izsniegšanu precēm, kuru vērtība pārsniedz 1422,87 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>10.</t>
+  </si>
+  <si>
+    <t>15.1.</t>
+  </si>
+  <si>
+    <t>21.</t>
+  </si>
+  <si>
+    <t>23.</t>
+  </si>
+  <si>
+    <t>24.</t>
+  </si>
+  <si>
+    <t>12.2.</t>
+  </si>
+  <si>
+    <t>15.2.</t>
+  </si>
+  <si>
+    <t>16.</t>
+  </si>
+  <si>
+    <t>18.</t>
+  </si>
+  <si>
+    <t>28.</t>
+  </si>
+  <si>
+    <t>29.1.</t>
+  </si>
+  <si>
+    <t>29.2.</t>
+  </si>
+  <si>
+    <t>29.3.</t>
+  </si>
+  <si>
+    <t>29.4.</t>
+  </si>
+  <si>
+    <t>29.5.</t>
+  </si>
+  <si>
+    <t>29.6.</t>
+  </si>
+  <si>
+    <t>29.7.</t>
+  </si>
+  <si>
+    <t>29.8.</t>
+  </si>
+  <si>
+    <t>29.9.</t>
+  </si>
+  <si>
+    <t>29.10.</t>
+  </si>
+  <si>
+    <t>29.11.</t>
+  </si>
+  <si>
+    <t>30.1.</t>
+  </si>
+  <si>
+    <t>30.2.</t>
+  </si>
+  <si>
+    <t>30.3.</t>
+  </si>
+  <si>
+    <t>30.4.</t>
+  </si>
+  <si>
+    <t>30.5.</t>
+  </si>
+  <si>
+    <t>30.6.</t>
+  </si>
+  <si>
+    <t>30.7.</t>
+  </si>
+  <si>
+    <t>30.8.</t>
+  </si>
+  <si>
+    <t>31.</t>
+  </si>
+  <si>
+    <t>32.</t>
+  </si>
+  <si>
+    <t>34.1.</t>
+  </si>
+  <si>
+    <t>34.2.</t>
+  </si>
+  <si>
+    <t>34.3.</t>
+  </si>
+  <si>
+    <t>34.4.</t>
+  </si>
+  <si>
+    <t>34.5.</t>
+  </si>
+  <si>
+    <t>37.1.</t>
+  </si>
+  <si>
+    <t>37.2.</t>
+  </si>
+  <si>
+    <t>37.3.</t>
+  </si>
+  <si>
+    <t>38.1.</t>
+  </si>
+  <si>
+    <t>38.2.</t>
+  </si>
+  <si>
+    <t>38.3.</t>
+  </si>
+  <si>
+    <t>38.4.</t>
+  </si>
+  <si>
+    <t>39.1.</t>
+  </si>
+  <si>
+    <t>39.2.</t>
+  </si>
+  <si>
+    <t>39.3.</t>
+  </si>
+  <si>
+    <t>41.</t>
+  </si>
+  <si>
+    <t>42.1.</t>
+  </si>
+  <si>
+    <t>42.2.</t>
+  </si>
+  <si>
+    <t>42.3.</t>
+  </si>
+  <si>
+    <t>42.4.</t>
+  </si>
+  <si>
+    <t>42.5.</t>
+  </si>
+  <si>
+    <t>43.1.</t>
+  </si>
+  <si>
+    <t>43.2.</t>
+  </si>
+  <si>
+    <t>43.3.</t>
+  </si>
+  <si>
+    <t>43.4.</t>
+  </si>
+  <si>
+    <t>43.5.</t>
+  </si>
+  <si>
+    <t>44.1.</t>
+  </si>
+  <si>
+    <t>44.2.</t>
+  </si>
+  <si>
+    <t>46.1.</t>
+  </si>
+  <si>
+    <t>46.2.</t>
+  </si>
+  <si>
+    <t>46.3.</t>
+  </si>
+  <si>
+    <t>46.4.</t>
+  </si>
+  <si>
+    <t>46.5.</t>
+  </si>
+  <si>
+    <t>46.6.</t>
+  </si>
+  <si>
+    <t>46.7.</t>
+  </si>
+  <si>
+    <t>46.8.</t>
+  </si>
+  <si>
+    <t>46.9.</t>
+  </si>
+  <si>
+    <t>46.10.</t>
+  </si>
+  <si>
+    <t>50.1.</t>
+  </si>
+  <si>
+    <t>50.2.</t>
+  </si>
+  <si>
+    <t>53.</t>
+  </si>
+  <si>
+    <t>55.1.</t>
+  </si>
+  <si>
+    <t>55.2.</t>
+  </si>
+  <si>
+    <t>56.1.</t>
+  </si>
+  <si>
+    <t>56.2.</t>
+  </si>
+  <si>
+    <t>57.1.</t>
+  </si>
+  <si>
+    <t>57.2.</t>
+  </si>
+  <si>
+    <t>69.</t>
+  </si>
+  <si>
+    <t>73.1.</t>
+  </si>
+  <si>
+    <t>73.2.</t>
+  </si>
+  <si>
+    <t>73.3.</t>
+  </si>
+  <si>
+    <t>73.4.</t>
+  </si>
+  <si>
+    <t>74.1.</t>
+  </si>
+  <si>
+    <t>74.2.</t>
+  </si>
+  <si>
+    <t>74.3.</t>
+  </si>
+  <si>
+    <t>74.4.</t>
+  </si>
+  <si>
+    <t>74.5.</t>
+  </si>
+  <si>
+    <t>74.6.</t>
+  </si>
+  <si>
+    <t>75.1.</t>
+  </si>
+  <si>
+    <t>75.2.</t>
+  </si>
+  <si>
+    <t>76.1.</t>
+  </si>
+  <si>
+    <t>76.2.</t>
+  </si>
+  <si>
+    <t>77.1.</t>
+  </si>
+  <si>
+    <t>77.2.</t>
+  </si>
+  <si>
+    <t>78.1.</t>
+  </si>
+  <si>
+    <t>78.2.</t>
+  </si>
+  <si>
+    <t>80.</t>
+  </si>
+  <si>
+    <t>81.</t>
+  </si>
+  <si>
+    <t>84.</t>
+  </si>
+  <si>
+    <t>86.1.</t>
+  </si>
+  <si>
+    <t>86.2.</t>
+  </si>
+  <si>
+    <t>87.1.</t>
+  </si>
+  <si>
+    <t>87.2.</t>
+  </si>
+  <si>
+    <t>89.</t>
+  </si>
+  <si>
+    <t>90.</t>
+  </si>
+  <si>
+    <t>91.</t>
+  </si>
+  <si>
+    <t>92.</t>
+  </si>
+  <si>
+    <t>94.1.</t>
+  </si>
+  <si>
+    <t>94.2.</t>
+  </si>
+  <si>
+    <t>94.3.</t>
+  </si>
+  <si>
+    <t>94.4.</t>
+  </si>
+  <si>
+    <t>95.1.</t>
+  </si>
+  <si>
+    <t>95.2.</t>
+  </si>
+  <si>
+    <t>95.3.</t>
+  </si>
+  <si>
+    <t>95.4.</t>
+  </si>
+  <si>
+    <t>96.1.</t>
+  </si>
+  <si>
+    <t>96.2.</t>
+  </si>
+  <si>
+    <t>96.3.</t>
+  </si>
+  <si>
+    <t>97.1.</t>
+  </si>
+  <si>
+    <t>97.2.</t>
+  </si>
+  <si>
+    <t>97.3.</t>
+  </si>
+  <si>
+    <t>98.1.</t>
+  </si>
+  <si>
+    <t>98.2.</t>
+  </si>
+  <si>
+    <t>99.1.</t>
+  </si>
+  <si>
+    <t>99.2.</t>
+  </si>
+  <si>
+    <t>100.1.</t>
+  </si>
+  <si>
+    <t>100.2.</t>
+  </si>
+  <si>
+    <t>103.1.</t>
+  </si>
+  <si>
+    <t>103.2.</t>
+  </si>
+  <si>
+    <t>103.3.</t>
+  </si>
+  <si>
+    <t>103.4.</t>
+  </si>
+  <si>
+    <t>106.1.</t>
+  </si>
+  <si>
+    <t>106.2.</t>
+  </si>
+  <si>
+    <t>106.3.</t>
+  </si>
+  <si>
+    <t>106.4.</t>
+  </si>
+  <si>
+    <t>107.1.</t>
+  </si>
+  <si>
+    <t>107.2.</t>
+  </si>
+  <si>
+    <t>111.1.</t>
+  </si>
+  <si>
+    <t>111.2.</t>
+  </si>
+  <si>
+    <t>111.3.</t>
+  </si>
+  <si>
+    <t>113.1.</t>
+  </si>
+  <si>
+    <t>113.2.</t>
+  </si>
+  <si>
+    <t>114.1.</t>
+  </si>
+  <si>
+    <t>114.2.</t>
+  </si>
+  <si>
+    <t>115.1.</t>
+  </si>
+  <si>
+    <t>115.2.</t>
+  </si>
+  <si>
+    <t>116.1.</t>
+  </si>
+  <si>
+    <t>116.2.</t>
+  </si>
+  <si>
+    <t>117.1.</t>
+  </si>
+  <si>
+    <t>117.2.</t>
+  </si>
+  <si>
+    <t>118.1.</t>
+  </si>
+  <si>
+    <t>118.2.</t>
+  </si>
+  <si>
+    <t>118.3.</t>
+  </si>
+  <si>
+    <t>118.4.</t>
+  </si>
+  <si>
+    <t>119.1.</t>
+  </si>
+  <si>
+    <t>119.2.</t>
+  </si>
+  <si>
+    <t>119.3.</t>
+  </si>
+  <si>
+    <t>119.4.</t>
+  </si>
+  <si>
+    <t>120.1.</t>
+  </si>
+  <si>
+    <t>120.2.</t>
+  </si>
+  <si>
+    <t>120.3.</t>
+  </si>
+  <si>
+    <t>120.4.</t>
+  </si>
+  <si>
+    <t>120.5.</t>
+  </si>
+  <si>
+    <t>122.</t>
+  </si>
+  <si>
+    <t>124.2.</t>
+  </si>
+  <si>
+    <t>124.3.</t>
+  </si>
+  <si>
+    <t>129.1.</t>
+  </si>
+  <si>
+    <t>129.2.</t>
+  </si>
+  <si>
+    <t>135.</t>
+  </si>
+  <si>
+    <t>136.</t>
+  </si>
+  <si>
+    <t>139.</t>
+  </si>
+  <si>
+    <t>142.</t>
+  </si>
+  <si>
+    <t>143.</t>
+  </si>
+  <si>
+    <t>147.1.</t>
+  </si>
+  <si>
+    <t>147.2.</t>
+  </si>
+  <si>
+    <t>147.3.</t>
+  </si>
+  <si>
+    <t>148.1.</t>
+  </si>
+  <si>
+    <t>148.2.</t>
+  </si>
+  <si>
+    <t>148.3.</t>
+  </si>
+  <si>
+    <t>149.1.</t>
+  </si>
+  <si>
+    <t>149.2.</t>
+  </si>
+  <si>
+    <t>149.3.</t>
+  </si>
+  <si>
+    <t>150.1.</t>
+  </si>
+  <si>
+    <t>150.2.</t>
+  </si>
+  <si>
+    <t>151.1.</t>
+  </si>
+  <si>
+    <t>151.2.</t>
+  </si>
+  <si>
+    <t>152.1.</t>
+  </si>
+  <si>
+    <t>152.2.</t>
+  </si>
+  <si>
+    <t>152.3.</t>
+  </si>
+  <si>
+    <t>154.</t>
+  </si>
+  <si>
+    <t>156.1.</t>
+  </si>
+  <si>
+    <t>156.2.</t>
+  </si>
+  <si>
+    <t>157.1.</t>
+  </si>
+  <si>
+    <t>157.2.</t>
+  </si>
+  <si>
+    <t>158.1.</t>
+  </si>
+  <si>
+    <t>158.2.</t>
+  </si>
+  <si>
+    <t>158.3.</t>
+  </si>
+  <si>
+    <t>159.1.</t>
+  </si>
+  <si>
+    <t>159.2.</t>
+  </si>
+  <si>
+    <t>159.3.</t>
+  </si>
+  <si>
+    <t>159.4.</t>
+  </si>
+  <si>
+    <t>159.5.</t>
+  </si>
+  <si>
+    <t>159.6.</t>
+  </si>
+  <si>
+    <t>159.7.</t>
+  </si>
+  <si>
+    <t>159.8.</t>
+  </si>
+  <si>
+    <t>160.1.</t>
+  </si>
+  <si>
+    <t>160.2.</t>
+  </si>
+  <si>
+    <t>160.3.</t>
+  </si>
+  <si>
+    <t>160.4.</t>
+  </si>
+  <si>
+    <t>160.5.</t>
+  </si>
+  <si>
+    <t>160.6.</t>
+  </si>
+  <si>
+    <t>160.9.</t>
+  </si>
+  <si>
+    <t>163.1.</t>
+  </si>
+  <si>
+    <t>163.2.</t>
+  </si>
+  <si>
+    <t>2.</t>
+  </si>
+  <si>
+    <t>3.</t>
+  </si>
+  <si>
+    <t>4.</t>
+  </si>
+  <si>
+    <t>Likuma "Par darbinieku aizsardzību darba devēja maksātnespējas gadījumā" 6.panta ceturtā daļa; Ministru kabineta 2024.gada 17.decembra noteikumu Nr.857 "Noteikumi par uzņēmējdarbības riska valsts nodevu 2025.gadā" 2.punkts</t>
+  </si>
+  <si>
+    <t>Par kredīta starpnieka vai kredīta starpnieku pārstāvju reģistrāciju</t>
+  </si>
+  <si>
+    <t>Par kredīta starpnieka vai kredīta starpnieka pārstāvja reģistrāciju</t>
+  </si>
+  <si>
+    <t>Lauksaimniecības un lauku attīstības likuma 11.panta trešās daļas 4.punkts; Ministru kabineta 2010.gada 16.marta noteikumu Nr.251 "Noteikumi par valsts nodevu bioloģiskās lauksaimniecības jomā" 2.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Augu aizsardzības likuma 7.panta otrā daļa; Ministru kabineta 2007.gada 20.februāra noteikumu Nr.139 "Noteikumi par valsts nodevas likmēm un to maksāšanas kārtību par augu aizsardzības līdzekļu reģistra, fitosanitārajai kontrolei pakļauto augu un augu produktu apritē iesaistīto personu reģistra un koka iepakojuma marķētāju reģistra kārtošanu" 2.punkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par privatizācijas sertifikātiem" 17.panta ceturtā daļa; Ministru kabineta 2007.gada 16.oktobra noteikumu Nr.711 "Noteikumi par privatizācijas sertifikātu tirgus starpniecības sabiedrību licenču izsniegšanas, apturēšanas un anulēšanas kārtību, valsts nodevas likmi par tās saņemšanu, kā arī starpniecības sabiedrību pienākumiem un to uzraudzības kārtību" 6.punkts</t>
+  </si>
+  <si>
+    <t>Parādu ārpustiesas atgūšanas likuma 5.panta piektā daļa; Ministru kabineta 2024.gada 16.jūlija noteikumu Nr.485 "Parāda atgūšanas pakalpojuma sniedzēju licencēšanas kārtība" 45.punkts</t>
+  </si>
+  <si>
+    <t>Parādu ārpustiesas atgūšanas likuma 5.panta piektā daļa; Ministru kabineta 2024.gada 16.jūlija noteikumu Nr.485 "Parāda atgūšanas pakalpojuma sniedzēju licencēšanas kārtība" 46. un 52.punkts</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 151-250,99 km un pārsniegts transportlīdzekļa platums 2,56 (2,61) - 3,00 m</t>
+  </si>
+  <si>
+    <t>Par lielgabarīta un smagsvara pārvadājumu atļaujas izsniegšanu pārvadājumam par noteiktu maršrutu par transportlīdzekļa vai transportlīdzekļu sastāva garuma, platuma un augstuma pārsniegumu, ja pārvadājuma maršruta garums 251 km un vairāk un pārsniegts transportlīdzekļa platums 2,56 (2,61) - 3,00 m</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 5.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 5.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 5.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 5.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 6.punkts</t>
+  </si>
+  <si>
+    <r>
+      <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 7.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1.apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par īpašuma tiesību uz nekustamo īpašumu nostiprināšanu zemesgrāmatā šo noteikumu 5.1.apakšpunktā minētajos gadījumos personai, kas nekustamo īpašumu iegūst, izmantojot normatīvajos aktos noteikto valsts sniegto palīdzību dzīvojamās telpas iegādei vai būvniecībai, ja nekustamā īpašuma vērtība nepārsniedz 100000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par īpašuma tiesību uz nekustamo īpašumu nostiprināšanu zemesgrāmatā šo noteikumu 5.1.apakšpunktā minētajos gadījumos personai, kas nekustamo īpašumu iegūst, izmantojot normatīvajos aktos noteikto valsts sniegto palīdzību dzīvojamās telpas iegādei vai būvniecībai, ja nekustamā īpašuma vērtība pārsniedz 100000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 7.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2.apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 13.1.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 13.1.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 13.1.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 13.1.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 13.2.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 13.2.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 13.2.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 13.2.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 14.punkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 15.punkts</t>
+  </si>
+  <si>
+    <t>Zemesgrāmatu likuma 106.panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumu Nr.1250 "Noteikumi par valsts nodevu par īpašuma tiesību un ķīlas tiesību nostiprināšanu zemesgrāmatā" 16.punkts</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2025.gada 1.jūlija noteikumu Nr.410 "Farmaceitiskās darbības licencēšanas noteikumi" 77.1.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2025.gada 1.jūlija noteikumu Nr.410 "Farmaceitiskās darbības licencēšanas noteikumi" 77.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Sēklu un šķirņu aprites likuma 21.panta 1.punkts; Ministru kabineta 2013.gada 1.oktobra noteikumu Nr.1026 "Noteikumi par valsts nodevu sēklu aprites jomā" 2.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Sēklu un šķirņu aprites likuma 21.panta 1.punkts; Ministru kabineta 2013.gada 1.oktobra noteikumu Nr.1026 "Noteikumi par valsts nodevu sēklu aprites jomā" 2.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>1.1.</t>
+  </si>
+  <si>
+    <t>1.2.</t>
+  </si>
+  <si>
+    <t>1.3.</t>
+  </si>
+  <si>
+    <t>1.4.</t>
+  </si>
+  <si>
+    <t>1.5.</t>
+  </si>
+  <si>
+    <t>1.6.</t>
+  </si>
+  <si>
+    <t>5.</t>
+  </si>
+  <si>
+    <t>7.1.</t>
+  </si>
+  <si>
+    <t>7.2.</t>
+  </si>
+  <si>
+    <t>7.3.</t>
+  </si>
+  <si>
+    <t>8.</t>
+  </si>
+  <si>
+    <t>9.</t>
+  </si>
+  <si>
+    <t>11.1.</t>
+  </si>
+  <si>
+    <t>11.2.</t>
+  </si>
+  <si>
+    <t>11.3.</t>
+  </si>
+  <si>
+    <t>11.4.</t>
+  </si>
+  <si>
+    <t>11.5.</t>
+  </si>
+  <si>
+    <t>11.6.</t>
+  </si>
+  <si>
+    <t>11.7.</t>
+  </si>
+  <si>
+    <t>11.8.</t>
+  </si>
+  <si>
+    <t>12.3.</t>
+  </si>
+  <si>
+    <t>12.4.</t>
+  </si>
+  <si>
+    <t>12.5.</t>
+  </si>
+  <si>
+    <t>12.6.</t>
+  </si>
+  <si>
+    <t>12.7.</t>
+  </si>
+  <si>
+    <t>12.8.</t>
+  </si>
+  <si>
+    <t>12.9.</t>
+  </si>
+  <si>
+    <t>13.2.</t>
+  </si>
+  <si>
+    <t>12.1</t>
+  </si>
+  <si>
+    <t>13.1</t>
+  </si>
+  <si>
+    <t>13.3.</t>
+  </si>
+  <si>
+    <t>13.4.</t>
+  </si>
+  <si>
+    <t>14.</t>
+  </si>
+  <si>
+    <t>15.3.</t>
+  </si>
+  <si>
+    <t>15.4.</t>
+  </si>
+  <si>
+    <t>17.</t>
+  </si>
+  <si>
+    <t>19.</t>
+  </si>
+  <si>
+    <t>20.</t>
+  </si>
+  <si>
+    <t>22.1.</t>
+  </si>
+  <si>
+    <t>22.2.</t>
+  </si>
+  <si>
+    <t>26.1.</t>
+  </si>
+  <si>
+    <t>26.2.</t>
+  </si>
+  <si>
+    <t>26.3.</t>
+  </si>
+  <si>
+    <t>26.4.</t>
+  </si>
+  <si>
+    <t>26.5.</t>
+  </si>
+  <si>
+    <t>35.1.</t>
+  </si>
+  <si>
+    <t>35.2.</t>
+  </si>
+  <si>
+    <t>35.3.</t>
+  </si>
+  <si>
+    <t>35.4.</t>
+  </si>
+  <si>
+    <t>36.1.</t>
+  </si>
+  <si>
+    <t>36.2.</t>
+  </si>
+  <si>
+    <t>36.3.</t>
+  </si>
+  <si>
+    <t>25.</t>
+  </si>
+  <si>
+    <t>27.1.</t>
+  </si>
+  <si>
+    <t>27.2.</t>
+  </si>
+  <si>
+    <t>27.3.</t>
+  </si>
+  <si>
+    <t>27.4.</t>
+  </si>
+  <si>
+    <t>27.5.</t>
+  </si>
+  <si>
+    <t>27.6.</t>
+  </si>
+  <si>
+    <t>27.7.</t>
+  </si>
+  <si>
+    <t>27.8.</t>
+  </si>
+  <si>
+    <t>27.9.</t>
+  </si>
+  <si>
+    <t>27.10.</t>
+  </si>
+  <si>
+    <t>27.11.</t>
+  </si>
+  <si>
+    <t>27.12.</t>
+  </si>
+  <si>
+    <t>27.13.</t>
+  </si>
+  <si>
+    <t>27.14.</t>
+  </si>
+  <si>
+    <t>27.15.</t>
+  </si>
+  <si>
+    <t>27.16.</t>
+  </si>
+  <si>
+    <t>27.17.</t>
+  </si>
+  <si>
+    <t>27.18.</t>
+  </si>
+  <si>
+    <t>27.19.</t>
+  </si>
+  <si>
+    <t>27.20.</t>
+  </si>
+  <si>
+    <t>27.21.</t>
+  </si>
+  <si>
+    <t>27.22.</t>
+  </si>
+  <si>
+    <t>33.</t>
+  </si>
+  <si>
+    <t>36.4.</t>
+  </si>
+  <si>
+    <t>38.5.</t>
+  </si>
+  <si>
+    <t>40.1.</t>
+  </si>
+  <si>
+    <t>40.2.</t>
+  </si>
+  <si>
+    <t>40.3.</t>
+  </si>
+  <si>
+    <t>40.4.</t>
+  </si>
+  <si>
+    <t>40.5.</t>
+  </si>
+  <si>
+    <t>40.6.</t>
+  </si>
+  <si>
+    <t>40.7.</t>
+  </si>
+  <si>
+    <t>42.6.</t>
+  </si>
+  <si>
+    <t>42.7.</t>
+  </si>
+  <si>
+    <t>42.8.</t>
+  </si>
+  <si>
+    <t>42.9.</t>
+  </si>
+  <si>
+    <t>42.10.</t>
+  </si>
+  <si>
+    <t>42.11.</t>
+  </si>
+  <si>
+    <t>42.12.</t>
+  </si>
+  <si>
+    <t>42.13.</t>
+  </si>
+  <si>
+    <t>42.14.</t>
+  </si>
+  <si>
+    <t>42.15.</t>
+  </si>
+  <si>
+    <t>43.6.</t>
+  </si>
+  <si>
+    <t>43.7.</t>
+  </si>
+  <si>
+    <t>43.8.</t>
+  </si>
+  <si>
+    <t>43.9.</t>
+  </si>
+  <si>
+    <t>43.10.</t>
+  </si>
+  <si>
+    <t>43.11.</t>
+  </si>
+  <si>
+    <t>43.12.</t>
+  </si>
+  <si>
+    <t>43.13.</t>
+  </si>
+  <si>
+    <t>43.14.</t>
+  </si>
+  <si>
+    <t>43.15.</t>
+  </si>
+  <si>
+    <t>43.16.</t>
+  </si>
+  <si>
+    <t>43.17.</t>
+  </si>
+  <si>
+    <t>43.18.</t>
+  </si>
+  <si>
+    <t>43.19.</t>
+  </si>
+  <si>
+    <t>43.20.</t>
+  </si>
+  <si>
+    <t>43.21.</t>
+  </si>
+  <si>
+    <t>43.22.</t>
+  </si>
+  <si>
+    <t>43.23.</t>
+  </si>
+  <si>
+    <t>45.</t>
+  </si>
+  <si>
+    <t>47.</t>
+  </si>
+  <si>
+    <t>48.</t>
+  </si>
+  <si>
+    <t>49.1.</t>
+  </si>
+  <si>
+    <t>49.2.</t>
+  </si>
+  <si>
+    <t>49.3.</t>
+  </si>
+  <si>
+    <t>49.4.</t>
+  </si>
+  <si>
+    <t>49.5.</t>
+  </si>
+  <si>
+    <t>49.6.</t>
+  </si>
+  <si>
+    <t>49.7.</t>
+  </si>
+  <si>
+    <t>49.8.</t>
+  </si>
+  <si>
+    <t>49.10.</t>
+  </si>
+  <si>
+    <t>49.11.</t>
+  </si>
+  <si>
+    <t>49.12.</t>
+  </si>
+  <si>
+    <t>49.13.</t>
+  </si>
+  <si>
+    <t>49.14.</t>
+  </si>
+  <si>
+    <t>49.15.</t>
+  </si>
+  <si>
+    <t>49.16.</t>
+  </si>
+  <si>
+    <t>49.17.</t>
+  </si>
+  <si>
+    <t>49.18.</t>
+  </si>
+  <si>
+    <t>49.19.</t>
+  </si>
+  <si>
+    <t>51.1.</t>
+  </si>
+  <si>
+    <t>51.2.</t>
+  </si>
+  <si>
+    <t>56.3.</t>
+  </si>
+  <si>
+    <t>59.</t>
+  </si>
+  <si>
+    <t>60.</t>
+  </si>
+  <si>
+    <t>62.1.</t>
+  </si>
+  <si>
     <t>62.2.</t>
   </si>
   <si>
-    <t>Par speciālās atļaujas (licences) dublikāta vai atkārtotas speciālās atļaujas licences izsniegšanu kremācijas veikšanai</t>
-[...47 lines deleted...]
-    <t>Par speciālās atļaujas (licences) izsniegšanu patērētāja kreditēšanas pakalpojumu sniegšanai</t>
+    <t>66.</t>
+  </si>
+  <si>
+    <t>109.</t>
+  </si>
+  <si>
+    <t>112.1.</t>
+  </si>
+  <si>
+    <t>112.2.</t>
+  </si>
+  <si>
+    <r>
+      <t>Likuma "Par Latvijas Republikas Uzņēmumu reģistru" 2.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>panta otrā daļa; Ministru kabineta 2009.gada 27.oktobra noteikumi Nr.1231 "Noteikumi par laulāto mantisko attiecību reģistrācijas valsts nodevu"</t>
+    </r>
+  </si>
+  <si>
+    <t>115.3.</t>
+  </si>
+  <si>
+    <t>115.4.</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 30 dienām</t>
+  </si>
+  <si>
+    <t>Autoceļu lietošanas nodeva transportlīdzekļiem (transportlīdzekļa motora izmešu līmenis EURO III) un to sastāviem ar pilnu masu no 3501 kg līdz 12 000 kg uz 270 dienām</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par pieteikumu par šķīrējtiesas sprieduma apstrīdēšanu, par pieteikumu par izpildu raksta izdošanu uz šķīrējtiesas sprieduma pamata vai ārvalsts šķīrējtiesas nolēmuma atzīšanu un izpildīšanu, ja parāda summa no 3301 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> līdz 5200 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <t>Par kreditēšanas pakalpojumu sniedzēja darbības uzraudzību (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par parāda atgūšanas pakalpojuma sniedzēja darbības uzraudzību (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par speciālās atļaujas (licences) izsniegšanu tūrisma operatoram un tūrisma aģentam kompleksu tūrisma pakalpojumu organizēšanai un sniegšanai (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par iekšējās drošības dienesta veiktās apsardzes darbības kontroli (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par apsardzes komersanta veiktās apsardzes darbības kontroli (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par apsardzes tehnisko sistēmu ierīkošanas pakalpojuma reģistrāciju (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par fiziskās apsardzes pakalpojuma sniegšanas reģistrāciju (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par inkasācijas apsardzes pakalpojuma sniegšanas reģistrāciju (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par tehniskās apsardzes pakalpojuma sniegšanas reģistrāciju (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par atļaujas vai licences laukuma jūrā izmantošanu mākslīgo salu, būvju, tai skaitā platformu un enerģijas ražošanai nepieciešamo iekārtu būvniecībai, ierīkošanai, ar to saistītai izpētei un būvju ekspluatācijai (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par kredītinformācijas biroja darbības uzraudzību (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <r>
+      <t>Likuma "Par piesārņojumu" 32.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>19</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> pants</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> Valsts nodeva par speciālu atļauju (licenču) izsniegšanu</t>
+  </si>
+  <si>
+    <t>Par pastāvīgās uzturēšanās atļaujas vai Eiropas Savienības pastāvīgā iedzīvotāja statusa pieprasīšanai iesniegto dokumentu izskatīšanu 10 darbdienu laikā</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6. pants, likuma "Par Eiropas Savienības pastāvīgā iedzīvotāja statusu Latvijas Republikā" 4.panta otrā daļa; Ministru kabineta 2024.gada 26.novembra noteikumi Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 5.2.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par pastāvīgās uzturēšanās atļaujas vai Eiropas Savienības pastāvīgā iedzīvotāja statusa pieprasīšanai iesniegto dokumentu izskatīšanu 30 dienu laikā</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6. pants, likuma "Par Eiropas Savienības pastāvīgā iedzīvotāja statusu Latvijas Republikā" 4.panta otrā daļa; Ministru kabineta 2024.gada 26.novembra noteikumi Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 5.2.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>71.</t>
+  </si>
+  <si>
+    <t>79.</t>
+  </si>
+  <si>
+    <t>83.</t>
+  </si>
+  <si>
+    <t>88.</t>
+  </si>
+  <si>
+    <t>101.</t>
+  </si>
+  <si>
+    <t>104.</t>
+  </si>
+  <si>
+    <t>108.</t>
+  </si>
+  <si>
+    <t>121.</t>
+  </si>
+  <si>
+    <t>125.</t>
+  </si>
+  <si>
+    <t>127.</t>
+  </si>
+  <si>
+    <t>130.</t>
+  </si>
+  <si>
+    <t>132.</t>
+  </si>
+  <si>
+    <t>134.</t>
+  </si>
+  <si>
+    <t>138.</t>
+  </si>
+  <si>
+    <t>141.</t>
+  </si>
+  <si>
+    <t>145.</t>
+  </si>
+  <si>
+    <t>153.</t>
+  </si>
+  <si>
+    <t>161.</t>
+  </si>
+  <si>
+    <t>50.3.</t>
+  </si>
+  <si>
+    <t>50.4.</t>
+  </si>
+  <si>
+    <t>50.5.</t>
+  </si>
+  <si>
+    <t>52.</t>
+  </si>
+  <si>
+    <t>54.</t>
+  </si>
+  <si>
+    <t>55.3.</t>
+  </si>
+  <si>
+    <t>56.4.</t>
+  </si>
+  <si>
+    <t>56.5.</t>
+  </si>
+  <si>
+    <t>56.6.</t>
+  </si>
+  <si>
+    <t>56.7.</t>
+  </si>
+  <si>
+    <t>56.8.</t>
+  </si>
+  <si>
+    <t>56.9.</t>
+  </si>
+  <si>
+    <t>58.</t>
+  </si>
+  <si>
+    <t>61.1.</t>
+  </si>
+  <si>
+    <t>61.2.</t>
+  </si>
+  <si>
+    <t>62.3.</t>
+  </si>
+  <si>
+    <t>62.4.</t>
+  </si>
+  <si>
+    <t>62.5.</t>
+  </si>
+  <si>
+    <t>62.6.</t>
+  </si>
+  <si>
+    <t>62.7.</t>
+  </si>
+  <si>
+    <t>62.8.</t>
+  </si>
+  <si>
+    <t>63.</t>
+  </si>
+  <si>
+    <t>64.1.</t>
+  </si>
+  <si>
+    <t>64.2.</t>
+  </si>
+  <si>
+    <t>65.</t>
+  </si>
+  <si>
+    <t>67.1.</t>
+  </si>
+  <si>
+    <t>67.2.</t>
+  </si>
+  <si>
+    <t>67.3.</t>
+  </si>
+  <si>
+    <t>68.</t>
+  </si>
+  <si>
+    <t>70.1.</t>
+  </si>
+  <si>
+    <t>70.2.</t>
+  </si>
+  <si>
+    <t>70.3.</t>
+  </si>
+  <si>
+    <t>70.4.</t>
+  </si>
+  <si>
+    <t>72.1.</t>
+  </si>
+  <si>
+    <t>72.2.</t>
+  </si>
+  <si>
+    <t>72.3.</t>
+  </si>
+  <si>
+    <t>72.4.</t>
+  </si>
+  <si>
+    <t>73.5.</t>
+  </si>
+  <si>
+    <t>73.6.</t>
+  </si>
+  <si>
+    <t>73.7.</t>
+  </si>
+  <si>
+    <t>73.8.</t>
+  </si>
+  <si>
+    <t>73.9.</t>
+  </si>
+  <si>
+    <t>73.10.</t>
+  </si>
+  <si>
+    <t>73.11.</t>
+  </si>
+  <si>
+    <t>73.12.</t>
+  </si>
+  <si>
+    <t>73.13.</t>
+  </si>
+  <si>
+    <t>73.14.</t>
+  </si>
+  <si>
+    <t>76.3.</t>
+  </si>
+  <si>
+    <t>76.4.</t>
+  </si>
+  <si>
+    <t>76.5.</t>
+  </si>
+  <si>
+    <t>76.6.</t>
+  </si>
+  <si>
+    <t>82.1.</t>
+  </si>
+  <si>
+    <t>82.2.</t>
+  </si>
+  <si>
+    <t>82.3.</t>
+  </si>
+  <si>
+    <t>82.4.</t>
+  </si>
+  <si>
+    <t>82.5.</t>
+  </si>
+  <si>
+    <t>82.6.</t>
+  </si>
+  <si>
+    <t>85.1.</t>
+  </si>
+  <si>
+    <t>85.2.</t>
+  </si>
+  <si>
+    <t>85.3.</t>
+  </si>
+  <si>
+    <t>87.3.</t>
+  </si>
+  <si>
+    <t>87.4.</t>
+  </si>
+  <si>
+    <t>87.5.</t>
+  </si>
+  <si>
+    <t>87.6.</t>
+  </si>
+  <si>
+    <t>87.7.</t>
+  </si>
+  <si>
+    <t>87.8.</t>
+  </si>
+  <si>
+    <t>87.9.</t>
+  </si>
+  <si>
+    <t>87.10.</t>
+  </si>
+  <si>
+    <t>93.1.</t>
+  </si>
+  <si>
+    <t>93.2.</t>
+  </si>
+  <si>
+    <t>93.3.</t>
+  </si>
+  <si>
+    <t>93.4.</t>
+  </si>
+  <si>
+    <t>93.5.</t>
+  </si>
+  <si>
+    <t>93.6.</t>
+  </si>
+  <si>
+    <t>93.17.</t>
+  </si>
+  <si>
+    <t>93.7.</t>
+  </si>
+  <si>
+    <t>93.8.</t>
+  </si>
+  <si>
+    <t>93.9.</t>
+  </si>
+  <si>
+    <t>93.10.</t>
+  </si>
+  <si>
+    <t>93.11.</t>
+  </si>
+  <si>
+    <t>93.12.</t>
+  </si>
+  <si>
+    <t>93.13.</t>
+  </si>
+  <si>
+    <t>93.14.</t>
+  </si>
+  <si>
+    <t>93.15.</t>
+  </si>
+  <si>
+    <t>93.16.</t>
+  </si>
+  <si>
+    <t>93.18.</t>
+  </si>
+  <si>
+    <t>93.19.</t>
+  </si>
+  <si>
+    <t>93.20.</t>
+  </si>
+  <si>
+    <t>93.21.</t>
+  </si>
+  <si>
+    <t>93.22.</t>
+  </si>
+  <si>
+    <t>93.23.</t>
+  </si>
+  <si>
+    <t>93.24.</t>
+  </si>
+  <si>
+    <t>93.25.</t>
+  </si>
+  <si>
+    <t>93.26.</t>
+  </si>
+  <si>
+    <t>93.27.</t>
+  </si>
+  <si>
+    <t>93.28.</t>
+  </si>
+  <si>
+    <t>93.29.</t>
+  </si>
+  <si>
+    <t>93.30.</t>
+  </si>
+  <si>
+    <t>93.31.</t>
+  </si>
+  <si>
+    <t>93.32.</t>
+  </si>
+  <si>
+    <t>93.33.</t>
+  </si>
+  <si>
+    <t>93.34.</t>
+  </si>
+  <si>
+    <t>93.35.</t>
+  </si>
+  <si>
+    <t>93.36.</t>
+  </si>
+  <si>
+    <t>93.37.</t>
+  </si>
+  <si>
+    <t>93.38.</t>
+  </si>
+  <si>
+    <t>93.39.</t>
+  </si>
+  <si>
+    <t>93.40.</t>
+  </si>
+  <si>
+    <t>93.41.</t>
+  </si>
+  <si>
+    <t>93.42.</t>
+  </si>
+  <si>
+    <t>93.43.</t>
+  </si>
+  <si>
+    <t>93.44.</t>
+  </si>
+  <si>
+    <t>93.45.</t>
+  </si>
+  <si>
+    <t>93.46.</t>
+  </si>
+  <si>
+    <t>93.47.</t>
+  </si>
+  <si>
+    <t>93.48.</t>
+  </si>
+  <si>
+    <t>93.49.</t>
+  </si>
+  <si>
+    <t>93.50.</t>
+  </si>
+  <si>
+    <t>93.51.</t>
+  </si>
+  <si>
+    <t>93.52.</t>
+  </si>
+  <si>
+    <t>93.53.</t>
+  </si>
+  <si>
+    <t>93.54.</t>
+  </si>
+  <si>
+    <t>93.55.</t>
+  </si>
+  <si>
+    <t>93.56.</t>
+  </si>
+  <si>
+    <t>93.57.</t>
+  </si>
+  <si>
+    <t>93.58.</t>
+  </si>
+  <si>
+    <t>93.59.</t>
+  </si>
+  <si>
+    <t>93.60.</t>
+  </si>
+  <si>
+    <t>93.61.</t>
+  </si>
+  <si>
+    <t>93.62.</t>
+  </si>
+  <si>
+    <t>93.63.</t>
+  </si>
+  <si>
+    <t>93.64.</t>
+  </si>
+  <si>
+    <t>93.65.</t>
+  </si>
+  <si>
+    <t>93.66.</t>
+  </si>
+  <si>
+    <t>93.67.</t>
+  </si>
+  <si>
+    <t>93.68.</t>
+  </si>
+  <si>
+    <t>93.69.</t>
+  </si>
+  <si>
+    <t>93.70.</t>
+  </si>
+  <si>
+    <t>93.71.</t>
+  </si>
+  <si>
+    <t>93.72.</t>
+  </si>
+  <si>
+    <t>93.73.</t>
+  </si>
+  <si>
+    <t>93.74.</t>
+  </si>
+  <si>
+    <t>93.75.</t>
+  </si>
+  <si>
+    <t>93.76.</t>
+  </si>
+  <si>
+    <t>93.77.</t>
+  </si>
+  <si>
+    <t>93.78.</t>
+  </si>
+  <si>
+    <t>93.79.</t>
+  </si>
+  <si>
+    <t>93.80.</t>
+  </si>
+  <si>
+    <t>93.81.</t>
+  </si>
+  <si>
+    <t>93.82.</t>
+  </si>
+  <si>
+    <t>93.83.</t>
+  </si>
+  <si>
+    <t>93.84.</t>
+  </si>
+  <si>
+    <t>93.85.</t>
+  </si>
+  <si>
+    <t>93.86.</t>
+  </si>
+  <si>
+    <t>93.87.</t>
+  </si>
+  <si>
+    <t>93.88.</t>
+  </si>
+  <si>
+    <t>93.89.</t>
+  </si>
+  <si>
+    <t>93.90.</t>
+  </si>
+  <si>
+    <t>93.91.</t>
+  </si>
+  <si>
+    <t>93.92.</t>
+  </si>
+  <si>
+    <t>93.93.</t>
+  </si>
+  <si>
+    <t>93.94.</t>
+  </si>
+  <si>
+    <t>93.95.</t>
+  </si>
+  <si>
+    <t>93.96.</t>
+  </si>
+  <si>
+    <t>93.97.</t>
+  </si>
+  <si>
+    <t>93.98.</t>
+  </si>
+  <si>
+    <t>93.99.</t>
+  </si>
+  <si>
+    <t>93.100.</t>
+  </si>
+  <si>
+    <t>95.5.</t>
+  </si>
+  <si>
+    <t>95.6.</t>
+  </si>
+  <si>
+    <t>97.4.</t>
+  </si>
+  <si>
+    <t>97.5.</t>
+  </si>
+  <si>
+    <t>97.6.</t>
+  </si>
+  <si>
+    <t>97.7.</t>
+  </si>
+  <si>
+    <t>97.8.</t>
+  </si>
+  <si>
+    <t>97.9.</t>
+  </si>
+  <si>
+    <t>97.10.</t>
+  </si>
+  <si>
+    <t>97.11.</t>
+  </si>
+  <si>
+    <t>97.12.</t>
+  </si>
+  <si>
+    <t>97.13.</t>
+  </si>
+  <si>
+    <t>97.14.</t>
+  </si>
+  <si>
+    <t>97.15.</t>
+  </si>
+  <si>
+    <t>97.16.</t>
+  </si>
+  <si>
+    <t>97.17.</t>
+  </si>
+  <si>
+    <t>97.18.</t>
+  </si>
+  <si>
+    <t>97.19.</t>
+  </si>
+  <si>
+    <t>97.20.</t>
+  </si>
+  <si>
+    <t>97.21.</t>
+  </si>
+  <si>
+    <t>97.22.</t>
+  </si>
+  <si>
+    <t>97.23.</t>
+  </si>
+  <si>
+    <t>97.24.</t>
+  </si>
+  <si>
+    <t>97.25.</t>
+  </si>
+  <si>
+    <t>97.26.</t>
+  </si>
+  <si>
+    <t>97.27.</t>
+  </si>
+  <si>
+    <t>97.28.</t>
+  </si>
+  <si>
+    <t>97.29.</t>
+  </si>
+  <si>
+    <t>97.30.</t>
+  </si>
+  <si>
+    <t>97.31.</t>
+  </si>
+  <si>
+    <t>97.32.</t>
+  </si>
+  <si>
+    <t>97.33.</t>
+  </si>
+  <si>
+    <t>97.34.</t>
+  </si>
+  <si>
+    <t>97.35.</t>
+  </si>
+  <si>
+    <t>97.36.</t>
+  </si>
+  <si>
+    <t>97.37.</t>
+  </si>
+  <si>
+    <t>97.38.</t>
+  </si>
+  <si>
+    <t>97.39.</t>
+  </si>
+  <si>
+    <t>97.40.</t>
+  </si>
+  <si>
+    <t>97.41.</t>
+  </si>
+  <si>
+    <t>97.42.</t>
+  </si>
+  <si>
+    <t>97.43.</t>
+  </si>
+  <si>
+    <t>97.44.</t>
+  </si>
+  <si>
+    <t>97.45.</t>
+  </si>
+  <si>
+    <t>97.46.</t>
+  </si>
+  <si>
+    <t>97.47.</t>
+  </si>
+  <si>
+    <t>97.48.</t>
+  </si>
+  <si>
+    <t>97.49.</t>
+  </si>
+  <si>
+    <t>97.50.</t>
+  </si>
+  <si>
+    <t>97.51.</t>
+  </si>
+  <si>
+    <t>97.52.</t>
+  </si>
+  <si>
+    <t>97.53.</t>
+  </si>
+  <si>
+    <t>97.54.</t>
+  </si>
+  <si>
+    <t>97.55.</t>
+  </si>
+  <si>
+    <t>97.56.</t>
+  </si>
+  <si>
+    <t>97.57.</t>
+  </si>
+  <si>
+    <t>97.58.</t>
+  </si>
+  <si>
+    <t>97.59.</t>
+  </si>
+  <si>
+    <t>97.60.</t>
+  </si>
+  <si>
+    <t>97.61.</t>
+  </si>
+  <si>
+    <t>97.62.</t>
+  </si>
+  <si>
+    <t>97.63.</t>
+  </si>
+  <si>
+    <t>97.64.</t>
+  </si>
+  <si>
+    <t>97.65.</t>
+  </si>
+  <si>
+    <t>97.66.</t>
+  </si>
+  <si>
+    <t>97.67.</t>
+  </si>
+  <si>
+    <t>97.68.</t>
+  </si>
+  <si>
+    <t>97.69.</t>
+  </si>
+  <si>
+    <t>97.70.</t>
+  </si>
+  <si>
+    <t>97.71.</t>
+  </si>
+  <si>
+    <t>97.72.</t>
+  </si>
+  <si>
+    <t>97.73.</t>
+  </si>
+  <si>
+    <t>97.74.</t>
+  </si>
+  <si>
+    <t>97.75.</t>
+  </si>
+  <si>
+    <t>97.76.</t>
+  </si>
+  <si>
+    <t>97.77.</t>
+  </si>
+  <si>
+    <t>97.78.</t>
+  </si>
+  <si>
+    <t>97.79.</t>
+  </si>
+  <si>
+    <t>97.80.</t>
+  </si>
+  <si>
+    <t>97.81.</t>
+  </si>
+  <si>
+    <t>97.82.</t>
+  </si>
+  <si>
+    <t>97.83.</t>
+  </si>
+  <si>
+    <t>97.84.</t>
+  </si>
+  <si>
+    <t>97.85.</t>
+  </si>
+  <si>
+    <t>97.86.</t>
+  </si>
+  <si>
+    <t>97.87.</t>
+  </si>
+  <si>
+    <t>97.88.</t>
+  </si>
+  <si>
+    <t>97.89.</t>
+  </si>
+  <si>
+    <t>97.90.</t>
+  </si>
+  <si>
+    <t>97.91.</t>
+  </si>
+  <si>
+    <t>97.92.</t>
+  </si>
+  <si>
+    <t>97.93.</t>
+  </si>
+  <si>
+    <t>97.94.</t>
+  </si>
+  <si>
+    <t>97.95.</t>
+  </si>
+  <si>
+    <t>97.96.</t>
+  </si>
+  <si>
+    <t>97.97.</t>
+  </si>
+  <si>
+    <t>97.98.</t>
+  </si>
+  <si>
+    <t>97.99.</t>
+  </si>
+  <si>
+    <t>97.100.</t>
+  </si>
+  <si>
+    <t>97.101.</t>
+  </si>
+  <si>
+    <t>97.102.</t>
+  </si>
+  <si>
+    <t>100.3.</t>
+  </si>
+  <si>
+    <t>100.4.</t>
+  </si>
+  <si>
+    <t>102.1.</t>
+  </si>
+  <si>
+    <t>102.2.</t>
+  </si>
+  <si>
+    <t>102.3.</t>
+  </si>
+  <si>
+    <t>102.4.</t>
+  </si>
+  <si>
+    <t>102.5.</t>
+  </si>
+  <si>
+    <t>102.6.</t>
+  </si>
+  <si>
+    <t>102.7.</t>
+  </si>
+  <si>
+    <t>102.8.</t>
+  </si>
+  <si>
+    <t>102.9.</t>
+  </si>
+  <si>
+    <t>102.10.</t>
+  </si>
+  <si>
+    <t>102.11.</t>
+  </si>
+  <si>
+    <t>102.12.</t>
+  </si>
+  <si>
+    <t>102.13.</t>
+  </si>
+  <si>
+    <t>102.14.</t>
+  </si>
+  <si>
+    <t>102.15.</t>
+  </si>
+  <si>
+    <t>102.16.</t>
+  </si>
+  <si>
+    <t>102.17.</t>
+  </si>
+  <si>
+    <t>102.18.</t>
+  </si>
+  <si>
+    <t>102.19.</t>
+  </si>
+  <si>
+    <t>102.20.</t>
+  </si>
+  <si>
+    <t>102.21.</t>
+  </si>
+  <si>
+    <t>102.22.</t>
+  </si>
+  <si>
+    <t>102.23.</t>
+  </si>
+  <si>
+    <t>102.24.</t>
+  </si>
+  <si>
+    <t>102.25.</t>
+  </si>
+  <si>
+    <t>102.26.</t>
+  </si>
+  <si>
+    <t>102.27.</t>
+  </si>
+  <si>
+    <t>102.28.</t>
+  </si>
+  <si>
+    <t>102.29.</t>
+  </si>
+  <si>
+    <t>102.30.</t>
+  </si>
+  <si>
+    <t>102.31.</t>
+  </si>
+  <si>
+    <t>102.32.</t>
+  </si>
+  <si>
+    <t>102.33.</t>
+  </si>
+  <si>
+    <t>102.34.</t>
+  </si>
+  <si>
+    <t>102.35.</t>
+  </si>
+  <si>
+    <t>102.36.</t>
+  </si>
+  <si>
+    <t>102.37.</t>
+  </si>
+  <si>
+    <t>102.38.</t>
+  </si>
+  <si>
+    <t>102.39.</t>
+  </si>
+  <si>
+    <t>102.40.</t>
+  </si>
+  <si>
+    <t>102.41.</t>
+  </si>
+  <si>
+    <t>102.42.</t>
+  </si>
+  <si>
+    <t>102.43.</t>
+  </si>
+  <si>
+    <t>102.44.</t>
+  </si>
+  <si>
+    <t>102.45.</t>
+  </si>
+  <si>
+    <t>102.46.</t>
+  </si>
+  <si>
+    <t>102.47.</t>
+  </si>
+  <si>
+    <t>102.48.</t>
+  </si>
+  <si>
+    <t>102.49.</t>
+  </si>
+  <si>
+    <t>102.50.</t>
+  </si>
+  <si>
+    <t>102.51.</t>
+  </si>
+  <si>
+    <t>102.52.</t>
+  </si>
+  <si>
+    <t>102.53.</t>
+  </si>
+  <si>
+    <t>102.54.</t>
+  </si>
+  <si>
+    <t>102.55.</t>
+  </si>
+  <si>
+    <t>102.56.</t>
+  </si>
+  <si>
+    <t>102.57.</t>
+  </si>
+  <si>
+    <t>102.58.</t>
+  </si>
+  <si>
+    <t>102.59.</t>
+  </si>
+  <si>
+    <t>102.60.</t>
+  </si>
+  <si>
+    <t>102.61.</t>
+  </si>
+  <si>
+    <t>102.62.</t>
+  </si>
+  <si>
+    <t>102.63.</t>
+  </si>
+  <si>
+    <t>102.64.</t>
+  </si>
+  <si>
+    <t>102.65.</t>
+  </si>
+  <si>
+    <t>102.66.</t>
+  </si>
+  <si>
+    <t>102.67.</t>
+  </si>
+  <si>
+    <t>102.68.</t>
+  </si>
+  <si>
+    <t>102.69.</t>
+  </si>
+  <si>
+    <t>102.70.</t>
+  </si>
+  <si>
+    <t>102.71.</t>
+  </si>
+  <si>
+    <t>102.72.</t>
+  </si>
+  <si>
+    <t>102.73.</t>
+  </si>
+  <si>
+    <t>102.74.</t>
+  </si>
+  <si>
+    <t>102.75.</t>
+  </si>
+  <si>
+    <t>102.76.</t>
+  </si>
+  <si>
+    <t>102.77.</t>
+  </si>
+  <si>
+    <t>102.78.</t>
+  </si>
+  <si>
+    <t>102.79.</t>
+  </si>
+  <si>
+    <t>102.80.</t>
+  </si>
+  <si>
+    <t>102.81.</t>
+  </si>
+  <si>
+    <t>105.1.</t>
+  </si>
+  <si>
+    <t>105.2.</t>
+  </si>
+  <si>
+    <t>105.3.</t>
+  </si>
+  <si>
+    <t>105.4.</t>
+  </si>
+  <si>
+    <t>106.5.</t>
+  </si>
+  <si>
+    <t>106.6.</t>
+  </si>
+  <si>
+    <t>106.7.</t>
+  </si>
+  <si>
+    <t>106.8.</t>
+  </si>
+  <si>
+    <t>106.9.</t>
+  </si>
+  <si>
+    <t>106.10.</t>
+  </si>
+  <si>
+    <t>106.11.</t>
+  </si>
+  <si>
+    <t>106.12.</t>
+  </si>
+  <si>
+    <t>106.13.</t>
+  </si>
+  <si>
+    <t>106.14.</t>
+  </si>
+  <si>
+    <t>110.1.</t>
+  </si>
+  <si>
+    <t>110.2.</t>
+  </si>
+  <si>
+    <t>110.3.</t>
+  </si>
+  <si>
+    <t>111.4.</t>
+  </si>
+  <si>
+    <t>111.5.</t>
+  </si>
+  <si>
+    <t>111.6.</t>
+  </si>
+  <si>
+    <t>111.7.</t>
+  </si>
+  <si>
+    <t>111.8.</t>
+  </si>
+  <si>
+    <t>111.9.</t>
+  </si>
+  <si>
+    <t>111.10.</t>
+  </si>
+  <si>
+    <t>111.11.</t>
+  </si>
+  <si>
+    <t>111.12.</t>
+  </si>
+  <si>
+    <t>114.3.</t>
+  </si>
+  <si>
+    <t>114.4.</t>
+  </si>
+  <si>
+    <t>114.5.</t>
+  </si>
+  <si>
+    <t>114.6.</t>
+  </si>
+  <si>
+    <t>114.7.</t>
+  </si>
+  <si>
+    <t>114.8.</t>
+  </si>
+  <si>
+    <t>117.3.</t>
+  </si>
+  <si>
+    <t>117.4.</t>
+  </si>
+  <si>
+    <t>117.5.</t>
+  </si>
+  <si>
+    <t>119.5.</t>
+  </si>
+  <si>
+    <t>120.6.</t>
+  </si>
+  <si>
+    <t>120.7.</t>
+  </si>
+  <si>
+    <t>120.8.</t>
+  </si>
+  <si>
+    <t>120.9.</t>
+  </si>
+  <si>
+    <t>120.10.</t>
+  </si>
+  <si>
+    <t>120.11.</t>
+  </si>
+  <si>
+    <t>120.12.</t>
+  </si>
+  <si>
+    <t>120.13.</t>
+  </si>
+  <si>
+    <t>120.14.</t>
+  </si>
+  <si>
+    <t>120.15.</t>
+  </si>
+  <si>
+    <t>120.16.</t>
+  </si>
+  <si>
+    <t>120.17.</t>
+  </si>
+  <si>
+    <t>120.18.</t>
+  </si>
+  <si>
+    <t>120.19.</t>
+  </si>
+  <si>
+    <t>120.20.</t>
+  </si>
+  <si>
+    <t>120.21.</t>
+  </si>
+  <si>
+    <t>120.22.</t>
+  </si>
+  <si>
+    <t>123.1.</t>
+  </si>
+  <si>
+    <t>123.2.</t>
+  </si>
+  <si>
+    <t>123.3.</t>
+  </si>
+  <si>
+    <t>123.4</t>
+  </si>
+  <si>
+    <t>123.4.</t>
+  </si>
+  <si>
+    <t>123.5.</t>
+  </si>
+  <si>
+    <t>123.6.</t>
+  </si>
+  <si>
+    <t>123.7.</t>
+  </si>
+  <si>
+    <t>123.8.</t>
+  </si>
+  <si>
+    <t>124.1.</t>
+  </si>
+  <si>
+    <t>126.1.</t>
+  </si>
+  <si>
+    <t>126.2.</t>
+  </si>
+  <si>
+    <t>126.3.</t>
+  </si>
+  <si>
+    <t>128.1.</t>
+  </si>
+  <si>
+    <t>128.2.</t>
+  </si>
+  <si>
+    <t>128.3.</t>
+  </si>
+  <si>
+    <t>128.4.</t>
+  </si>
+  <si>
+    <t>131.1.</t>
+  </si>
+  <si>
+    <t>131.2.</t>
+  </si>
+  <si>
+    <t>133.1.</t>
+  </si>
+  <si>
+    <t>133.2.</t>
+  </si>
+  <si>
+    <t>137.1.</t>
+  </si>
+  <si>
+    <t>137.2.</t>
+  </si>
+  <si>
+    <t>140.1.</t>
+  </si>
+  <si>
+    <t>140.2.</t>
+  </si>
+  <si>
+    <t>144.1.</t>
+  </si>
+  <si>
+    <t>144.2.</t>
+  </si>
+  <si>
+    <t>144.3.</t>
+  </si>
+  <si>
+    <t>144.4.</t>
+  </si>
+  <si>
+    <t>144.5.</t>
+  </si>
+  <si>
+    <t>144.6.</t>
+  </si>
+  <si>
+    <t>144.7.</t>
+  </si>
+  <si>
+    <t>144.8.</t>
+  </si>
+  <si>
+    <t>144.9.</t>
+  </si>
+  <si>
+    <t>144.10.</t>
+  </si>
+  <si>
+    <t>146.1.</t>
+  </si>
+  <si>
+    <t>146.2.</t>
+  </si>
+  <si>
+    <t>146.3.</t>
+  </si>
+  <si>
+    <t>146.4.</t>
+  </si>
+  <si>
+    <t>146.5.</t>
+  </si>
+  <si>
+    <t>146.6.</t>
+  </si>
+  <si>
+    <t>146.7.</t>
+  </si>
+  <si>
+    <t>148.4.</t>
+  </si>
+  <si>
+    <t>148.5.</t>
+  </si>
+  <si>
+    <t>151.3.</t>
+  </si>
+  <si>
+    <t>152.4.</t>
+  </si>
+  <si>
+    <t>152.5.</t>
+  </si>
+  <si>
+    <t>152.6.</t>
+  </si>
+  <si>
+    <t>152.7.</t>
+  </si>
+  <si>
+    <t>155.1.</t>
+  </si>
+  <si>
+    <t>155.2.</t>
+  </si>
+  <si>
+    <t>157.3.</t>
+  </si>
+  <si>
+    <t>158.4.</t>
+  </si>
+  <si>
+    <t>158.5.</t>
+  </si>
+  <si>
+    <t>158.6.</t>
+  </si>
+  <si>
+    <t>158.7.</t>
+  </si>
+  <si>
+    <t>158.8.</t>
+  </si>
+  <si>
+    <t>159.10.</t>
+  </si>
+  <si>
+    <t>159.11.</t>
+  </si>
+  <si>
+    <t>159.12.</t>
+  </si>
+  <si>
+    <t>159.13.</t>
+  </si>
+  <si>
+    <t>159.14.</t>
+  </si>
+  <si>
+    <t>159.15.</t>
+  </si>
+  <si>
+    <t>159.16.</t>
+  </si>
+  <si>
+    <t>162.1.</t>
+  </si>
+  <si>
+    <t>162.2.</t>
+  </si>
+  <si>
+    <t>163.3.</t>
+  </si>
+  <si>
+    <t>163.4.</t>
+  </si>
+  <si>
+    <t>163.5.</t>
+  </si>
+  <si>
+    <t>Personu apliecinošu dokumentu likuma 7.panta septītā daļa; Ministru kabineta 2025.gada 25.marta noteikumi Nr.197 "Pagaidu ceļošanas dokumenta noteikumi"</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ikgadējās informācijas iekļaušanu būvkomersantu reģistrā, ja būvkomersanta neto apgrozījums iepriekšējā kalendāra gadā bijis no 0 līdz 50000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ikgadējās informācijas iekļaušanu būvkomersantu reģistrā, ja būvkomersanta neto apgrozījums iepriekšējā kalendāra gadā bijis no 50001 līdz 500000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ikgadējās informācijas iekļaušanu būvkomersantu reģistrā, ja būvkomersanta neto apgrozījums iepriekšējā kalendāra gadā bijis no 500001 līdz 1000000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ikgadējās informācijas iekļaušanu būvkomersantu reģistrā, ja būvkomersanta neto apgrozījums iepriekšējā kalendāra gadā bijis no 1000001 līdz 5000000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ikgadējās informācijas iekļaušanu reģistrā, ja būvkomersanta neto apgrozījums iepriekšējā kalendāra gadā bijis no 5000001 līdz 10000000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par ikgadējās informācijas iekļaušanu būvkomersantu reģistrā, ja būvkomersanta neto apgrozījums iepriekšējā kalendāra gadā bijis vairāk par 10000000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par apvienošanās izvērtēšanu, ja apvienošanās dalībnieku kopējais apgrozījums iepriekšējā pārskata (finanšu) gadā Latvijas teritorijā ir 30 miljoni </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> vai vairāk, bet mazāks par 80 miljoniem </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par apvienošanās izvērtēšanu, ja apvienošanās dalībnieku kopējais apgrozījums iepriekšējā pārskata (finanšu) gadā Latvijas teritorijā ir 80 miljoni </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>euro</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> vai vairāk</t>
+    </r>
+  </si>
+  <si>
+    <t>Par sertifikātu pārdošanu vai dāvināšanu</t>
+  </si>
+  <si>
+    <t>Likuma "Par privatizācijas sertifikātiem" 18.panta ceturtā daļa; Ministru kabineta 2017.gada 3.janvāra noteikumu Nr.12 "Privatizācijas sertifikātu kontu apkalpošanas, privatizācijas sertifikātu izmantošanas un aprites administrēšanas noteikumi" 46.2.apakšpunkts un 48.punkts</t>
+  </si>
+  <si>
+    <t>Par kredīta starpnieka vai kredīta starpnieka pārstāvja ikgadējo uzraudzību (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <r>
+      <t>Patērētāju tiesību aizsardzības likuma 8.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>panta trešā daļa; Ministru kabineta 2016.gada 13.decembra noteikumi Nr.772 "Kredīta starpnieku un kredīta starpnieku pārstāvju reģistrācijas noteikumi"</t>
+    </r>
   </si>
   <si>
     <r>
       <t>Patērētāju tiesību aizsardzības likuma 8.panta 1.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">2 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>un 1.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> daļa; Ministru kabineta 2011.gada 29.marta noteikumi Nr.245 "Noteikumi par speciālo atļauju (licenci) patērētāju kreditēšanas pakalpojumu sniegšanai"
 </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Patērētāju tiesību aizsardzības centrs </t>
-[...17 lines deleted...]
-    <t>Par kredīta starpnieka un kredīta starpnieka pārstāvja ikgadējo uzraudzību</t>
+    <t>Par numerācijas lietošanas tiesībām (ikgadēja valsts nodeva)**</t>
+  </si>
+  <si>
+    <t>Par numerācijas lietošanas tiesībām (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par ārpakalpojuma grāmatveža licences izsniegšanu vai pārreģistrāciju</t>
   </si>
   <si>
     <r>
-      <t>Patērētāju tiesību aizsardzības likuma 8.</t>
+      <t>Likuma "Par akcīzes nodokli" 2.panta 7.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>2</t>
+      <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>panta trešā daļa; Ministru kabineta 2016.gada 13.decembra noteikumi Nr.772 "Kredīta starpnieku un kredīta starpnieku pārstāvju reģistrācijas noteikumi"</t>
+      <t>daļa; Ministru kabineta 2017.gada 4.aprīļa noteikumu Nr.199 "Noteikumi par dabasgāzes apriti un akcīzes nodokļa piemērošanas kārtību" 45.1.apakšpunkts</t>
     </r>
   </si>
   <si>
-    <t>67.</t>
-[...283 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Par atteikšanos no Latvijas pilsonības </t>
+      <t>Likuma "Par akcīzes nodokli" 2.panta 7.</t>
     </r>
     <r>
       <rPr>
-        <i/>
+        <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
-[...19 lines deleted...]
-      <t xml:space="preserve">Par Latvijas pilsonības atjaunošanu </t>
+      <t>1</t>
     </r>
     <r>
       <rPr>
-        <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
+      <t>daļa; Ministru kabineta 2017.gada 4.aprīļa noteikumu Nr.199 "Noteikumi par dabasgāzes apriti un akcīzes nodokļa piemērošanas kārtību" 45.2.apakšpunkts</t>
     </r>
   </si>
   <si>
-    <t>84.1.</t>
-[...28 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Par informācijas saņemšanu (arī apliecinājums par personas statusu) par sevi, savu bērnu, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošo personu (par vienu personu), ja tā sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem (izņemot šo noteikumu 2.4.apakšpunktā minēto informāciju), piecu darbdienu laikā (papīra formā) </t>
+      <t>Likuma "Par akcīzes nodokli" 2.panta 7.</t>
     </r>
     <r>
       <rPr>
-        <i/>
+        <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
-[...10 lines deleted...]
-      <t xml:space="preserve">Par informācijas saņemšanu (arī apliecinājums par personas statusu) par sevi, savu bērnu, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošo personu (par vienu personu), ja tā sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem (izņemot šo noteikumu 2.4.apakšpunktā minēto informāciju), divu stundu laikā (papīra formā) </t>
+      <t>1</t>
     </r>
     <r>
       <rPr>
-        <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
+      <t>daļa; Ministru kabineta 2017.gada 4.aprīļa noteikumu Nr.199 "Noteikumi par dabasgāzes apriti un akcīzes nodokļa piemērošanas kārtību" 46.punkts</t>
     </r>
   </si>
   <si>
-    <t>84.5.</t>
-[...341 lines deleted...]
-    <t xml:space="preserve">Par ziņu par deklarēto dzīvesvietu reģistrāciju </t>
+    <t>Apsardzes darbības likuma 11.panta septītā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 76.punkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 14.panta trešā daļa; Ministru kabineta 2017.gada 27.jūnija noteikumu Nr.380 "Apsardzes sertifikātu izsniegšanas kārtība" 48.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 14.panta trešā daļa; Ministru kabineta 2017.gada 27.jūnija noteikumu Nr.380 "Apsardzes sertifikātu izsniegšanas kārtība" 48.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 14.panta trešā daļa; Ministru kabineta 2017.gada 27.jūnija noteikumu Nr.380 "Apsardzes sertifikātu izsniegšanas kārtība" 48.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 14.panta trešā daļa; Ministru kabineta 2017.gada 27.jūnija noteikumu Nr.380 "Apsardzes sertifikātu izsniegšanas kārtība" 48.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 14.panta trešā daļa; Ministru kabineta 2017.gada 27.jūnija noteikumu Nr.380 "Apsardzes sertifikātu izsniegšanas kārtība" 48.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 5.panta sestā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 72.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 5.panta sestā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 72.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 5.panta sestā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 72.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 5.panta sestā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 72.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 5.panta sestā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 76.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 5.panta sestā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 76.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 5.panta sestā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 76.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Apsardzes darbības likuma 5.panta sestā daļa; Ministru kabineta 2022.gada 21.jūnija noteikumu Nr.369 "Noteikumi par apsardzes darbības reģistru, apsardzes darbības reģistrāciju un prasībām apsardzes vadības centram" 76.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Civilām vajadzībām paredzētu sprāgstvielu aprites likuma 10.panta septītā daļa; Ministru kabineta 2011.gada 27.decembra noteikumu Nr.1000 "Speciālo atļauju (licenču) izsniegšanas kārtība komercdarbībai ar sprāgstvielām un spridzināšanas ietaisēm un valsts nodevas apmērs un maksāšanas kārtība" 38.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Civilām vajadzībām paredzētu sprāgstvielu aprites likuma 10.panta septītā daļa; Ministru kabineta 2011.gada 27.decembra noteikumu Nr.1000 "Speciālo atļauju (licenču) izsniegšanas kārtība komercdarbībai ar sprāgstvielām un spridzināšanas ietaisēm un valsts nodevas apmērs un maksāšanas kārtība" 38.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Civilām vajadzībām paredzētu sprāgstvielu aprites likuma 10.panta septītā daļa; Ministru kabineta 2011.gada 27.decembra noteikumu Nr.1000 "Speciālo atļauju (licenču) izsniegšanas kārtība komercdarbībai ar sprāgstvielām un spridzināšanas ietaisēm un valsts nodevas apmērs un maksāšanas kārtība" 38.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Civilām vajadzībām paredzētu sprāgstvielu aprites likuma 10.panta septītā daļa; Ministru kabineta 2011.gada 27.decembra noteikumu Nr.1000 "Speciālo atļauju (licenču) izsniegšanas kārtība komercdarbībai ar sprāgstvielām un spridzināšanas ietaisēm un valsts nodevas apmērs un maksāšanas kārtība" 38.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Civilām vajadzībām paredzētu sprāgstvielu aprites likuma 10.panta septītā daļa; Ministru kabineta 2011.gada 27.decembra noteikumi Nr.1000 "Speciālo atļauju (licenču) izsniegšanas kārtība komercdarbībai ar sprāgstvielām un spridzināšanas ietaisēm un valsts nodevas apmērs un maksāšanas kārtība" 38.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Detektīvdarbības likuma 13.pants; Ministru kabineta 2013.gada 27.augusta noteikumu Nr.633 "Detektīvdarbības licencēšanas un sertifikācijas noteikumi" 41.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Detektīvdarbības likuma 13.pants; Ministru kabineta 2013.gada 27.augusta noteikumu Nr.633 "Detektīvdarbības licencēšanas un sertifikācijas noteikumi" 41.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Detektīvdarbības likuma 13.pants; Ministru kabineta 2013.gada 27.augusta noteikumu Nr.633 "Detektīvdarbības licencēšanas un sertifikācijas noteikumi" 41.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Detektīvdarbības likuma 13.pants; Ministru kabineta 2013.gada 27.augusta noteikumu Nr.633 "Detektīvdarbības licencēšanas un sertifikācijas noteikumi" 41.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Detektīvdarbības likuma 13.pants; Ministru kabineta 2013.gada 27.augusta noteikumu Nr.633 "Detektīvdarbības licencēšanas un sertifikācijas noteikumi" 41.5.apakšpunkts</t>
   </si>
   <si>
     <r>
       <t>Dzīvesvietas deklarēšanas likuma 14.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>pants; Ministru kabineta 2009.gada 30.jūnija noteikumi Nr.720 "Noteikumi par valsts nodevas apmēru, samaksas kārtību un atvieglojumiem par ziņu par deklarēto dzīvesvietu reģistrāciju"</t>
     </r>
   </si>
   <si>
-    <t>Nodeva par ziņu par deklarēto dzīvesvietu reģistrāciju</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Par ziņu par deklarēto dzīvesvietu reģistrāciju </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē pašvaldības)</t>
     </r>
   </si>
   <si>
-    <t>31.12.2024.</t>
-[...20 lines deleted...]
-    <t>LV37TREL1060140918500</t>
+    <r>
+      <t xml:space="preserve">Par informācijas saņemšanu (arī apliecinājums par personas statusu) par sevi, savu bērnu, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošo personu (par vienu personu), ja tā sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem (izņemot šo noteikumu 2.4.apakšpunktā minēto informāciju), piecu darbdienu laikā (papīra formā) </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par informācijas saņemšanu (arī apliecinājums par personas statusu) par sevi, savu bērnu, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošo personu (par vienu personu), ja tā sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem (izņemot šo noteikumu 2.4.apakšpunktā minēto informāciju), divu stundu laikā (papīra formā) </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par informācijas saņemšanu par vienas personas dzīvesvietas adresi, ja persona pieprasa aktuālo informāciju par savu, sava bērna, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošas personas deklarēto, reģistrēto vai norādīto dzīvesvietu </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par informācijas saņemšanu par vienas personas dzīvesvietas adresi, ja persona pieprasa aktuālo informāciju par savu, sava bērna, kurš jaunāks par 18 gadiem, vai par aizbildnībā vai aizgādnībā esošas personas deklarēto, reģistrēto vai norādīto dzīvesvietu </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē pašvaldības)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par informācijas saņemšanu par trešo personu (par vienu personu), ja informācija sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem, piecu darbdienu laikā (papīra formā) </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs) </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par informācijas saņemšanu par trešo personu (par vienu personu), ja informācija sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem, piecu darbdienu laikā (papīra formā) </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē pašvaldības)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par informācijas saņemšanu par trešo personu (par vienu personu), ja informācija sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem, divu stundu laikā (papīra formā) </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par informācijas saņemšanu par trešo personu (par vienu personu), ja informācija sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem, divu stundu laikā (papīra formā) </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē pašvaldības)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par informācijas saņemšanu par trešo personu (par vienu personu), ja informācija sagatavota pēc informācijas pieprasītāja norādītajiem kritērijiem, triju darbdienu laikā (elektroniskā formā, parakstīta ar drošu elektronisko parakstu) </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē pašvaldības)</t>
+    </r>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.6.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.7.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.8.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.9.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.10.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.11.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.12.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 231.13.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.6.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.7.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.8.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.9.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 16.panta ceturtā daļa; Ministru kabineta 2019.gada 21.maija noteikumu Nr.211 "Noteikumi par ieroču atļaujām un par ieroču izņemšanu un iznīcināšanu" 232.10.apakšpunkts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par ieroču un munīcijas aprites kvalifikācijas pārbaudījuma kārtošanu </t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 28.panta trešā daļa; Ministru kabineta 2020.gada 7.aprīļa noteikumu Nr.191 ''Ieroču un munīcijas aprites kvalifikācijas pārbaudījuma saturs un norises kārtība un valsts nodevas apmērs un maksāšanas kārtība'' 23.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Par ieroču un munīcijas aprites kvalifikācijas pārbaudījuma apliecības dublikāta izsniegšanu</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 28.panta trešā daļa; Ministru kabineta 2020.gada 7.aprīļa noteikumu Nr.191 ''Ieroču un munīcijas aprites kvalifikācijas pārbaudījuma saturs un norises kārtība un valsts nodevas apmērs un maksāšanas kārtība'' 23.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 42.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 42.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 42.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 42.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 42.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 42.6.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 42.7.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 43.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 43.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 73.panta sestā un septītā daļa; Ministru kabineta 2019.gada 7.maija noteikumu Nr.188 "Licences izsniegšanas kārtība komercdarbībai ar ieročiem, munīciju un speciālajiem līdzekļiem un valsts nodevas maksāšanas kārtība un apmērs" 43.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Ieroču aprites likuma 93.panta otrā daļa; Ministru kabineta 2019.gada 16.aprīļa noteikumu Nr.158 "Noteikumi par tehnisko specifikāciju šaujamieroča pārveidošanai par salūtieroci (akustisko ieroci) un salūtieroča (akustiskā ieroča) apliecinājuma izsniegšanas, reģistrēšanas un valsts nodevas maksāšanas kārtību un apmēru" 7.punkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 2.1.apakšpunkts</t>
   </si>
   <si>
     <r>
       <t>Par ilgtermiņa vīzas pieprasīšanai nepieciešamo dokumentu izskatīšanu</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> (ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.2.</t>
-[...26 lines deleted...]
-    <t>Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu 30 dienu laikā</t>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 2.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 3.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 3.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 4.punkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 5.1.1.apakšpunkts</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu 30 dienu laikā </t>
+      <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu 30 dienu laikā vai Eiropas Savienības zilās kartes pieprasītājam un viņa ģimenes loceklim 10 darbdienu laikā, vai atbilstoši Imigrācijas likuma 33.panta pirmās daļas 2.punktam 90 dienu laikā </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.7.</t>
-[...2 lines deleted...]
-    <t>Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu 10 darbdienu laikā</t>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 5.1.2.apakšpunkts</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu 10 darbdienu laikā </t>
+      <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu 10 darbdienu laikā vai Eiropas Savienības zilās kartes pieprasītājam un viņa ģimenes loceklim piecu darbdienu laikā </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.8.</t>
-[...2 lines deleted...]
-    <t>Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu piecu darbdienu laikā</t>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 5.1.3.apakšpunkts</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu piecu darbdienu laikā </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.9.</t>
-[...2 lines deleted...]
-    <t>Par Eiropas Savienības zilās kartes pieprasīšanai iesniegto dokumentu izskatīšanu ārzemniekam un termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu viņa ģimenes loceklim 10 darbdienu laikā</t>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 5.1.4.apakšpunkts</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Par Eiropas Savienības zilās kartes pieprasīšanai iesniegto dokumentu izskatīšanu ārzemniekam un termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu viņa ģimenes loceklim 10 darbdienu laikā </t>
+      <t>Par pastāvīgās uzturēšanās atļaujas vai Eiropas Savienības pastāvīgā iedzīvotāja statusa pieprasīšanai iesniegto dokumentu izskatīšanu 30 dienu laikā (</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Par pastāvīgās uzturēšanās atļaujas vai Eiropas Savienības pastāvīgā iedzīvotāja statusa pieprasīšanai iesniegto dokumentu izskatīšanu 10 darbdienu laikā (</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 5.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 6.1.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 6.1.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 6.1.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 6.2.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 6.2.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Imigrācijas likuma 6.pants; Ministru kabineta 2024.gada 26.novembra noteikumu Nr.731 "Noteikumi par valsts nodevu par migrācijas pakalpojumiem" 6.2.3.apakšpunkts</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par personas apliecības (izņemot uzturēšanās atļauju vai ārzemnieka personas apliecību) izsniegšanu, ja personas apliecību izsniedz 10 darbdienu laikā </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.10.</t>
-[...4 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Par Eiropas Savienības zilās kartes pieprasīšanai iesniegto dokumentu izskatīšanu ārzemniekam un termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu viņa ģimenes loceklim piecu darbdienu laikā </t>
+      <t xml:space="preserve">Par personas apliecības (izņemot uzturēšanās atļauju vai ārzemnieka personas apliecību) izsniegšanu, ja personas apliecību izsniedz divu darbdienu laikā </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.11.</t>
-[...4 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu Latvijas pilsoņa, Latvijas nepilsoņa un pastāvīgās uzturēšanās atļauju saņēmuša ārzemnieka laulātajam, viņa nepilngadīgajam bērnam vai aizbildnībā vai aizgādnībā esošajai personai, kā arī akreditētas izglītības iestādes audzēknim vai pilna mācību laika studentam 30 dienu laikā </t>
+      <t xml:space="preserve">Par ārzemnieka personas apliecības izsniegšanu </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.12.</t>
-[...4 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu Latvijas pilsoņa, Latvijas nepilsoņa un pastāvīgās uzturēšanās atļauju saņēmuša ārzemnieka laulātajam, viņa nepilngadīgajam bērnam vai aizbildnībā vai aizgādnībā esošajai personai, kā arī akreditētas izglītības iestādes audzēknim vai pilna mācību laika studentam 10 darbdienu laikā </t>
+      <t xml:space="preserve">Par pases izsniegšanu, ja pasi izsniedz 10 darbdienu laikā </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.13.</t>
-[...4 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu Latvijas pilsoņa, Latvijas nepilsoņa un pastāvīgās uzturēšanās atļauju saņēmuša ārzemnieka laulātajam, viņa nepilngadīgajam bērnam vai aizbildnībā vai aizgādnībā esošajai personai, kā arī akreditētas izglītības iestādes audzēknim vai pilna mācību laika studentam piecu darbdienu laikā </t>
+      <t xml:space="preserve">Par pases izsniegšanu, ja pasi izsniedz divu darbdienu laikā </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.14.</t>
-[...4 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu alternatīvo statusu saņēmušam ārzemniekam, viņa ģimenes locekļiem ģimenes atkalapvienošanās gadījumā vai ārzemniekam, kurš pieprasa termiņuzturēšanās atļauju saskaņā ar Imigrācijas likuma 23.panta pirmās daļas 27.punktu 30 dienu laikā </t>
+      <t xml:space="preserve">Par atteikšanos no Latvijas pilsonības </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
   </si>
   <si>
-    <t>89.15.</t>
-[...4 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Par termiņuzturēšanās atļaujas pieprasīšanai iesniegto dokumentu izskatīšanu alternatīvo statusu saņēmušam ārzemniekam, viņa ģimenes locekļiem ģimenes atkalapvienošanās gadījumā vai ārzemniekam, kurš pieprasa termiņuzturēšanās atļauju saskaņā ar Imigrācijas likuma 23.panta pirmās daļas 27.punktu 10 darbdienu laikā </t>
+      <t xml:space="preserve">Par Latvijas pilsonības atjaunošanu </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
     </r>
-  </si>
-[...1457 lines deleted...]
-    <t>Par Latvijas Republikas Nacionālajā stratēģiskas nozīmes preču un pakalpojumu sarakstā minēto sevišķā veidā veicamiem operatīvās darbības pasākumiem speciāli radītu vai pielāgotu iekārtu, ierīču vai instrumentu un to komponentu sertificēšanu</t>
   </si>
   <si>
     <r>
       <t>Stratēģiskas nozīmes preču aprites likuma 5.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>panta desmitā daļa; Ministru kabineta 2010.gada 12.oktobrī noteikumi Nr.974 "Noteikumi par sevišķā veidā veicamiem operatīvās darbības pasākumiem speciāli radītu vai pielāgotu iekārtu, ierīču vai instrumentu un to komponentu sertificēšanu, valsts nodevas apmēru un tās maksāšanas kārtību"</t>
+      <t>panta ceturtā daļa; Ministru kabineta 2009.gada 18.augusta noteikumu Nr.926 "Noteikumi par sevišķā veidā veicamiem operatīvās darbības pasākumiem speciāli radītu vai pielāgotu iekārtu, ierīču vai instrumentu un to komponentu apriti" 59.punkts</t>
     </r>
-  </si>
-[...10 lines deleted...]
-    <t>Par speciālās atļaujas (licences) komercdarbībai ar Latvijas Republikas Nacionālajā stratēģiskas nozīmes preču un pakalpojumu sarakstā minētajām speciālajām ierīcēm, iekārtām vai instrumentiem un to komponentiem izsniegšanu</t>
   </si>
   <si>
     <r>
       <t>Stratēģiskas nozīmes preču aprites likuma 5.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>panta ceturtā daļa; Ministru kabineta 2009.gada 18.augusta noteikumi Nr.926 "Noteikumi par sevišķā veidā veicamiem operatīvās darbības pasākumiem speciāli radītu vai pielāgotu iekārtu, ierīču vai instrumentu un to komponentu apriti"</t>
+      <t>panta ceturtā daļa; Ministru kabineta 2009.gada 18.augusta noteikumu Nr.926 "Noteikumi par sevišķā veidā veicamiem operatīvās darbības pasākumiem speciāli radītu vai pielāgotu iekārtu, ierīču vai instrumentu un to komponentu apriti" 60.punkts</t>
     </r>
   </si>
   <si>
-    <t>111.2.</t>
-[...2 lines deleted...]
-    <t>Par speciālās atļaujas (licences) komercdarbībai ar Latvijas Republikas Nacionālajā stratēģiskas nozīmes preču un pakalpojumu sarakstā minētajām speciālajām ierīcēm, iekārtām vai instrumentiem un to komponentiem saņemšanu atkārtoti vai speciālās atļaujas (licences) dublikāta saņemšanu</t>
+    <r>
+      <t>Civilām vajadzībām paredzētu sprāgstvielu aprites likuma 16.panta trešā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 4.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>punkts</t>
+    </r>
+  </si>
+  <si>
+    <t>Civilām vajadzībām paredzētu sprāgstvielu aprites likuma 16.panta trešā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 6.punkts</t>
+  </si>
+  <si>
+    <t>Par atļauju vai licenci to būvju ekspluatācijai, kuras nepieciešamas energoapgādei un iepriekš neminētai komercdarbībai un kuras ir saistītas ar būvniecību un tiešu iedarbību uz jūras gultni vai zemes dzīlēm (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par atļauju vai licenci ar būvniecību jūrā saistītai izpētei, būvju būvniecībai un ierīkošanai jūras teritorijā (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par atļauju vai licenci to būvju ekspluatācijai, kuru ierīkošanā nenotiek tieša iedarbība uz jūras gultni un zemes dzīlēm (rakšana, pāļu dzīšana, spridzināšana un cita veida aktīva iedarbība) un kuras nostiprina (noenkuro) tikai ar atsvariem, ko novieto uz jūras gultnes (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.6.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.7.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.8.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.9.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.10.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.11.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.12.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 2.13.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 6.punkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 3.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 3.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 3.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 3.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Likuma "Par zemes dzīlēm" 10.panta ceturtā daļa; Ministru kabineta 2006.gada 19.decembra noteikumu Nr.1055 "Noteikumi par valsts nodevām zemes dzīļu izmantošanas jomā (izņemot zemes dzīļu izmantošanu iekšzemes publiskajos ūdeņos un jūrā un ogļūdeņražu meklēšanu, izpēti un ieguvi)" 4.punkts</t>
+  </si>
+  <si>
+    <t>Par tiesībām izmantot zemes dzīles iekšzemes publiskajos ūdeņos, Latvijas Republikas teritoriālajā jūrā un ekskluzīvajā ekonomiskajā zonā (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par tiesībām izmantot zemes dzīles publiskajos ūdeņos (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par tiesībām izmantot zemes dzīles Latvijas Republikas teritoriālajā jūrā un ekskluzīvajā ekonomiskajā zonā (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <r>
+      <t>Likuma "Par kultūras pieminekļu aizsardzību” 4.panta otrā daļa un 18.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>panta ceturtā daļa; Ministru kabineta 2016.gada 1.novembra noteikumi Nr.708 "Noteikumi par valsts nodevu par kultūras pieminekļu, tajā skaitā valstij piederošo senlietu, pagaidu izvešanu un mākslas un antikvāro priekšmetu pilnīgu izvešanu un pagaidu izvešanu no Latvijas"</t>
+    </r>
+  </si>
+  <si>
+    <t>Par komerciālo pārrobežu televīzijas programmu vai komerciālo nacionālo televīzijas programmu apraides tiesību īstenošanas uzraudzību (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par apraides tiesību īstenošanas uzraudzību (ikgadēja valsts nodeva)</t>
+  </si>
+  <si>
+    <t>Par pieteikumu sevišķās tiesāšanas kārtības lietās, tai skaitā par kreditora iesniegto juridiskās personas vai fiziskās personas, kura vienlaikus ir individuālais komersants, individuālā (ģimenes) uzņēmuma, zemnieku saimniecības, zvejnieku saimniecības īpašnieks vai saimnieciskās darbības veicējs, maksātnespējas procesa pieteikumu, par tiesiskās aizsardzības procesa pieteikumu</t>
+  </si>
+  <si>
+    <t>Par pieteikumu sevišķās tiesāšanas kārtības lietās, tai skaitā par kredītiestāžu maksātnespējas vai likvidācijas pieteikumu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par kopīgā klienta izpētes rīka pakalpojuma sniedzēja darbības uzraudzību (ikgadēja valsts nodeva) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par kopīgā atvērtā klienta izpētes rīka pakalpojuma sniedzēja darbības uzraudzību (ikgadēja valsts nodeva) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par kopīgā slēgtā klienta izpētes rīka pakalpojuma sniedzēja darbības uzraudzību (ikgadēja valsts nodeva) </t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2025.gada 1.jūlija noteikumu Nr.410 "Farmaceitiskās darbības licencēšanas noteikumi" 77.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2011.gada 19.oktobra noteikumu Nr.800 "Farmaceitiskās darbības licencēšanas kārtība" 75.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2025.gada 1.jūlija noteikumu Nr.410 "Farmaceitiskās darbības licencēšanas noteikumi" 77.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2025.gada 1.jūlija noteikumu Nr.410 "Farmaceitiskās darbības licencēšanas noteikumi" 77.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2025.gada 1.jūlija noteikumu Nr.410 "Farmaceitiskās darbības licencēšanas noteikumi" 77.6.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Farmācijas likuma 5.panta 19.punkts; Ministru kabineta 2025.gada 1.jūlija noteikumu Nr.410 "Farmaceitiskās darbības licencēšanas noteikumi" 78.punkts</t>
+  </si>
+  <si>
+    <t>Augu aizsardzības likuma 13.panta pirmā daļa; Ministru kabineta 2007.gada 20.februāra noteikumu Nr.139 "Noteikumi par valsts nodevas likmēm un to maksāšanas kārtību par augu aizsardzības līdzekļu reģistra, fitosanitārajai kontrolei pakļauto augu un augu produktu apritē iesaistīto personu reģistra un koka iepakojuma marķētāju reģistra kārtošanu" 3.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Augu aizsardzības likuma 13.panta pirmā daļa; Ministru kabineta 2007.gada 20.februāra noteikumu Nr.139 "Noteikumi par valsts nodevas likmēm un to maksāšanas kārtību par augu aizsardzības līdzekļu reģistra, fitosanitārajai kontrolei pakļauto augu un augu produktu apritē iesaistīto personu reģistra un koka iepakojuma marķētāju reģistra kārtošanu" 3.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Augu aizsardzības likuma 16.panta piektā daļa; Ministru kabineta 2007.gada 20.februāra noteikumu Nr.139 "Noteikumi par valsts nodevas likmēm un to maksāšanas kārtību par augu aizsardzības līdzekļu reģistra, fitosanitārajai kontrolei pakļauto augu un augu produktu apritē iesaistīto personu reģistra un koka iepakojuma marķētāju reģistra kārtošanu" 4.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Augu aizsardzības likuma 16.panta piektā daļa; Ministru kabineta 2007.gada 20.februāra noteikumu Nr.139 "Noteikumi par valsts nodevas likmēm un to maksāšanas kārtību par augu aizsardzības līdzekļu reģistra, fitosanitārajai kontrolei pakļauto augu un augu produktu apritē iesaistīto personu reģistra un koka iepakojuma marķētāju reģistra kārtošanu" 4.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Augu šķirņu aizsardzības likuma 22.panta 4.punkts; Ministru kabineta 2012.gada 13.marta noteikumu Nr.173 "Noteikumi par valsts nodevu augu šķirņu aizsardzības jomā" 2.punkts</t>
+  </si>
+  <si>
+    <t>Augu šķirņu aizsardzības likuma 22.panta 2.punkts; Ministru kabineta 2012.gada 13.marta noteikumi Nr.173 "Noteikumi par valsts nodevu augu šķirņu aizsardzības jomā" 5.punkts</t>
+  </si>
+  <si>
+    <t>Augu šķirņu aizsardzības likuma 22.panta 1.punkts; Ministru kabineta 2012.gada 13.marta noteikumu Nr.173 "Noteikumi par valsts nodevu augu šķirņu aizsardzības jomā" 3.punkts</t>
+  </si>
+  <si>
+    <t>Augu šķirņu aizsardzības likuma 22.panta 1.punkts; Ministru kabineta 2012.gada 13.marta noteikumu Nr.173 "Noteikumi par valsts nodevu augu šķirņu aizsardzības jomā" 4.punkts</t>
+  </si>
+  <si>
+    <t>Augu šķirņu aizsardzības likuma 22.panta 3.punkts; Ministru kabineta 2012.gada 13.marta noteikumu Nr.173 "Noteikumi par valsts nodevu augu šķirņu aizsardzības jomā" 6.punkts</t>
+  </si>
+  <si>
+    <t>Sēklu un šķirņu aprites likuma 21.panta 4.punkts; Ministru kabineta 2013.gada 1.oktobra noteikumu Nr.1026 "Noteikumi par valsts nodevu sēklu aprites jomā" 2.6.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Sēklu un šķirņu aprites likuma 21.panta 5.punkts; Ministru kabineta 2013.gada 1.oktobra noteikumu Nr.1026 "Noteikumi par valsts nodevu sēklu aprites jomā" 2.7.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Sēklu un šķirņu aprites likuma 21.panta 6.punkts; Ministru kabineta 2013.gada 1.oktobra noteikumi Nr.1026 "Noteikumi par valsts nodevu sēklu aprites jomā" 2.8.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Sēklu un šķirņu aprites likuma 21.panta 6.punkts; Ministru kabineta 2013.gada 1.oktobra noteikumi Nr.1026 "Noteikumi par valsts nodevu sēklu aprites jomā" 2.9.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Sēklu un šķirņu aprites likuma 21.panta 2.punkts; Ministru kabineta 2013.gada 1.oktobra noteikumu Nr.1026 "Noteikumi par valsts nodevu sēklu aprites jomā" 2.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Sēklu un šķirņu aprites likuma 21.panta 2.punkts; Ministru kabineta 2013.gada 1.oktobra noteikumi Nr.1026 "Noteikumi par valsts nodevu sēklu aprites jomā" 2.4.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Sēklu un šķirņu aprites likuma 21.panta 2.punkts; Ministru kabineta 2013.gada 1.oktobra noteikumu Nr.1026 "Noteikumi par valsts nodevu sēklu aprites jomā" 2.5.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zvejniecības likuma 7.panta pirmā daļa; Ministru kabineta 2009.gada 8.septembra noteikumu Nr.1015 "Kārtība, kādā izsniedz speciālo atļauju (licenci) komercdarbībai zvejniecībā, kā arī maksā valsts nodevu par speciālās atļaujas (licences) izsniegšanu" 19.1.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zvejniecības likuma 7.panta pirmā daļa; Ministru kabineta 2009.gada 8.septembra noteikumu Nr.1015 "Kārtība, kādā izsniedz speciālo atļauju (licenci) komercdarbībai zvejniecībā, kā arī maksā valsts nodevu par speciālās atļaujas (licences) izsniegšanu" 20.punkts</t>
+  </si>
+  <si>
+    <t>Zvejniecības likuma 7.panta pirmā daļa; Ministru kabineta 2009.gada 8.septembra noteikumu Nr.1015 "Kārtība, kādā izsniedz speciālo atļauju (licenci) komercdarbībai zvejniecībā, kā arī maksā valsts nodevu par speciālās atļaujas (licences) izsniegšanu" 19.2.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zvejniecības likuma 7.panta pirmā daļa; Ministru kabineta 2009.gada 8.septembra noteikumu Nr.1015 "Kārtība, kādā izsniedz speciālo atļauju (licenci) komercdarbībai zvejniecībā, kā arī maksā valsts nodevu par speciālās atļaujas (licences) izsniegšanu" 19.3.apakšpunkts</t>
+  </si>
+  <si>
+    <t>Zvejniecības likuma 7.panta pirmā daļa; Ministru kabineta 2009.gada 8.septembra noteikumu Nr.1015 "Kārtība, kādā izsniedz speciālo atļauju (licenci) komercdarbībai zvejniecībā, kā arī maksā valsts nodevu par speciālās atļaujas (licences) izsniegšanu" 19.4.apakšpunkts</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par laulības reģistrāciju </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par atkārtotas civilstāvokļa akta reģistrācijas apliecības izsniegšanu </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par atkārtotas civilstāvokļa akta reģistrācijas apliecības izsniegšanu </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē Tieslietu ministrijas Dzimtsarakstu departaments)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par vārda, uzvārda vai tautības ieraksta maiņu </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē Latvijas diplomātiskās un konsulārās pārstāvniecības ārvalstīs)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Par vārda, uzvārda vai tautības ieraksta maiņu </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ja nodevu iekasē Tieslietu ministrijas Dzimtsarakstu departaments)</t>
+    </r>
+  </si>
+  <si>
+    <t>Stratēģiskas nozīmes preču aprites likuma 5.panta trešā daļa; Ministru kabineta 2012.gada 8.maija noteikumi Nr.331 "Kārtība, kādā izsniedz speciālās atļaujas (licences) komercdarbībai ar Eiropas Savienības Kopējā militāro preču sarakstā minētajām precēm"</t>
+  </si>
+  <si>
+    <t>Fizisko personu datu apstrādes likuma 22.pants; Ministru kabineta 2022.gada 9.augusta noteikumi Nr.488 "Rīcības kodeksa pārraudzības institūcijas licencēšanas noteikumi"</t>
   </si>
   <si>
     <r>
       <t>Stratēģiskas nozīmes preču aprites likuma 5.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>panta ceturtā daļa; Ministru kabineta 2009.gada 18.augusta noteikumi Nr.926 “Noteikumi par sevišķā veidā veicamiem operatīvās darbības pasākumiem speciāli radītu vai pielāgotu iekārtu, ierīču vai instrumentu un to komponentu apriti”</t>
+      <t>panta desmitā daļa; Ministru kabineta 2010.gada 12.oktobra noteikumu Nr.974 "Noteikumi par sevišķā veidā veicamiem operatīvās darbības pasākumiem speciāli radītu vai pielāgotu iekārtu, ierīču vai instrumentu un to komponentu sertificēšanu, valsts nodevas apmēru un tās maksāšanas kārtību" 18.punkts</t>
     </r>
-  </si>
-[...3224 lines deleted...]
-    <t>Par prasības pieteikuma, pieteikuma sevišķās tiesāšanas kārtības lietās vai citu Civilprocesa likumā paredzētu pieteikuma vai sūdzības iesniegšanu tiesā</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
-[...6 lines deleted...]
-    </font>
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
       <sz val="9"/>
-      <name val="Times New Roman"/>
-[...19 lines deleted...]
-      <color rgb="FFC00000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="8"/>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
       <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="9"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="9">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...58 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...43 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...145 lines deleted...]
-    <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{C82B36DE-ABB5-4D11-ADC4-CC9685944339}"/>
-    <cellStyle name="Normal 3" xfId="2" xr:uid="{8D7CE475-644F-4ACA-BEE7-DB8C5AA6867C}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{380F453A-98A7-4719-8F91-A0C5A7490C92}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -9113,51 +11255,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -9165,51 +11307,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -9224,65 +11366,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -9303,36387 +11445,34779 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{99CB1909-FFDE-44BD-B171-6C0F798E922F}">
-[...3 lines deleted...]
-  <dimension ref="A1:P930"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2170A800-0840-422B-AA8B-27407ACA7DAC}">
+  <dimension ref="A1:M927"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-[...2 lines deleted...]
-      <selection pane="bottomLeft" activeCell="C3" sqref="C3"/>
+    <sheetView tabSelected="1" topLeftCell="B267" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F277" sqref="F277"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.25" style="1" hidden="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="9" style="1"/>
+    <col min="1" max="1" width="10" style="18" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="9.28515625" style="17" customWidth="1"/>
+    <col min="3" max="3" width="9.5703125" style="17" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" style="12"/>
+    <col min="5" max="5" width="31.5703125" style="14" customWidth="1"/>
+    <col min="6" max="6" width="37.5703125" style="14" customWidth="1"/>
+    <col min="7" max="7" width="34.42578125" style="14" customWidth="1"/>
+    <col min="8" max="8" width="9.140625" style="13"/>
+    <col min="9" max="9" width="24" style="14" customWidth="1"/>
+    <col min="11" max="11" width="27.5703125" style="14" customWidth="1"/>
+    <col min="12" max="12" width="21.140625" style="14" customWidth="1"/>
+    <col min="13" max="13" width="25" style="14" customWidth="1"/>
+    <col min="14" max="14" width="9.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="25.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="71" t="s">
+    <row r="1" spans="1:13" ht="20.25" x14ac:dyDescent="0.25">
+      <c r="A1" s="27"/>
+      <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="71"/>
-[...12 lines deleted...]
-      <c r="A2" s="8" t="s">
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+      <c r="M1" s="39"/>
+    </row>
+    <row r="2" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A2" s="28"/>
+      <c r="B2" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="9" t="s">
+      <c r="C2" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="9" t="s">
+      <c r="D2" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="10" t="s">
+      <c r="E2" s="29" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="29" t="s">
+        <v>5</v>
+      </c>
+      <c r="G2" s="29" t="s">
+        <v>6</v>
+      </c>
+      <c r="H2" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="I2" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="29" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="31" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="M2" s="29" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="28">
         <v>1</v>
       </c>
-      <c r="E2" s="11" t="s">
+      <c r="B3" s="32"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="29" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E3" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" s="33" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I3" s="33" t="s">
+        <v>34</v>
+      </c>
+      <c r="J3" s="34">
+        <v>10</v>
+      </c>
+      <c r="K3" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M3" s="33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="28">
+        <v>2</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="34" t="s">
+        <v>1608</v>
+      </c>
+      <c r="E4" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="33" t="s">
+        <v>34</v>
+      </c>
+      <c r="J4" s="34">
+        <v>10</v>
+      </c>
+      <c r="K4" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M4" s="33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="28">
+        <v>3</v>
+      </c>
+      <c r="B5" s="32"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="34" t="s">
+        <v>1609</v>
+      </c>
+      <c r="E5" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" s="33" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" s="34">
+        <v>10</v>
+      </c>
+      <c r="K5" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M5" s="33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="28">
         <v>4</v>
       </c>
-      <c r="F2" s="12" t="s">
+      <c r="B6" s="32"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="34" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E6" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I6" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J6" s="34">
+        <v>10</v>
+      </c>
+      <c r="K6" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M6" s="33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="28">
         <v>5</v>
       </c>
-      <c r="G2" s="12" t="s">
+      <c r="B7" s="32"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="34" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E7" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="33" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I7" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J7" s="34">
+        <v>10</v>
+      </c>
+      <c r="K7" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M7" s="33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="28">
         <v>6</v>
       </c>
-      <c r="H2" s="12" t="s">
+      <c r="B8" s="32"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="34" t="s">
+        <v>1612</v>
+      </c>
+      <c r="E8" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I8" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J8" s="34">
+        <v>10</v>
+      </c>
+      <c r="K8" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" s="33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="28">
         <v>7</v>
       </c>
-      <c r="I2" s="12" t="s">
+      <c r="B9" s="32"/>
+      <c r="C9" s="32"/>
+      <c r="D9" s="29" t="s">
+        <v>1570</v>
+      </c>
+      <c r="E9" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" s="33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9" s="34">
+        <v>9134</v>
+      </c>
+      <c r="I9" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="J9" s="34">
+        <v>10</v>
+      </c>
+      <c r="K9" s="33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M9" s="33" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="28">
         <v>8</v>
       </c>
-      <c r="J2" s="12" t="s">
+      <c r="B10" s="32"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="29" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E10" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="G10" s="33" t="s">
+        <v>28</v>
+      </c>
+      <c r="H10" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I10" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J10" s="34">
+        <v>10</v>
+      </c>
+      <c r="K10" s="33" t="s">
+        <v>29</v>
+      </c>
+      <c r="L10" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M10" s="33" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="28">
         <v>9</v>
       </c>
-      <c r="K2" s="12" t="s">
+      <c r="B11" s="32"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="29" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E11" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I11" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J11" s="34">
         <v>10</v>
       </c>
-      <c r="L2" s="12" t="s">
+      <c r="K11" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="L11" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M11" s="33" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="28">
+        <v>10</v>
+      </c>
+      <c r="B12" s="32"/>
+      <c r="C12" s="32"/>
+      <c r="D12" s="29" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E12" s="31" t="s">
+        <v>18</v>
+      </c>
+      <c r="F12" s="33" t="s">
+        <v>19</v>
+      </c>
+      <c r="G12" s="33" t="s">
+        <v>2456</v>
+      </c>
+      <c r="H12" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I12" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J12" s="34">
+        <v>10</v>
+      </c>
+      <c r="K12" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="L12" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="M12" s="33" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A13" s="28">
         <v>11</v>
       </c>
-      <c r="M2" s="13" t="s">
+      <c r="B13" s="32"/>
+      <c r="C13" s="29"/>
+      <c r="D13" s="30" t="s">
+        <v>1351</v>
+      </c>
+      <c r="E13" s="31" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" s="33" t="s">
+        <v>72</v>
+      </c>
+      <c r="G13" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="H13" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I13" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J13" s="34">
+        <v>11</v>
+      </c>
+      <c r="K13" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="L13" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M13" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A14" s="28">
         <v>12</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="D3" s="16" t="s">
+      <c r="B14" s="32"/>
+      <c r="C14" s="29"/>
+      <c r="D14" s="35" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E14" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="F14" s="33" t="s">
+        <v>74</v>
+      </c>
+      <c r="G14" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="H14" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I14" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J14" s="34">
+        <v>11</v>
+      </c>
+      <c r="K14" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="L14" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M14" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A15" s="28">
         <v>13</v>
       </c>
-      <c r="E3" s="17" t="s">
+      <c r="B15" s="32"/>
+      <c r="C15" s="32"/>
+      <c r="D15" s="29" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E15" s="31" t="s">
+        <v>55</v>
+      </c>
+      <c r="F15" s="33" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="H15" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I15" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J15" s="34">
+        <v>11</v>
+      </c>
+      <c r="K15" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L15" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M15" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A16" s="28">
         <v>14</v>
       </c>
-      <c r="F3" s="18" t="s">
+      <c r="B16" s="32"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="34" t="s">
+        <v>1615</v>
+      </c>
+      <c r="E16" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="F16" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="H16" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I16" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J16" s="34">
+        <v>11</v>
+      </c>
+      <c r="K16" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L16" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M16" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A17" s="28">
+        <v>15</v>
+      </c>
+      <c r="B17" s="32"/>
+      <c r="C17" s="32"/>
+      <c r="D17" s="34" t="s">
+        <v>1616</v>
+      </c>
+      <c r="E17" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="F17" s="33" t="s">
+        <v>62</v>
+      </c>
+      <c r="G17" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="H17" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I17" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J17" s="34">
+        <v>11</v>
+      </c>
+      <c r="K17" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L17" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M17" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="28">
+        <v>16</v>
+      </c>
+      <c r="B18" s="32"/>
+      <c r="C18" s="29"/>
+      <c r="D18" s="30" t="s">
+        <v>1617</v>
+      </c>
+      <c r="E18" s="31" t="s">
+        <v>75</v>
+      </c>
+      <c r="F18" s="33" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="33" t="s">
+        <v>76</v>
+      </c>
+      <c r="H18" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I18" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J18" s="34">
+        <v>11</v>
+      </c>
+      <c r="K18" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="L18" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M18" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="28">
+        <v>17</v>
+      </c>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="29" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E19" s="31" t="s">
+        <v>63</v>
+      </c>
+      <c r="F19" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="G19" s="33" t="s">
+        <v>64</v>
+      </c>
+      <c r="H19" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I19" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J19" s="34">
+        <v>11</v>
+      </c>
+      <c r="K19" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="L19" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M19" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="28">
+        <v>18</v>
+      </c>
+      <c r="B20" s="26"/>
+      <c r="C20" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H20" s="2">
+        <v>9191</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J20" s="2">
+        <v>11</v>
+      </c>
+      <c r="K20" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="L20" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="M20" s="1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A21" s="28">
+        <v>19</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C21" s="21"/>
+      <c r="D21" s="11" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="F21" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G21" s="8" t="s">
+        <v>2267</v>
+      </c>
+      <c r="H21" s="9">
+        <v>9191</v>
+      </c>
+      <c r="I21" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="J21" s="9">
+        <v>11</v>
+      </c>
+      <c r="K21" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L21" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="M21" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="28">
+        <v>20</v>
+      </c>
+      <c r="B22" s="32"/>
+      <c r="C22" s="32"/>
+      <c r="D22" s="29" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E22" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="F22" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22" s="34">
+        <v>9216</v>
+      </c>
+      <c r="I22" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="J22" s="34">
+        <v>11</v>
+      </c>
+      <c r="K22" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L22" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M22" s="33" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="108" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="28">
+        <v>21</v>
+      </c>
+      <c r="B23" s="32"/>
+      <c r="C23" s="32"/>
+      <c r="D23" s="34" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E23" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="F23" s="33" t="s">
+        <v>49</v>
+      </c>
+      <c r="G23" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H23" s="34">
+        <v>9216</v>
+      </c>
+      <c r="I23" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="J23" s="34">
+        <v>11</v>
+      </c>
+      <c r="K23" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M23" s="33" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="113.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="28">
+        <v>22</v>
+      </c>
+      <c r="B24" s="32"/>
+      <c r="C24" s="32"/>
+      <c r="D24" s="34" t="s">
+        <v>1621</v>
+      </c>
+      <c r="E24" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F24" s="33" t="s">
+        <v>51</v>
+      </c>
+      <c r="G24" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H24" s="34">
+        <v>9216</v>
+      </c>
+      <c r="I24" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="J24" s="34">
+        <v>11</v>
+      </c>
+      <c r="K24" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L24" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M24" s="33" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="28">
+        <v>23</v>
+      </c>
+      <c r="B25" s="32"/>
+      <c r="C25" s="32"/>
+      <c r="D25" s="34" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E25" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F25" s="33" t="s">
+        <v>52</v>
+      </c>
+      <c r="G25" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25" s="34">
+        <v>9216</v>
+      </c>
+      <c r="I25" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="J25" s="34">
+        <v>11</v>
+      </c>
+      <c r="K25" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L25" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M25" s="33" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="28">
+        <v>24</v>
+      </c>
+      <c r="B26" s="32"/>
+      <c r="C26" s="32"/>
+      <c r="D26" s="34" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E26" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F26" s="33" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G26" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H26" s="34">
+        <v>9216</v>
+      </c>
+      <c r="I26" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="J26" s="34">
+        <v>11</v>
+      </c>
+      <c r="K26" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L26" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M26" s="33" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="108" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="28">
+        <v>25</v>
+      </c>
+      <c r="B27" s="32"/>
+      <c r="C27" s="32"/>
+      <c r="D27" s="34" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E27" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F27" s="33" t="s">
+        <v>1354</v>
+      </c>
+      <c r="G27" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H27" s="34">
+        <v>9216</v>
+      </c>
+      <c r="I27" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="J27" s="34">
+        <v>11</v>
+      </c>
+      <c r="K27" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L27" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M27" s="33" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="28">
+        <v>26</v>
+      </c>
+      <c r="B28" s="32"/>
+      <c r="C28" s="32"/>
+      <c r="D28" s="34" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E28" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F28" s="33" t="s">
+        <v>53</v>
+      </c>
+      <c r="G28" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28" s="34">
+        <v>9216</v>
+      </c>
+      <c r="I28" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="J28" s="34">
+        <v>11</v>
+      </c>
+      <c r="K28" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L28" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M28" s="33" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="28">
+        <v>27</v>
+      </c>
+      <c r="B29" s="32"/>
+      <c r="C29" s="32"/>
+      <c r="D29" s="34" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E29" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F29" s="33" t="s">
+        <v>54</v>
+      </c>
+      <c r="G29" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H29" s="34">
+        <v>9216</v>
+      </c>
+      <c r="I29" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="J29" s="34">
+        <v>11</v>
+      </c>
+      <c r="K29" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L29" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M29" s="33" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="28">
+        <v>28</v>
+      </c>
+      <c r="B30" s="29"/>
+      <c r="C30" s="29"/>
+      <c r="D30" s="30" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E30" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="F30" s="33" t="s">
+        <v>90</v>
+      </c>
+      <c r="G30" s="33" t="s">
+        <v>91</v>
+      </c>
+      <c r="H30" s="34">
+        <v>9292</v>
+      </c>
+      <c r="I30" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="J30" s="34">
+        <v>12</v>
+      </c>
+      <c r="K30" s="33" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L30" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M30" s="33" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A31" s="28">
+        <v>29</v>
+      </c>
+      <c r="B31" s="29"/>
+      <c r="C31" s="29"/>
+      <c r="D31" s="35" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E31" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F31" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="G31" s="33" t="s">
+        <v>94</v>
+      </c>
+      <c r="H31" s="34">
+        <v>9292</v>
+      </c>
+      <c r="I31" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="J31" s="34">
+        <v>12</v>
+      </c>
+      <c r="K31" s="33" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L31" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M31" s="33" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A32" s="28">
+        <v>30</v>
+      </c>
+      <c r="B32" s="29"/>
+      <c r="C32" s="29"/>
+      <c r="D32" s="35" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E32" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F32" s="33" t="s">
+        <v>95</v>
+      </c>
+      <c r="G32" s="33" t="s">
+        <v>96</v>
+      </c>
+      <c r="H32" s="34">
+        <v>9292</v>
+      </c>
+      <c r="I32" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="J32" s="34">
+        <v>12</v>
+      </c>
+      <c r="K32" s="33" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L32" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M32" s="33" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A33" s="28">
+        <v>31</v>
+      </c>
+      <c r="B33" s="29"/>
+      <c r="C33" s="29"/>
+      <c r="D33" s="35" t="s">
+        <v>1628</v>
+      </c>
+      <c r="E33" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F33" s="33" t="s">
+        <v>2268</v>
+      </c>
+      <c r="G33" s="33" t="s">
+        <v>97</v>
+      </c>
+      <c r="H33" s="34">
+        <v>9292</v>
+      </c>
+      <c r="I33" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="J33" s="34">
+        <v>12</v>
+      </c>
+      <c r="K33" s="33" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L33" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M33" s="33" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A34" s="28">
+        <v>32</v>
+      </c>
+      <c r="B34" s="29"/>
+      <c r="C34" s="29"/>
+      <c r="D34" s="35" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E34" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F34" s="33" t="s">
+        <v>2269</v>
+      </c>
+      <c r="G34" s="33" t="s">
+        <v>98</v>
+      </c>
+      <c r="H34" s="34">
+        <v>9292</v>
+      </c>
+      <c r="I34" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="J34" s="34">
+        <v>12</v>
+      </c>
+      <c r="K34" s="33" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L34" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M34" s="33" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A35" s="28">
+        <v>33</v>
+      </c>
+      <c r="B35" s="29"/>
+      <c r="C35" s="29"/>
+      <c r="D35" s="35" t="s">
+        <v>1630</v>
+      </c>
+      <c r="E35" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F35" s="33" t="s">
+        <v>2270</v>
+      </c>
+      <c r="G35" s="33" t="s">
+        <v>99</v>
+      </c>
+      <c r="H35" s="34">
+        <v>9292</v>
+      </c>
+      <c r="I35" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="J35" s="34">
+        <v>12</v>
+      </c>
+      <c r="K35" s="33" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L35" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M35" s="33" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A36" s="28">
+        <v>34</v>
+      </c>
+      <c r="B36" s="29"/>
+      <c r="C36" s="29"/>
+      <c r="D36" s="35" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E36" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="33" t="s">
+        <v>2271</v>
+      </c>
+      <c r="G36" s="33" t="s">
+        <v>100</v>
+      </c>
+      <c r="H36" s="34">
+        <v>9292</v>
+      </c>
+      <c r="I36" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="J36" s="34">
+        <v>12</v>
+      </c>
+      <c r="K36" s="33" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L36" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M36" s="33" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A37" s="28">
+        <v>35</v>
+      </c>
+      <c r="B37" s="29"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="35" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E37" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F37" s="33" t="s">
+        <v>2272</v>
+      </c>
+      <c r="G37" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="H37" s="34">
+        <v>9292</v>
+      </c>
+      <c r="I37" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="J37" s="34">
+        <v>12</v>
+      </c>
+      <c r="K37" s="33" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L37" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M37" s="33" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A38" s="28">
+        <v>36</v>
+      </c>
+      <c r="B38" s="29"/>
+      <c r="C38" s="29"/>
+      <c r="D38" s="35" t="s">
+        <v>1633</v>
+      </c>
+      <c r="E38" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F38" s="33" t="s">
+        <v>2273</v>
+      </c>
+      <c r="G38" s="33" t="s">
+        <v>102</v>
+      </c>
+      <c r="H38" s="34">
+        <v>9292</v>
+      </c>
+      <c r="I38" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="J38" s="34">
+        <v>12</v>
+      </c>
+      <c r="K38" s="33" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L38" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M38" s="33" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A39" s="28">
+        <v>37</v>
+      </c>
+      <c r="B39" s="29"/>
+      <c r="C39" s="29"/>
+      <c r="D39" s="30" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E39" s="31" t="s">
+        <v>105</v>
+      </c>
+      <c r="F39" s="33" t="s">
+        <v>106</v>
+      </c>
+      <c r="G39" s="33" t="s">
+        <v>107</v>
+      </c>
+      <c r="H39" s="34">
+        <v>9399</v>
+      </c>
+      <c r="I39" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="J39" s="34">
+        <v>12</v>
+      </c>
+      <c r="K39" s="33" t="s">
+        <v>1336</v>
+      </c>
+      <c r="L39" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M39" s="33" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="28">
+        <v>38</v>
+      </c>
+      <c r="B40" s="29"/>
+      <c r="C40" s="29"/>
+      <c r="D40" s="35" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E40" s="33" t="s">
+        <v>105</v>
+      </c>
+      <c r="F40" s="33" t="s">
+        <v>108</v>
+      </c>
+      <c r="G40" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="H40" s="34">
+        <v>9399</v>
+      </c>
+      <c r="I40" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="J40" s="34">
+        <v>12</v>
+      </c>
+      <c r="K40" s="33" t="s">
+        <v>1336</v>
+      </c>
+      <c r="L40" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M40" s="33" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A41" s="28">
+        <v>39</v>
+      </c>
+      <c r="B41" s="29"/>
+      <c r="C41" s="29"/>
+      <c r="D41" s="35" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E41" s="33" t="s">
+        <v>105</v>
+      </c>
+      <c r="F41" s="33" t="s">
+        <v>2274</v>
+      </c>
+      <c r="G41" s="33" t="s">
+        <v>110</v>
+      </c>
+      <c r="H41" s="34">
+        <v>9399</v>
+      </c>
+      <c r="I41" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="J41" s="34">
+        <v>12</v>
+      </c>
+      <c r="K41" s="33" t="s">
+        <v>1336</v>
+      </c>
+      <c r="L41" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M41" s="33" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A42" s="28">
+        <v>40</v>
+      </c>
+      <c r="B42" s="29"/>
+      <c r="C42" s="29"/>
+      <c r="D42" s="35" t="s">
+        <v>1638</v>
+      </c>
+      <c r="E42" s="33" t="s">
+        <v>105</v>
+      </c>
+      <c r="F42" s="33" t="s">
+        <v>2275</v>
+      </c>
+      <c r="G42" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="H42" s="34">
+        <v>9399</v>
+      </c>
+      <c r="I42" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="J42" s="34">
+        <v>12</v>
+      </c>
+      <c r="K42" s="33" t="s">
+        <v>1336</v>
+      </c>
+      <c r="L42" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M42" s="33" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="111" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="28">
+        <v>41</v>
+      </c>
+      <c r="B43" s="22"/>
+      <c r="C43" s="22" t="s">
+        <v>103</v>
+      </c>
+      <c r="D43" s="19" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H43" s="2">
+        <v>9140</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="J43" s="2">
+        <v>12</v>
+      </c>
+      <c r="K43" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="L43" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M43" s="1" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="28">
+        <v>42</v>
+      </c>
+      <c r="B44" s="22"/>
+      <c r="C44" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H44" s="2">
+        <v>9140</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="J44" s="2">
+        <v>12</v>
+      </c>
+      <c r="K44" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="L44" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M44" s="1" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="28">
+        <v>43</v>
+      </c>
+      <c r="B45" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="C45" s="21"/>
+      <c r="D45" s="16" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E45" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="F45" s="8" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G45" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H45" s="9">
+        <v>9140</v>
+      </c>
+      <c r="I45" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="J45" s="9">
+        <v>12</v>
+      </c>
+      <c r="K45" s="8" t="s">
+        <v>1331</v>
+      </c>
+      <c r="L45" s="8" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M45" s="8" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="28">
+        <v>44</v>
+      </c>
+      <c r="B46" s="22"/>
+      <c r="C46" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H46" s="2">
+        <v>9140</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="J46" s="2">
+        <v>12</v>
+      </c>
+      <c r="K46" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="L46" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M46" s="1" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="28">
+        <v>45</v>
+      </c>
+      <c r="B47" s="29"/>
+      <c r="C47" s="29"/>
+      <c r="D47" s="35" t="s">
+        <v>1641</v>
+      </c>
+      <c r="E47" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="F47" s="33" t="s">
+        <v>84</v>
+      </c>
+      <c r="G47" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="H47" s="34">
+        <v>9140</v>
+      </c>
+      <c r="I47" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="J47" s="34">
+        <v>12</v>
+      </c>
+      <c r="K47" s="33" t="s">
+        <v>1331</v>
+      </c>
+      <c r="L47" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M47" s="33" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="28">
+        <v>46</v>
+      </c>
+      <c r="B48" s="29"/>
+      <c r="C48" s="29"/>
+      <c r="D48" s="30" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E48" s="31" t="s">
+        <v>118</v>
+      </c>
+      <c r="F48" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="G48" s="33" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H48" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I48" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J48" s="34">
+        <v>12</v>
+      </c>
+      <c r="K48" s="33" t="s">
+        <v>1339</v>
+      </c>
+      <c r="L48" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M48" s="33" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" s="20" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="28">
+        <v>47</v>
+      </c>
+      <c r="B49" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C49" s="21"/>
+      <c r="D49" s="11" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F49" s="8" t="s">
+        <v>1759</v>
+      </c>
+      <c r="G49" s="8" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H49" s="9">
+        <v>9299</v>
+      </c>
+      <c r="I49" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="J49" s="9">
+        <v>12</v>
+      </c>
+      <c r="K49" s="8" t="s">
+        <v>1339</v>
+      </c>
+      <c r="L49" s="8" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M49" s="8" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="28">
+        <v>48</v>
+      </c>
+      <c r="B50" s="29"/>
+      <c r="C50" s="29"/>
+      <c r="D50" s="30" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E50" s="31" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F50" s="33" t="s">
+        <v>2278</v>
+      </c>
+      <c r="G50" s="33" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H50" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I50" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J50" s="34">
+        <v>12</v>
+      </c>
+      <c r="K50" s="33" t="s">
+        <v>1339</v>
+      </c>
+      <c r="L50" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M50" s="33" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A51" s="28">
+        <v>49</v>
+      </c>
+      <c r="B51" s="29"/>
+      <c r="C51" s="29"/>
+      <c r="D51" s="30" t="s">
+        <v>1643</v>
+      </c>
+      <c r="E51" s="31" t="s">
+        <v>1574</v>
+      </c>
+      <c r="F51" s="33" t="s">
+        <v>1575</v>
+      </c>
+      <c r="G51" s="33" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H51" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I51" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J51" s="34">
+        <v>12</v>
+      </c>
+      <c r="K51" s="33" t="s">
+        <v>1339</v>
+      </c>
+      <c r="L51" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M51" s="33" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="28">
+        <v>50</v>
+      </c>
+      <c r="B52" s="29"/>
+      <c r="C52" s="29"/>
+      <c r="D52" s="30" t="s">
+        <v>1644</v>
+      </c>
+      <c r="E52" s="31" t="s">
+        <v>112</v>
+      </c>
+      <c r="F52" s="33" t="s">
+        <v>112</v>
+      </c>
+      <c r="G52" s="33" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H52" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I52" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J52" s="34">
+        <v>12</v>
+      </c>
+      <c r="K52" s="33" t="s">
+        <v>1339</v>
+      </c>
+      <c r="L52" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M52" s="33" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="28">
+        <v>51</v>
+      </c>
+      <c r="B53" s="29"/>
+      <c r="C53" s="29"/>
+      <c r="D53" s="30" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E53" s="31" t="s">
+        <v>1758</v>
+      </c>
+      <c r="F53" s="33" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G53" s="33" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H53" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I53" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J53" s="34">
+        <v>12</v>
+      </c>
+      <c r="K53" s="33" t="s">
+        <v>1339</v>
+      </c>
+      <c r="L53" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M53" s="33" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="28">
+        <v>52</v>
+      </c>
+      <c r="B54" s="29"/>
+      <c r="C54" s="29"/>
+      <c r="D54" s="30" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E54" s="31" t="s">
+        <v>113</v>
+      </c>
+      <c r="F54" s="33" t="s">
+        <v>114</v>
+      </c>
+      <c r="G54" s="33" t="s">
+        <v>115</v>
+      </c>
+      <c r="H54" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I54" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J54" s="34">
+        <v>12</v>
+      </c>
+      <c r="K54" s="33" t="s">
+        <v>1339</v>
+      </c>
+      <c r="L54" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M54" s="33" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="28">
+        <v>53</v>
+      </c>
+      <c r="B55" s="29"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="35" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E55" s="33" t="s">
+        <v>117</v>
+      </c>
+      <c r="F55" s="33" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G55" s="33" t="s">
+        <v>115</v>
+      </c>
+      <c r="H55" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I55" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J55" s="34">
+        <v>12</v>
+      </c>
+      <c r="K55" s="33" t="s">
+        <v>1339</v>
+      </c>
+      <c r="L55" s="33" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M55" s="33" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="28">
+        <v>54</v>
+      </c>
+      <c r="B56" s="29"/>
+      <c r="C56" s="29"/>
+      <c r="D56" s="30" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E56" s="31" t="s">
+        <v>2281</v>
+      </c>
+      <c r="F56" s="33" t="s">
+        <v>2282</v>
+      </c>
+      <c r="G56" s="33" t="s">
+        <v>155</v>
+      </c>
+      <c r="H56" s="34">
+        <v>9370</v>
+      </c>
+      <c r="I56" s="33" t="s">
+        <v>156</v>
+      </c>
+      <c r="J56" s="34">
+        <v>13</v>
+      </c>
+      <c r="K56" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L56" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M56" s="33" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A57" s="28">
+        <v>55</v>
+      </c>
+      <c r="B57" s="29"/>
+      <c r="C57" s="29"/>
+      <c r="D57" s="30" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E57" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="F57" s="33" t="s">
+        <v>121</v>
+      </c>
+      <c r="G57" s="33" t="s">
+        <v>122</v>
+      </c>
+      <c r="H57" s="34">
+        <v>9391</v>
+      </c>
+      <c r="I57" s="33" t="s">
+        <v>121</v>
+      </c>
+      <c r="J57" s="34">
+        <v>13</v>
+      </c>
+      <c r="K57" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L57" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M57" s="33" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="28">
+        <v>56</v>
+      </c>
+      <c r="B58" s="29"/>
+      <c r="C58" s="29"/>
+      <c r="D58" s="30" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E58" s="31" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F58" s="33" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G58" s="33" t="s">
+        <v>192</v>
+      </c>
+      <c r="H58" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I58" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J58" s="34">
+        <v>13</v>
+      </c>
+      <c r="K58" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L58" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M58" s="33" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="28">
+        <v>57</v>
+      </c>
+      <c r="B59" s="29"/>
+      <c r="C59" s="29"/>
+      <c r="D59" s="30" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E59" s="31" t="s">
+        <v>184</v>
+      </c>
+      <c r="F59" s="33" t="s">
+        <v>185</v>
+      </c>
+      <c r="G59" s="33" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H59" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I59" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J59" s="34">
+        <v>13</v>
+      </c>
+      <c r="K59" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L59" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M59" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="28">
+        <v>58</v>
+      </c>
+      <c r="B60" s="29"/>
+      <c r="C60" s="29"/>
+      <c r="D60" s="35" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E60" s="33" t="s">
+        <v>184</v>
+      </c>
+      <c r="F60" s="33" t="s">
+        <v>186</v>
+      </c>
+      <c r="G60" s="33" t="s">
+        <v>2285</v>
+      </c>
+      <c r="H60" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I60" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J60" s="34">
+        <v>13</v>
+      </c>
+      <c r="K60" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L60" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M60" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="28">
+        <v>59</v>
+      </c>
+      <c r="B61" s="29"/>
+      <c r="C61" s="29"/>
+      <c r="D61" s="35" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E61" s="33" t="s">
+        <v>184</v>
+      </c>
+      <c r="F61" s="33" t="s">
+        <v>187</v>
+      </c>
+      <c r="G61" s="33" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H61" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I61" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J61" s="34">
+        <v>13</v>
+      </c>
+      <c r="K61" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L61" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M61" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" ht="61.5" x14ac:dyDescent="0.25">
+      <c r="A62" s="28">
+        <v>60</v>
+      </c>
+      <c r="B62" s="29"/>
+      <c r="C62" s="29"/>
+      <c r="D62" s="35" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E62" s="33" t="s">
+        <v>184</v>
+      </c>
+      <c r="F62" s="33" t="s">
+        <v>188</v>
+      </c>
+      <c r="G62" s="33" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H62" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I62" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J62" s="34">
+        <v>13</v>
+      </c>
+      <c r="K62" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L62" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M62" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="61.5" x14ac:dyDescent="0.25">
+      <c r="A63" s="28">
+        <v>61</v>
+      </c>
+      <c r="B63" s="29"/>
+      <c r="C63" s="29"/>
+      <c r="D63" s="35" t="s">
+        <v>1651</v>
+      </c>
+      <c r="E63" s="33" t="s">
+        <v>184</v>
+      </c>
+      <c r="F63" s="33" t="s">
+        <v>189</v>
+      </c>
+      <c r="G63" s="33" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H63" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I63" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J63" s="34">
+        <v>13</v>
+      </c>
+      <c r="K63" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L63" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M63" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="28">
+        <v>62</v>
+      </c>
+      <c r="B64" s="29"/>
+      <c r="C64" s="29"/>
+      <c r="D64" s="30" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E64" s="31" t="s">
+        <v>158</v>
+      </c>
+      <c r="F64" s="33" t="s">
+        <v>159</v>
+      </c>
+      <c r="G64" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H64" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I64" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J64" s="34">
+        <v>13</v>
+      </c>
+      <c r="K64" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L64" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M64" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A65" s="28">
+        <v>63</v>
+      </c>
+      <c r="B65" s="29"/>
+      <c r="C65" s="29"/>
+      <c r="D65" s="35" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E65" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F65" s="33" t="s">
+        <v>163</v>
+      </c>
+      <c r="G65" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H65" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I65" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J65" s="34">
+        <v>13</v>
+      </c>
+      <c r="K65" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L65" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M65" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A66" s="28">
+        <v>64</v>
+      </c>
+      <c r="B66" s="29"/>
+      <c r="C66" s="29"/>
+      <c r="D66" s="35" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E66" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F66" s="33" t="s">
+        <v>164</v>
+      </c>
+      <c r="G66" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H66" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I66" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J66" s="34">
+        <v>13</v>
+      </c>
+      <c r="K66" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L66" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M66" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A67" s="28">
+        <v>65</v>
+      </c>
+      <c r="B67" s="29"/>
+      <c r="C67" s="29"/>
+      <c r="D67" s="35" t="s">
+        <v>1663</v>
+      </c>
+      <c r="E67" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F67" s="33" t="s">
+        <v>165</v>
+      </c>
+      <c r="G67" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H67" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I67" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J67" s="34">
+        <v>13</v>
+      </c>
+      <c r="K67" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L67" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M67" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A68" s="28">
+        <v>66</v>
+      </c>
+      <c r="B68" s="29"/>
+      <c r="C68" s="29"/>
+      <c r="D68" s="35" t="s">
+        <v>1664</v>
+      </c>
+      <c r="E68" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F68" s="33" t="s">
+        <v>166</v>
+      </c>
+      <c r="G68" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H68" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I68" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J68" s="34">
+        <v>13</v>
+      </c>
+      <c r="K68" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L68" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M68" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A69" s="28">
+        <v>67</v>
+      </c>
+      <c r="B69" s="29"/>
+      <c r="C69" s="29"/>
+      <c r="D69" s="35" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E69" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F69" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="G69" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H69" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I69" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J69" s="34">
+        <v>13</v>
+      </c>
+      <c r="K69" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L69" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M69" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A70" s="28">
+        <v>68</v>
+      </c>
+      <c r="B70" s="29"/>
+      <c r="C70" s="29"/>
+      <c r="D70" s="35" t="s">
+        <v>1666</v>
+      </c>
+      <c r="E70" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F70" s="33" t="s">
+        <v>168</v>
+      </c>
+      <c r="G70" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H70" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I70" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J70" s="34">
+        <v>13</v>
+      </c>
+      <c r="K70" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L70" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M70" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="28">
+        <v>69</v>
+      </c>
+      <c r="B71" s="29"/>
+      <c r="C71" s="29"/>
+      <c r="D71" s="35" t="s">
+        <v>1667</v>
+      </c>
+      <c r="E71" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F71" s="33" t="s">
+        <v>169</v>
+      </c>
+      <c r="G71" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H71" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I71" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J71" s="34">
+        <v>13</v>
+      </c>
+      <c r="K71" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L71" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M71" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="28">
+        <v>70</v>
+      </c>
+      <c r="B72" s="29"/>
+      <c r="C72" s="29"/>
+      <c r="D72" s="35" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E72" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F72" s="33" t="s">
+        <v>170</v>
+      </c>
+      <c r="G72" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H72" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I72" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J72" s="34">
+        <v>13</v>
+      </c>
+      <c r="K72" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L72" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M72" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="28">
+        <v>71</v>
+      </c>
+      <c r="B73" s="29"/>
+      <c r="C73" s="29"/>
+      <c r="D73" s="35" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E73" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F73" s="33" t="s">
+        <v>171</v>
+      </c>
+      <c r="G73" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H73" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I73" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J73" s="34">
+        <v>13</v>
+      </c>
+      <c r="K73" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L73" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M73" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="28">
+        <v>72</v>
+      </c>
+      <c r="B74" s="29"/>
+      <c r="C74" s="29"/>
+      <c r="D74" s="35" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E74" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F74" s="33" t="s">
+        <v>172</v>
+      </c>
+      <c r="G74" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H74" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I74" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J74" s="34">
+        <v>13</v>
+      </c>
+      <c r="K74" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L74" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M74" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="28">
+        <v>73</v>
+      </c>
+      <c r="B75" s="29"/>
+      <c r="C75" s="29"/>
+      <c r="D75" s="35" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E75" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F75" s="33" t="s">
+        <v>173</v>
+      </c>
+      <c r="G75" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H75" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I75" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J75" s="34">
+        <v>13</v>
+      </c>
+      <c r="K75" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L75" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M75" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="28">
+        <v>74</v>
+      </c>
+      <c r="B76" s="29"/>
+      <c r="C76" s="29"/>
+      <c r="D76" s="35" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E76" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F76" s="33" t="s">
+        <v>174</v>
+      </c>
+      <c r="G76" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H76" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I76" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J76" s="34">
+        <v>13</v>
+      </c>
+      <c r="K76" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L76" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M76" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="28">
+        <v>75</v>
+      </c>
+      <c r="B77" s="29"/>
+      <c r="C77" s="29"/>
+      <c r="D77" s="35" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E77" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F77" s="33" t="s">
+        <v>175</v>
+      </c>
+      <c r="G77" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H77" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I77" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J77" s="34">
+        <v>13</v>
+      </c>
+      <c r="K77" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L77" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M77" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="28">
+        <v>76</v>
+      </c>
+      <c r="B78" s="29"/>
+      <c r="C78" s="29"/>
+      <c r="D78" s="35" t="s">
+        <v>1674</v>
+      </c>
+      <c r="E78" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F78" s="33" t="s">
+        <v>176</v>
+      </c>
+      <c r="G78" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H78" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I78" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J78" s="34">
+        <v>13</v>
+      </c>
+      <c r="K78" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L78" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M78" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="28">
+        <v>77</v>
+      </c>
+      <c r="B79" s="29"/>
+      <c r="C79" s="29"/>
+      <c r="D79" s="35" t="s">
+        <v>1675</v>
+      </c>
+      <c r="E79" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F79" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="G79" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H79" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I79" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J79" s="34">
+        <v>13</v>
+      </c>
+      <c r="K79" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L79" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M79" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="28">
+        <v>78</v>
+      </c>
+      <c r="B80" s="29"/>
+      <c r="C80" s="29"/>
+      <c r="D80" s="35" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E80" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F80" s="33" t="s">
+        <v>178</v>
+      </c>
+      <c r="G80" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H80" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I80" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J80" s="34">
+        <v>13</v>
+      </c>
+      <c r="K80" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L80" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M80" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="28">
+        <v>79</v>
+      </c>
+      <c r="B81" s="29"/>
+      <c r="C81" s="29"/>
+      <c r="D81" s="35" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E81" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F81" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="G81" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H81" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I81" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J81" s="34">
+        <v>13</v>
+      </c>
+      <c r="K81" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L81" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M81" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="28">
+        <v>80</v>
+      </c>
+      <c r="B82" s="29"/>
+      <c r="C82" s="29"/>
+      <c r="D82" s="35" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E82" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F82" s="33" t="s">
+        <v>180</v>
+      </c>
+      <c r="G82" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H82" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I82" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J82" s="34">
+        <v>13</v>
+      </c>
+      <c r="K82" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L82" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M82" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="28">
+        <v>81</v>
+      </c>
+      <c r="B83" s="29"/>
+      <c r="C83" s="29"/>
+      <c r="D83" s="35" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E83" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F83" s="33" t="s">
+        <v>181</v>
+      </c>
+      <c r="G83" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H83" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I83" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J83" s="34">
+        <v>13</v>
+      </c>
+      <c r="K83" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L83" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M83" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="28">
+        <v>82</v>
+      </c>
+      <c r="B84" s="29"/>
+      <c r="C84" s="29"/>
+      <c r="D84" s="35" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E84" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F84" s="33" t="s">
+        <v>182</v>
+      </c>
+      <c r="G84" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H84" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I84" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J84" s="34">
+        <v>13</v>
+      </c>
+      <c r="K84" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L84" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M84" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" ht="81" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="28">
+        <v>83</v>
+      </c>
+      <c r="B85" s="29"/>
+      <c r="C85" s="29"/>
+      <c r="D85" s="35" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E85" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F85" s="33" t="s">
+        <v>183</v>
+      </c>
+      <c r="G85" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="H85" s="34">
+        <v>9214</v>
+      </c>
+      <c r="I85" s="33" t="s">
+        <v>161</v>
+      </c>
+      <c r="J85" s="34">
+        <v>13</v>
+      </c>
+      <c r="K85" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L85" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M85" s="33" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A86" s="28">
+        <v>84</v>
+      </c>
+      <c r="B86" s="29"/>
+      <c r="C86" s="29"/>
+      <c r="D86" s="30" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E86" s="31" t="s">
+        <v>190</v>
+      </c>
+      <c r="F86" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="G86" s="33" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H86" s="34">
+        <v>9350</v>
+      </c>
+      <c r="I86" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="J86" s="34">
+        <v>13</v>
+      </c>
+      <c r="K86" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="L86" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M86" s="33" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="28">
+        <v>85</v>
+      </c>
+      <c r="B87" s="29"/>
+      <c r="C87" s="29"/>
+      <c r="D87" s="30" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E87" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="F87" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="G87" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H87" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I87" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J87" s="34">
+        <v>13</v>
+      </c>
+      <c r="K87" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L87" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M87" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="28">
+        <v>86</v>
+      </c>
+      <c r="B88" s="29"/>
+      <c r="C88" s="29"/>
+      <c r="D88" s="35" t="s">
+        <v>1366</v>
+      </c>
+      <c r="E88" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F88" s="33" t="s">
+        <v>132</v>
+      </c>
+      <c r="G88" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H88" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I88" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J88" s="34">
+        <v>13</v>
+      </c>
+      <c r="K88" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L88" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M88" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A89" s="28">
+        <v>87</v>
+      </c>
+      <c r="B89" s="29"/>
+      <c r="C89" s="29"/>
+      <c r="D89" s="35" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E89" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F89" s="33" t="s">
+        <v>133</v>
+      </c>
+      <c r="G89" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H89" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I89" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J89" s="34">
+        <v>13</v>
+      </c>
+      <c r="K89" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L89" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M89" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="28">
+        <v>88</v>
+      </c>
+      <c r="B90" s="29"/>
+      <c r="C90" s="29"/>
+      <c r="D90" s="35" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E90" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F90" s="33" t="s">
+        <v>134</v>
+      </c>
+      <c r="G90" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H90" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I90" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J90" s="34">
+        <v>13</v>
+      </c>
+      <c r="K90" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L90" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M90" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A91" s="28">
+        <v>89</v>
+      </c>
+      <c r="B91" s="29"/>
+      <c r="C91" s="29"/>
+      <c r="D91" s="35" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E91" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F91" s="33" t="s">
+        <v>135</v>
+      </c>
+      <c r="G91" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H91" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I91" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J91" s="34">
+        <v>13</v>
+      </c>
+      <c r="K91" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L91" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M91" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A92" s="28">
+        <v>90</v>
+      </c>
+      <c r="B92" s="29"/>
+      <c r="C92" s="29"/>
+      <c r="D92" s="35" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E92" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F92" s="33" t="s">
+        <v>136</v>
+      </c>
+      <c r="G92" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H92" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I92" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J92" s="34">
+        <v>13</v>
+      </c>
+      <c r="K92" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L92" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M92" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A93" s="28">
+        <v>91</v>
+      </c>
+      <c r="B93" s="29"/>
+      <c r="C93" s="29"/>
+      <c r="D93" s="35" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E93" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F93" s="33" t="s">
+        <v>137</v>
+      </c>
+      <c r="G93" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H93" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I93" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J93" s="34">
+        <v>13</v>
+      </c>
+      <c r="K93" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L93" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M93" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A94" s="28">
+        <v>92</v>
+      </c>
+      <c r="B94" s="29"/>
+      <c r="C94" s="29"/>
+      <c r="D94" s="35" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E94" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F94" s="33" t="s">
+        <v>138</v>
+      </c>
+      <c r="G94" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H94" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I94" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J94" s="34">
+        <v>13</v>
+      </c>
+      <c r="K94" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L94" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M94" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A95" s="28">
+        <v>93</v>
+      </c>
+      <c r="B95" s="29"/>
+      <c r="C95" s="29"/>
+      <c r="D95" s="35" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E95" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F95" s="33" t="s">
+        <v>139</v>
+      </c>
+      <c r="G95" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H95" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I95" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J95" s="34">
+        <v>13</v>
+      </c>
+      <c r="K95" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L95" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M95" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A96" s="28">
+        <v>94</v>
+      </c>
+      <c r="B96" s="29"/>
+      <c r="C96" s="29"/>
+      <c r="D96" s="35" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E96" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F96" s="33" t="s">
+        <v>140</v>
+      </c>
+      <c r="G96" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H96" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I96" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J96" s="34">
+        <v>13</v>
+      </c>
+      <c r="K96" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L96" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M96" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A97" s="28">
+        <v>95</v>
+      </c>
+      <c r="B97" s="29"/>
+      <c r="C97" s="29"/>
+      <c r="D97" s="35" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E97" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="F97" s="33" t="s">
+        <v>141</v>
+      </c>
+      <c r="G97" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H97" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I97" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J97" s="34">
+        <v>13</v>
+      </c>
+      <c r="K97" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L97" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M97" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A98" s="28">
+        <v>96</v>
+      </c>
+      <c r="B98" s="29"/>
+      <c r="C98" s="29"/>
+      <c r="D98" s="30" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E98" s="31" t="s">
+        <v>142</v>
+      </c>
+      <c r="F98" s="33" t="s">
+        <v>143</v>
+      </c>
+      <c r="G98" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H98" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I98" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J98" s="34">
+        <v>13</v>
+      </c>
+      <c r="K98" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L98" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M98" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A99" s="28">
+        <v>97</v>
+      </c>
+      <c r="B99" s="29"/>
+      <c r="C99" s="29"/>
+      <c r="D99" s="35" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E99" s="33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F99" s="33" t="s">
+        <v>144</v>
+      </c>
+      <c r="G99" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H99" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I99" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J99" s="34">
+        <v>13</v>
+      </c>
+      <c r="K99" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L99" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M99" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A100" s="28">
+        <v>98</v>
+      </c>
+      <c r="B100" s="29"/>
+      <c r="C100" s="29"/>
+      <c r="D100" s="35" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E100" s="33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F100" s="33" t="s">
+        <v>145</v>
+      </c>
+      <c r="G100" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H100" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I100" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J100" s="34">
+        <v>13</v>
+      </c>
+      <c r="K100" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L100" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M100" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A101" s="28">
+        <v>99</v>
+      </c>
+      <c r="B101" s="29"/>
+      <c r="C101" s="29"/>
+      <c r="D101" s="35" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E101" s="33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F101" s="33" t="s">
+        <v>146</v>
+      </c>
+      <c r="G101" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H101" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I101" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J101" s="34">
+        <v>13</v>
+      </c>
+      <c r="K101" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L101" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M101" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A102" s="28">
+        <v>100</v>
+      </c>
+      <c r="B102" s="29"/>
+      <c r="C102" s="29"/>
+      <c r="D102" s="35" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E102" s="33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F102" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="G102" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H102" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I102" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J102" s="34">
+        <v>13</v>
+      </c>
+      <c r="K102" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L102" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M102" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A103" s="28">
+        <v>101</v>
+      </c>
+      <c r="B103" s="29"/>
+      <c r="C103" s="29"/>
+      <c r="D103" s="35" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E103" s="33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F103" s="33" t="s">
+        <v>148</v>
+      </c>
+      <c r="G103" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H103" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I103" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J103" s="34">
+        <v>13</v>
+      </c>
+      <c r="K103" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L103" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M103" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A104" s="28">
+        <v>102</v>
+      </c>
+      <c r="B104" s="29"/>
+      <c r="C104" s="29"/>
+      <c r="D104" s="35" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E104" s="33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F104" s="33" t="s">
+        <v>149</v>
+      </c>
+      <c r="G104" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H104" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I104" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J104" s="34">
+        <v>13</v>
+      </c>
+      <c r="K104" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L104" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M104" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A105" s="28">
+        <v>103</v>
+      </c>
+      <c r="B105" s="29"/>
+      <c r="C105" s="29"/>
+      <c r="D105" s="35" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E105" s="33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F105" s="33" t="s">
+        <v>150</v>
+      </c>
+      <c r="G105" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="H105" s="34">
+        <v>9340</v>
+      </c>
+      <c r="I105" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="J105" s="34">
+        <v>13</v>
+      </c>
+      <c r="K105" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L105" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M105" s="33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="28">
+        <v>104</v>
+      </c>
+      <c r="B106" s="29"/>
+      <c r="C106" s="29"/>
+      <c r="D106" s="30" t="s">
+        <v>1384</v>
+      </c>
+      <c r="E106" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="F106" s="33" t="s">
+        <v>151</v>
+      </c>
+      <c r="G106" s="33" t="s">
+        <v>152</v>
+      </c>
+      <c r="H106" s="34">
+        <v>9260</v>
+      </c>
+      <c r="I106" s="33" t="s">
+        <v>153</v>
+      </c>
+      <c r="J106" s="34">
+        <v>13</v>
+      </c>
+      <c r="K106" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L106" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M106" s="33" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A107" s="28">
+        <v>105</v>
+      </c>
+      <c r="B107" s="29"/>
+      <c r="C107" s="29"/>
+      <c r="D107" s="30" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E107" s="31" t="s">
+        <v>204</v>
+      </c>
+      <c r="F107" s="33" t="s">
+        <v>204</v>
+      </c>
+      <c r="G107" s="33" t="s">
+        <v>205</v>
+      </c>
+      <c r="H107" s="34">
+        <v>9138</v>
+      </c>
+      <c r="I107" s="33" t="s">
+        <v>206</v>
+      </c>
+      <c r="J107" s="34">
         <v>14</v>
       </c>
-      <c r="G3" s="18" t="s">
+      <c r="K107" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L107" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M107" s="33" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A108" s="28">
+        <v>106</v>
+      </c>
+      <c r="B108" s="29"/>
+      <c r="C108" s="29"/>
+      <c r="D108" s="30" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E108" s="31" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F108" s="33" t="s">
+        <v>1761</v>
+      </c>
+      <c r="G108" s="33" t="s">
+        <v>2287</v>
+      </c>
+      <c r="H108" s="34">
+        <v>9138</v>
+      </c>
+      <c r="I108" s="33" t="s">
+        <v>206</v>
+      </c>
+      <c r="J108" s="34">
+        <v>14</v>
+      </c>
+      <c r="K108" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L108" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M108" s="33" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A109" s="28">
+        <v>107</v>
+      </c>
+      <c r="B109" s="29"/>
+      <c r="C109" s="29"/>
+      <c r="D109" s="30" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E109" s="31" t="s">
+        <v>194</v>
+      </c>
+      <c r="F109" s="33" t="s">
+        <v>195</v>
+      </c>
+      <c r="G109" s="33" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H109" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I109" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J109" s="34">
+        <v>14</v>
+      </c>
+      <c r="K109" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L109" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M109" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A110" s="28">
+        <v>108</v>
+      </c>
+      <c r="B110" s="29"/>
+      <c r="C110" s="29"/>
+      <c r="D110" s="35" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E110" s="33" t="s">
+        <v>194</v>
+      </c>
+      <c r="F110" s="33" t="s">
+        <v>200</v>
+      </c>
+      <c r="G110" s="33" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H110" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I110" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J110" s="34">
+        <v>14</v>
+      </c>
+      <c r="K110" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L110" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M110" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A111" s="28">
+        <v>109</v>
+      </c>
+      <c r="B111" s="29"/>
+      <c r="C111" s="29"/>
+      <c r="D111" s="35" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E111" s="33" t="s">
+        <v>194</v>
+      </c>
+      <c r="F111" s="33" t="s">
+        <v>201</v>
+      </c>
+      <c r="G111" s="33" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H111" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I111" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J111" s="34">
+        <v>14</v>
+      </c>
+      <c r="K111" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L111" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M111" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A112" s="28">
+        <v>110</v>
+      </c>
+      <c r="B112" s="29"/>
+      <c r="C112" s="29"/>
+      <c r="D112" s="35" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E112" s="33" t="s">
+        <v>194</v>
+      </c>
+      <c r="F112" s="33" t="s">
+        <v>202</v>
+      </c>
+      <c r="G112" s="33" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H112" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I112" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J112" s="34">
+        <v>14</v>
+      </c>
+      <c r="K112" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L112" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M112" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A113" s="28">
+        <v>111</v>
+      </c>
+      <c r="B113" s="29"/>
+      <c r="C113" s="29"/>
+      <c r="D113" s="35" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E113" s="33" t="s">
+        <v>194</v>
+      </c>
+      <c r="F113" s="33" t="s">
+        <v>203</v>
+      </c>
+      <c r="G113" s="33" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H113" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I113" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J113" s="34">
+        <v>14</v>
+      </c>
+      <c r="K113" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L113" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M113" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A114" s="28">
+        <v>112</v>
+      </c>
+      <c r="B114" s="29"/>
+      <c r="C114" s="29"/>
+      <c r="D114" s="30" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E114" s="31" t="s">
+        <v>269</v>
+      </c>
+      <c r="F114" s="33" t="s">
+        <v>270</v>
+      </c>
+      <c r="G114" s="33" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H114" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I114" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J114" s="34">
+        <v>14</v>
+      </c>
+      <c r="K114" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L114" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M114" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A115" s="28">
+        <v>113</v>
+      </c>
+      <c r="B115" s="29"/>
+      <c r="C115" s="29"/>
+      <c r="D115" s="35" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E115" s="33" t="s">
+        <v>269</v>
+      </c>
+      <c r="F115" s="33" t="s">
+        <v>271</v>
+      </c>
+      <c r="G115" s="33" t="s">
+        <v>2294</v>
+      </c>
+      <c r="H115" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I115" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J115" s="34">
+        <v>14</v>
+      </c>
+      <c r="K115" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L115" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M115" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A116" s="28">
+        <v>114</v>
+      </c>
+      <c r="B116" s="29"/>
+      <c r="C116" s="29"/>
+      <c r="D116" s="35" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E116" s="33" t="s">
+        <v>269</v>
+      </c>
+      <c r="F116" s="33" t="s">
+        <v>272</v>
+      </c>
+      <c r="G116" s="33" t="s">
+        <v>2295</v>
+      </c>
+      <c r="H116" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I116" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J116" s="34">
+        <v>14</v>
+      </c>
+      <c r="K116" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L116" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M116" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A117" s="28">
+        <v>115</v>
+      </c>
+      <c r="B117" s="29"/>
+      <c r="C117" s="29"/>
+      <c r="D117" s="35" t="s">
+        <v>1655</v>
+      </c>
+      <c r="E117" s="33" t="s">
+        <v>269</v>
+      </c>
+      <c r="F117" s="33" t="s">
+        <v>273</v>
+      </c>
+      <c r="G117" s="33" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H117" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I117" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J117" s="34">
+        <v>14</v>
+      </c>
+      <c r="K117" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L117" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M117" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A118" s="28">
+        <v>116</v>
+      </c>
+      <c r="B118" s="29"/>
+      <c r="C118" s="29"/>
+      <c r="D118" s="30" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E118" s="31" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F118" s="33" t="s">
+        <v>1763</v>
+      </c>
+      <c r="G118" s="33" t="s">
+        <v>2297</v>
+      </c>
+      <c r="H118" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I118" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J118" s="34">
+        <v>14</v>
+      </c>
+      <c r="K118" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L118" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M118" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A119" s="28">
+        <v>117</v>
+      </c>
+      <c r="B119" s="29"/>
+      <c r="C119" s="29"/>
+      <c r="D119" s="35" t="s">
+        <v>1657</v>
+      </c>
+      <c r="E119" s="33" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F119" s="33" t="s">
+        <v>1764</v>
+      </c>
+      <c r="G119" s="33" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H119" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I119" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J119" s="34">
+        <v>14</v>
+      </c>
+      <c r="K119" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L119" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M119" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A120" s="28">
+        <v>118</v>
+      </c>
+      <c r="B120" s="29"/>
+      <c r="C120" s="29"/>
+      <c r="D120" s="35" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E120" s="33" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F120" s="33" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G120" s="33" t="s">
+        <v>2299</v>
+      </c>
+      <c r="H120" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I120" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J120" s="34">
+        <v>14</v>
+      </c>
+      <c r="K120" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L120" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M120" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A121" s="28">
+        <v>119</v>
+      </c>
+      <c r="B121" s="29"/>
+      <c r="C121" s="29"/>
+      <c r="D121" s="35" t="s">
+        <v>1683</v>
+      </c>
+      <c r="E121" s="33" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F121" s="33" t="s">
+        <v>1766</v>
+      </c>
+      <c r="G121" s="33" t="s">
+        <v>2300</v>
+      </c>
+      <c r="H121" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I121" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J121" s="34">
+        <v>14</v>
+      </c>
+      <c r="K121" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L121" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M121" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A122" s="28">
+        <v>120</v>
+      </c>
+      <c r="B122" s="29"/>
+      <c r="C122" s="29"/>
+      <c r="D122" s="30" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E122" s="31" t="s">
+        <v>254</v>
+      </c>
+      <c r="F122" s="33" t="s">
+        <v>255</v>
+      </c>
+      <c r="G122" s="33" t="s">
+        <v>256</v>
+      </c>
+      <c r="H122" s="34">
+        <v>9295</v>
+      </c>
+      <c r="I122" s="33" t="s">
+        <v>257</v>
+      </c>
+      <c r="J122" s="34">
+        <v>14</v>
+      </c>
+      <c r="K122" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L122" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M122" s="33" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A123" s="28">
+        <v>121</v>
+      </c>
+      <c r="B123" s="29"/>
+      <c r="C123" s="29"/>
+      <c r="D123" s="35" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E123" s="33" t="s">
+        <v>254</v>
+      </c>
+      <c r="F123" s="33" t="s">
+        <v>259</v>
+      </c>
+      <c r="G123" s="33" t="s">
+        <v>256</v>
+      </c>
+      <c r="H123" s="34">
+        <v>9295</v>
+      </c>
+      <c r="I123" s="33" t="s">
+        <v>257</v>
+      </c>
+      <c r="J123" s="34">
+        <v>14</v>
+      </c>
+      <c r="K123" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L123" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M123" s="33" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A124" s="28">
+        <v>122</v>
+      </c>
+      <c r="B124" s="29"/>
+      <c r="C124" s="29"/>
+      <c r="D124" s="35" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E124" s="33" t="s">
+        <v>254</v>
+      </c>
+      <c r="F124" s="33" t="s">
+        <v>260</v>
+      </c>
+      <c r="G124" s="33" t="s">
+        <v>256</v>
+      </c>
+      <c r="H124" s="34">
+        <v>9295</v>
+      </c>
+      <c r="I124" s="33" t="s">
+        <v>257</v>
+      </c>
+      <c r="J124" s="34">
+        <v>14</v>
+      </c>
+      <c r="K124" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L124" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M124" s="33" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="28">
+        <v>123</v>
+      </c>
+      <c r="B125" s="29"/>
+      <c r="C125" s="29"/>
+      <c r="D125" s="30" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E125" s="31" t="s">
+        <v>274</v>
+      </c>
+      <c r="F125" s="33" t="s">
+        <v>275</v>
+      </c>
+      <c r="G125" s="33" t="s">
+        <v>2301</v>
+      </c>
+      <c r="H125" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I125" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J125" s="34">
+        <v>14</v>
+      </c>
+      <c r="K125" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L125" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M125" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="28">
+        <v>124</v>
+      </c>
+      <c r="B126" s="29"/>
+      <c r="C126" s="29"/>
+      <c r="D126" s="35" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E126" s="33" t="s">
+        <v>274</v>
+      </c>
+      <c r="F126" s="33" t="s">
+        <v>276</v>
+      </c>
+      <c r="G126" s="33" t="s">
+        <v>2302</v>
+      </c>
+      <c r="H126" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I126" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J126" s="34">
+        <v>14</v>
+      </c>
+      <c r="K126" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L126" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M126" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="28">
+        <v>125</v>
+      </c>
+      <c r="B127" s="29"/>
+      <c r="C127" s="29"/>
+      <c r="D127" s="35" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E127" s="33" t="s">
+        <v>274</v>
+      </c>
+      <c r="F127" s="33" t="s">
+        <v>277</v>
+      </c>
+      <c r="G127" s="33" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H127" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I127" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J127" s="34">
+        <v>14</v>
+      </c>
+      <c r="K127" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L127" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M127" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="28">
+        <v>126</v>
+      </c>
+      <c r="B128" s="29"/>
+      <c r="C128" s="29"/>
+      <c r="D128" s="35" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E128" s="33" t="s">
+        <v>274</v>
+      </c>
+      <c r="F128" s="33" t="s">
+        <v>278</v>
+      </c>
+      <c r="G128" s="33" t="s">
+        <v>2304</v>
+      </c>
+      <c r="H128" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I128" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J128" s="34">
+        <v>14</v>
+      </c>
+      <c r="K128" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L128" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M128" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="28">
+        <v>127</v>
+      </c>
+      <c r="B129" s="29"/>
+      <c r="C129" s="29"/>
+      <c r="D129" s="35" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E129" s="33" t="s">
+        <v>274</v>
+      </c>
+      <c r="F129" s="33" t="s">
+        <v>279</v>
+      </c>
+      <c r="G129" s="33" t="s">
+        <v>2305</v>
+      </c>
+      <c r="H129" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I129" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J129" s="34">
+        <v>14</v>
+      </c>
+      <c r="K129" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L129" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M129" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="28">
+        <v>128</v>
+      </c>
+      <c r="B130" s="29"/>
+      <c r="C130" s="29"/>
+      <c r="D130" s="30" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E130" s="31" t="s">
+        <v>299</v>
+      </c>
+      <c r="F130" s="33" t="s">
+        <v>300</v>
+      </c>
+      <c r="G130" s="33" t="s">
+        <v>301</v>
+      </c>
+      <c r="H130" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I130" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J130" s="34">
+        <v>14</v>
+      </c>
+      <c r="K130" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L130" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M130" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A131" s="28">
+        <v>129</v>
+      </c>
+      <c r="B131" s="29"/>
+      <c r="C131" s="29"/>
+      <c r="D131" s="35" t="s">
+        <v>1399</v>
+      </c>
+      <c r="E131" s="33" t="s">
+        <v>299</v>
+      </c>
+      <c r="F131" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="G131" s="33" t="s">
+        <v>301</v>
+      </c>
+      <c r="H131" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I131" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J131" s="34">
+        <v>14</v>
+      </c>
+      <c r="K131" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L131" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M131" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="28">
+        <v>130</v>
+      </c>
+      <c r="B132" s="29"/>
+      <c r="C132" s="29"/>
+      <c r="D132" s="35" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E132" s="33" t="s">
+        <v>299</v>
+      </c>
+      <c r="F132" s="33" t="s">
+        <v>303</v>
+      </c>
+      <c r="G132" s="33" t="s">
+        <v>301</v>
+      </c>
+      <c r="H132" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I132" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J132" s="34">
+        <v>14</v>
+      </c>
+      <c r="K132" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L132" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M132" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A133" s="28">
+        <v>131</v>
+      </c>
+      <c r="B133" s="29"/>
+      <c r="C133" s="29"/>
+      <c r="D133" s="30" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E133" s="31" t="s">
+        <v>280</v>
+      </c>
+      <c r="F133" s="33" t="s">
+        <v>281</v>
+      </c>
+      <c r="G133" s="33" t="s">
+        <v>2306</v>
+      </c>
+      <c r="H133" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I133" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J133" s="34">
+        <v>14</v>
+      </c>
+      <c r="K133" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L133" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M133" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A134" s="28">
+        <v>132</v>
+      </c>
+      <c r="B134" s="29"/>
+      <c r="C134" s="29"/>
+      <c r="D134" s="35" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E134" s="33" t="s">
+        <v>280</v>
+      </c>
+      <c r="F134" s="33" t="s">
+        <v>282</v>
+      </c>
+      <c r="G134" s="33" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H134" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I134" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J134" s="34">
+        <v>14</v>
+      </c>
+      <c r="K134" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L134" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M134" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A135" s="28">
+        <v>133</v>
+      </c>
+      <c r="B135" s="29"/>
+      <c r="C135" s="29"/>
+      <c r="D135" s="35" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E135" s="33" t="s">
+        <v>280</v>
+      </c>
+      <c r="F135" s="33" t="s">
+        <v>283</v>
+      </c>
+      <c r="G135" s="33" t="s">
+        <v>2308</v>
+      </c>
+      <c r="H135" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I135" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J135" s="34">
+        <v>14</v>
+      </c>
+      <c r="K135" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L135" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M135" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A136" s="28">
+        <v>134</v>
+      </c>
+      <c r="B136" s="29"/>
+      <c r="C136" s="29"/>
+      <c r="D136" s="35" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E136" s="33" t="s">
+        <v>280</v>
+      </c>
+      <c r="F136" s="33" t="s">
+        <v>284</v>
+      </c>
+      <c r="G136" s="33" t="s">
+        <v>2308</v>
+      </c>
+      <c r="H136" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I136" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J136" s="34">
+        <v>14</v>
+      </c>
+      <c r="K136" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L136" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M136" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A137" s="28">
+        <v>135</v>
+      </c>
+      <c r="B137" s="29"/>
+      <c r="C137" s="29"/>
+      <c r="D137" s="35" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E137" s="33" t="s">
+        <v>280</v>
+      </c>
+      <c r="F137" s="33" t="s">
+        <v>285</v>
+      </c>
+      <c r="G137" s="33" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H137" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I137" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J137" s="34">
+        <v>14</v>
+      </c>
+      <c r="K137" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L137" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M137" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A138" s="28">
+        <v>136</v>
+      </c>
+      <c r="B138" s="29"/>
+      <c r="C138" s="29"/>
+      <c r="D138" s="35" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E138" s="33" t="s">
+        <v>280</v>
+      </c>
+      <c r="F138" s="33" t="s">
+        <v>286</v>
+      </c>
+      <c r="G138" s="33" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H138" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I138" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J138" s="34">
+        <v>14</v>
+      </c>
+      <c r="K138" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L138" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M138" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A139" s="28">
+        <v>137</v>
+      </c>
+      <c r="B139" s="29"/>
+      <c r="C139" s="29"/>
+      <c r="D139" s="35" t="s">
+        <v>1691</v>
+      </c>
+      <c r="E139" s="33" t="s">
+        <v>280</v>
+      </c>
+      <c r="F139" s="33" t="s">
+        <v>287</v>
+      </c>
+      <c r="G139" s="33" t="s">
+        <v>2310</v>
+      </c>
+      <c r="H139" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I139" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J139" s="34">
+        <v>14</v>
+      </c>
+      <c r="K139" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L139" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M139" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" ht="73.5" x14ac:dyDescent="0.25">
+      <c r="A140" s="28">
+        <v>138</v>
+      </c>
+      <c r="B140" s="29"/>
+      <c r="C140" s="29"/>
+      <c r="D140" s="30" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E140" s="31" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F140" s="33" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G140" s="33" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H140" s="34">
+        <v>9186</v>
+      </c>
+      <c r="I140" s="33" t="s">
+        <v>1249</v>
+      </c>
+      <c r="J140" s="34">
+        <v>14</v>
+      </c>
+      <c r="K140" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L140" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M140" s="33" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" ht="73.5" x14ac:dyDescent="0.25">
+      <c r="A141" s="28">
+        <v>139</v>
+      </c>
+      <c r="B141" s="29"/>
+      <c r="C141" s="29"/>
+      <c r="D141" s="35" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E141" s="33" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F141" s="33" t="s">
+        <v>2312</v>
+      </c>
+      <c r="G141" s="33" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H141" s="34">
+        <v>9186</v>
+      </c>
+      <c r="I141" s="33" t="s">
+        <v>1249</v>
+      </c>
+      <c r="J141" s="34">
+        <v>80</v>
+      </c>
+      <c r="K141" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L141" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M141" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="28">
+        <v>140</v>
+      </c>
+      <c r="B142" s="29"/>
+      <c r="C142" s="29"/>
+      <c r="D142" s="30" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E142" s="31" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F142" s="33" t="s">
+        <v>1264</v>
+      </c>
+      <c r="G142" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H142" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I142" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J142" s="34">
+        <v>14</v>
+      </c>
+      <c r="K142" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L142" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M142" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="28">
+        <v>141</v>
+      </c>
+      <c r="B143" s="29"/>
+      <c r="C143" s="29"/>
+      <c r="D143" s="35" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E143" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F143" s="33" t="s">
+        <v>1267</v>
+      </c>
+      <c r="G143" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H143" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I143" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J143" s="34">
+        <v>14</v>
+      </c>
+      <c r="K143" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L143" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M143" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="28">
+        <v>142</v>
+      </c>
+      <c r="B144" s="29"/>
+      <c r="C144" s="29"/>
+      <c r="D144" s="35" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E144" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F144" s="33" t="s">
+        <v>1268</v>
+      </c>
+      <c r="G144" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H144" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I144" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J144" s="34">
+        <v>14</v>
+      </c>
+      <c r="K144" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L144" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M144" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="28">
+        <v>143</v>
+      </c>
+      <c r="B145" s="29"/>
+      <c r="C145" s="29"/>
+      <c r="D145" s="35" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E145" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F145" s="33" t="s">
+        <v>2313</v>
+      </c>
+      <c r="G145" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H145" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I145" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J145" s="34">
+        <v>11</v>
+      </c>
+      <c r="K145" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L145" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M145" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="28">
+        <v>144</v>
+      </c>
+      <c r="B146" s="29"/>
+      <c r="C146" s="29"/>
+      <c r="D146" s="35" t="s">
+        <v>1405</v>
+      </c>
+      <c r="E146" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F146" s="33" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G146" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H146" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I146" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J146" s="34">
+        <v>14</v>
+      </c>
+      <c r="K146" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L146" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M146" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" ht="111" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="28">
+        <v>145</v>
+      </c>
+      <c r="B147" s="29"/>
+      <c r="C147" s="29"/>
+      <c r="D147" s="35" t="s">
+        <v>1405</v>
+      </c>
+      <c r="E147" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F147" s="33" t="s">
+        <v>2314</v>
+      </c>
+      <c r="G147" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H147" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I147" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J147" s="34">
+        <v>11</v>
+      </c>
+      <c r="K147" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L147" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M147" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="28">
+        <v>146</v>
+      </c>
+      <c r="B148" s="29"/>
+      <c r="C148" s="29"/>
+      <c r="D148" s="35" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E148" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F148" s="33" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G148" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H148" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I148" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J148" s="34">
+        <v>14</v>
+      </c>
+      <c r="K148" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L148" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M148" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="28">
+        <v>147</v>
+      </c>
+      <c r="B149" s="29"/>
+      <c r="C149" s="29"/>
+      <c r="D149" s="35" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E149" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F149" s="33" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G149" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H149" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I149" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J149" s="34">
+        <v>14</v>
+      </c>
+      <c r="K149" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L149" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M149" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="28">
+        <v>148</v>
+      </c>
+      <c r="B150" s="29"/>
+      <c r="C150" s="29"/>
+      <c r="D150" s="35" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E150" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F150" s="33" t="s">
+        <v>2315</v>
+      </c>
+      <c r="G150" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H150" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I150" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J150" s="34">
+        <v>11</v>
+      </c>
+      <c r="K150" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L150" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M150" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="28">
+        <v>149</v>
+      </c>
+      <c r="B151" s="29"/>
+      <c r="C151" s="29"/>
+      <c r="D151" s="35" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E151" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F151" s="33" t="s">
+        <v>2316</v>
+      </c>
+      <c r="G151" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H151" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I151" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J151" s="34">
+        <v>14</v>
+      </c>
+      <c r="K151" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L151" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M151" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A152" s="28">
+        <v>150</v>
+      </c>
+      <c r="B152" s="29"/>
+      <c r="C152" s="29"/>
+      <c r="D152" s="35" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E152" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F152" s="33" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G152" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H152" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I152" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J152" s="34">
+        <v>14</v>
+      </c>
+      <c r="K152" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L152" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M152" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="28">
+        <v>151</v>
+      </c>
+      <c r="B153" s="29"/>
+      <c r="C153" s="29"/>
+      <c r="D153" s="35" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E153" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F153" s="33" t="s">
+        <v>2317</v>
+      </c>
+      <c r="G153" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H153" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I153" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J153" s="34">
+        <v>11</v>
+      </c>
+      <c r="K153" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L153" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M153" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A154" s="28">
+        <v>152</v>
+      </c>
+      <c r="B154" s="29"/>
+      <c r="C154" s="29"/>
+      <c r="D154" s="35" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E154" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F154" s="33" t="s">
+        <v>2318</v>
+      </c>
+      <c r="G154" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H154" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I154" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J154" s="34">
+        <v>14</v>
+      </c>
+      <c r="K154" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L154" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M154" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A155" s="28">
+        <v>153</v>
+      </c>
+      <c r="B155" s="29"/>
+      <c r="C155" s="29"/>
+      <c r="D155" s="35" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E155" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F155" s="33" t="s">
+        <v>1273</v>
+      </c>
+      <c r="G155" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H155" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I155" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J155" s="34">
+        <v>14</v>
+      </c>
+      <c r="K155" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L155" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M155" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A156" s="28">
+        <v>154</v>
+      </c>
+      <c r="B156" s="29"/>
+      <c r="C156" s="29"/>
+      <c r="D156" s="35" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E156" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F156" s="33" t="s">
+        <v>2319</v>
+      </c>
+      <c r="G156" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H156" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I156" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J156" s="34">
+        <v>11</v>
+      </c>
+      <c r="K156" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L156" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M156" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A157" s="28">
+        <v>155</v>
+      </c>
+      <c r="B157" s="29"/>
+      <c r="C157" s="29"/>
+      <c r="D157" s="35" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E157" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F157" s="33" t="s">
+        <v>2320</v>
+      </c>
+      <c r="G157" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H157" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I157" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J157" s="34">
+        <v>14</v>
+      </c>
+      <c r="K157" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L157" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M157" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A158" s="28">
+        <v>156</v>
+      </c>
+      <c r="B158" s="29"/>
+      <c r="C158" s="29"/>
+      <c r="D158" s="35" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E158" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F158" s="33" t="s">
+        <v>1274</v>
+      </c>
+      <c r="G158" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H158" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I158" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J158" s="34">
+        <v>14</v>
+      </c>
+      <c r="K158" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L158" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M158" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A159" s="28">
+        <v>157</v>
+      </c>
+      <c r="B159" s="29"/>
+      <c r="C159" s="29"/>
+      <c r="D159" s="35" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E159" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F159" s="33" t="s">
+        <v>2321</v>
+      </c>
+      <c r="G159" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H159" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I159" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J159" s="34">
+        <v>14</v>
+      </c>
+      <c r="K159" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L159" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M159" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A160" s="28">
+        <v>158</v>
+      </c>
+      <c r="B160" s="29"/>
+      <c r="C160" s="29"/>
+      <c r="D160" s="35" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E160" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F160" s="33" t="s">
+        <v>1275</v>
+      </c>
+      <c r="G160" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H160" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I160" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J160" s="34">
+        <v>14</v>
+      </c>
+      <c r="K160" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L160" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M160" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A161" s="28">
+        <v>159</v>
+      </c>
+      <c r="B161" s="29"/>
+      <c r="C161" s="29"/>
+      <c r="D161" s="35" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E161" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F161" s="33" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G161" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H161" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I161" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J161" s="34">
+        <v>14</v>
+      </c>
+      <c r="K161" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L161" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M161" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A162" s="28">
+        <v>160</v>
+      </c>
+      <c r="B162" s="29"/>
+      <c r="C162" s="29"/>
+      <c r="D162" s="35" t="s">
+        <v>1698</v>
+      </c>
+      <c r="E162" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F162" s="33" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G162" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H162" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I162" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J162" s="34">
+        <v>14</v>
+      </c>
+      <c r="K162" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L162" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M162" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A163" s="28">
+        <v>161</v>
+      </c>
+      <c r="B163" s="29"/>
+      <c r="C163" s="29"/>
+      <c r="D163" s="35" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E163" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F163" s="33" t="s">
+        <v>1278</v>
+      </c>
+      <c r="G163" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H163" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I163" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J163" s="34">
+        <v>14</v>
+      </c>
+      <c r="K163" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L163" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M163" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A164" s="28">
+        <v>162</v>
+      </c>
+      <c r="B164" s="29"/>
+      <c r="C164" s="29"/>
+      <c r="D164" s="35" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E164" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F164" s="33" t="s">
+        <v>1279</v>
+      </c>
+      <c r="G164" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H164" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I164" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J164" s="34">
+        <v>14</v>
+      </c>
+      <c r="K164" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L164" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M164" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A165" s="28">
+        <v>163</v>
+      </c>
+      <c r="B165" s="29"/>
+      <c r="C165" s="29"/>
+      <c r="D165" s="35" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E165" s="33" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F165" s="33" t="s">
+        <v>1280</v>
+      </c>
+      <c r="G165" s="33" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H165" s="34">
+        <v>9183</v>
+      </c>
+      <c r="I165" s="33" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J165" s="34">
+        <v>14</v>
+      </c>
+      <c r="K165" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L165" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M165" s="33" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A166" s="28">
+        <v>164</v>
+      </c>
+      <c r="B166" s="29"/>
+      <c r="C166" s="29"/>
+      <c r="D166" s="30" t="s">
+        <v>1407</v>
+      </c>
+      <c r="E166" s="31" t="s">
+        <v>208</v>
+      </c>
+      <c r="F166" s="33" t="s">
+        <v>209</v>
+      </c>
+      <c r="G166" s="33" t="s">
+        <v>210</v>
+      </c>
+      <c r="H166" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I166" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J166" s="34">
+        <v>14</v>
+      </c>
+      <c r="K166" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L166" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M166" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A167" s="28">
+        <v>165</v>
+      </c>
+      <c r="B167" s="29"/>
+      <c r="C167" s="29"/>
+      <c r="D167" s="35" t="s">
+        <v>1408</v>
+      </c>
+      <c r="E167" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F167" s="33" t="s">
+        <v>213</v>
+      </c>
+      <c r="G167" s="33" t="s">
+        <v>214</v>
+      </c>
+      <c r="H167" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I167" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J167" s="34">
+        <v>14</v>
+      </c>
+      <c r="K167" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L167" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M167" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A168" s="28">
+        <v>166</v>
+      </c>
+      <c r="B168" s="29"/>
+      <c r="C168" s="29"/>
+      <c r="D168" s="35" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E168" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F168" s="33" t="s">
+        <v>215</v>
+      </c>
+      <c r="G168" s="33" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H168" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I168" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J168" s="34">
+        <v>14</v>
+      </c>
+      <c r="K168" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L168" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M168" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="28">
+        <v>167</v>
+      </c>
+      <c r="B169" s="29"/>
+      <c r="C169" s="29"/>
+      <c r="D169" s="35" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E169" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F169" s="33" t="s">
+        <v>216</v>
+      </c>
+      <c r="G169" s="33" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H169" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I169" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J169" s="34">
+        <v>14</v>
+      </c>
+      <c r="K169" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L169" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M169" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="28">
+        <v>168</v>
+      </c>
+      <c r="B170" s="29"/>
+      <c r="C170" s="29"/>
+      <c r="D170" s="35" t="s">
+        <v>1411</v>
+      </c>
+      <c r="E170" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F170" s="33" t="s">
+        <v>217</v>
+      </c>
+      <c r="G170" s="33" t="s">
+        <v>2324</v>
+      </c>
+      <c r="H170" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I170" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J170" s="34">
+        <v>14</v>
+      </c>
+      <c r="K170" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L170" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M170" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="28">
+        <v>169</v>
+      </c>
+      <c r="B171" s="29"/>
+      <c r="C171" s="29"/>
+      <c r="D171" s="35" t="s">
+        <v>1702</v>
+      </c>
+      <c r="E171" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F171" s="33" t="s">
+        <v>218</v>
+      </c>
+      <c r="G171" s="33" t="s">
+        <v>2325</v>
+      </c>
+      <c r="H171" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I171" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J171" s="34">
+        <v>14</v>
+      </c>
+      <c r="K171" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L171" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M171" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="28">
+        <v>170</v>
+      </c>
+      <c r="B172" s="29"/>
+      <c r="C172" s="29"/>
+      <c r="D172" s="35" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E172" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F172" s="33" t="s">
+        <v>219</v>
+      </c>
+      <c r="G172" s="33" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H172" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I172" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J172" s="34">
+        <v>14</v>
+      </c>
+      <c r="K172" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L172" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M172" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="28">
+        <v>171</v>
+      </c>
+      <c r="B173" s="29"/>
+      <c r="C173" s="29"/>
+      <c r="D173" s="35" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E173" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F173" s="33" t="s">
+        <v>220</v>
+      </c>
+      <c r="G173" s="33" t="s">
+        <v>2327</v>
+      </c>
+      <c r="H173" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I173" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J173" s="34">
+        <v>14</v>
+      </c>
+      <c r="K173" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L173" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M173" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A174" s="28">
+        <v>172</v>
+      </c>
+      <c r="B174" s="29"/>
+      <c r="C174" s="29"/>
+      <c r="D174" s="35" t="s">
+        <v>1705</v>
+      </c>
+      <c r="E174" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F174" s="33" t="s">
+        <v>221</v>
+      </c>
+      <c r="G174" s="33" t="s">
+        <v>2328</v>
+      </c>
+      <c r="H174" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I174" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J174" s="34">
+        <v>14</v>
+      </c>
+      <c r="K174" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L174" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M174" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="28">
+        <v>173</v>
+      </c>
+      <c r="B175" s="29"/>
+      <c r="C175" s="29"/>
+      <c r="D175" s="35" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E175" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F175" s="33" t="s">
+        <v>222</v>
+      </c>
+      <c r="G175" s="33" t="s">
+        <v>2329</v>
+      </c>
+      <c r="H175" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I175" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J175" s="34">
+        <v>14</v>
+      </c>
+      <c r="K175" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L175" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M175" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="28">
+        <v>174</v>
+      </c>
+      <c r="B176" s="29"/>
+      <c r="C176" s="29"/>
+      <c r="D176" s="35" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E176" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F176" s="33" t="s">
+        <v>223</v>
+      </c>
+      <c r="G176" s="33" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H176" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I176" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J176" s="34">
+        <v>14</v>
+      </c>
+      <c r="K176" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L176" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M176" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="28">
+        <v>175</v>
+      </c>
+      <c r="B177" s="29"/>
+      <c r="C177" s="29"/>
+      <c r="D177" s="35" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E177" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F177" s="33" t="s">
+        <v>224</v>
+      </c>
+      <c r="G177" s="33" t="s">
+        <v>2331</v>
+      </c>
+      <c r="H177" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I177" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J177" s="34">
+        <v>14</v>
+      </c>
+      <c r="K177" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L177" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M177" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="28">
+        <v>176</v>
+      </c>
+      <c r="B178" s="29"/>
+      <c r="C178" s="29"/>
+      <c r="D178" s="35" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E178" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F178" s="33" t="s">
+        <v>225</v>
+      </c>
+      <c r="G178" s="33" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H178" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I178" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J178" s="34">
+        <v>14</v>
+      </c>
+      <c r="K178" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L178" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M178" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="28">
+        <v>177</v>
+      </c>
+      <c r="B179" s="29"/>
+      <c r="C179" s="29"/>
+      <c r="D179" s="35" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E179" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F179" s="33" t="s">
+        <v>226</v>
+      </c>
+      <c r="G179" s="33" t="s">
+        <v>2333</v>
+      </c>
+      <c r="H179" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I179" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J179" s="34">
+        <v>14</v>
+      </c>
+      <c r="K179" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L179" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M179" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="28">
+        <v>178</v>
+      </c>
+      <c r="B180" s="29"/>
+      <c r="C180" s="29"/>
+      <c r="D180" s="35" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E180" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F180" s="33" t="s">
+        <v>227</v>
+      </c>
+      <c r="G180" s="33" t="s">
+        <v>2334</v>
+      </c>
+      <c r="H180" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I180" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J180" s="34">
+        <v>14</v>
+      </c>
+      <c r="K180" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L180" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M180" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="28">
+        <v>179</v>
+      </c>
+      <c r="B181" s="29"/>
+      <c r="C181" s="29"/>
+      <c r="D181" s="35" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E181" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F181" s="33" t="s">
+        <v>228</v>
+      </c>
+      <c r="G181" s="33" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H181" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I181" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J181" s="34">
+        <v>14</v>
+      </c>
+      <c r="K181" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L181" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M181" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="28">
+        <v>180</v>
+      </c>
+      <c r="B182" s="29"/>
+      <c r="C182" s="29"/>
+      <c r="D182" s="35" t="s">
+        <v>1713</v>
+      </c>
+      <c r="E182" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F182" s="33" t="s">
+        <v>229</v>
+      </c>
+      <c r="G182" s="33" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H182" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I182" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J182" s="34">
+        <v>14</v>
+      </c>
+      <c r="K182" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L182" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M182" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="28">
+        <v>181</v>
+      </c>
+      <c r="B183" s="29"/>
+      <c r="C183" s="29"/>
+      <c r="D183" s="35" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E183" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F183" s="33" t="s">
+        <v>230</v>
+      </c>
+      <c r="G183" s="33" t="s">
+        <v>2337</v>
+      </c>
+      <c r="H183" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I183" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J183" s="34">
+        <v>14</v>
+      </c>
+      <c r="K183" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L183" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M183" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="28">
+        <v>182</v>
+      </c>
+      <c r="B184" s="29"/>
+      <c r="C184" s="29"/>
+      <c r="D184" s="35" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E184" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F184" s="33" t="s">
+        <v>231</v>
+      </c>
+      <c r="G184" s="33" t="s">
+        <v>2338</v>
+      </c>
+      <c r="H184" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I184" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J184" s="34">
+        <v>14</v>
+      </c>
+      <c r="K184" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L184" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M184" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="28">
+        <v>183</v>
+      </c>
+      <c r="B185" s="29"/>
+      <c r="C185" s="29"/>
+      <c r="D185" s="35" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E185" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F185" s="33" t="s">
+        <v>232</v>
+      </c>
+      <c r="G185" s="33" t="s">
+        <v>2339</v>
+      </c>
+      <c r="H185" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I185" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J185" s="34">
+        <v>14</v>
+      </c>
+      <c r="K185" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L185" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M185" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A186" s="28">
+        <v>184</v>
+      </c>
+      <c r="B186" s="29"/>
+      <c r="C186" s="29"/>
+      <c r="D186" s="35" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E186" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F186" s="33" t="s">
+        <v>233</v>
+      </c>
+      <c r="G186" s="33" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H186" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I186" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J186" s="34">
+        <v>14</v>
+      </c>
+      <c r="K186" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L186" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M186" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A187" s="28">
+        <v>185</v>
+      </c>
+      <c r="B187" s="29"/>
+      <c r="C187" s="29"/>
+      <c r="D187" s="35" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E187" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F187" s="33" t="s">
+        <v>234</v>
+      </c>
+      <c r="G187" s="33" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H187" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I187" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J187" s="34">
+        <v>14</v>
+      </c>
+      <c r="K187" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L187" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M187" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A188" s="28">
+        <v>186</v>
+      </c>
+      <c r="B188" s="29"/>
+      <c r="C188" s="29"/>
+      <c r="D188" s="35" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E188" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F188" s="33" t="s">
+        <v>235</v>
+      </c>
+      <c r="G188" s="33" t="s">
+        <v>2342</v>
+      </c>
+      <c r="H188" s="34">
+        <v>9131</v>
+      </c>
+      <c r="I188" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="J188" s="34">
+        <v>14</v>
+      </c>
+      <c r="K188" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L188" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M188" s="33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A189" s="28">
+        <v>187</v>
+      </c>
+      <c r="B189" s="29"/>
+      <c r="C189" s="29"/>
+      <c r="D189" s="30" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E189" s="31" t="s">
+        <v>241</v>
+      </c>
+      <c r="F189" s="33" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G189" s="33" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H189" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I189" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J189" s="34">
+        <v>14</v>
+      </c>
+      <c r="K189" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L189" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M189" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A190" s="28">
+        <v>188</v>
+      </c>
+      <c r="B190" s="29"/>
+      <c r="C190" s="29"/>
+      <c r="D190" s="35" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E190" s="33" t="s">
+        <v>241</v>
+      </c>
+      <c r="F190" s="33" t="s">
+        <v>2345</v>
+      </c>
+      <c r="G190" s="33" t="s">
+        <v>2346</v>
+      </c>
+      <c r="H190" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I190" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J190" s="34">
+        <v>14</v>
+      </c>
+      <c r="K190" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L190" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M190" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" ht="108" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="28">
+        <v>189</v>
+      </c>
+      <c r="B191" s="29"/>
+      <c r="C191" s="29"/>
+      <c r="D191" s="30" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E191" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="F191" s="33" t="s">
+        <v>305</v>
+      </c>
+      <c r="G191" s="33" t="s">
+        <v>306</v>
+      </c>
+      <c r="H191" s="34">
+        <v>9393</v>
+      </c>
+      <c r="I191" s="33" t="s">
+        <v>239</v>
+      </c>
+      <c r="J191" s="34">
+        <v>14</v>
+      </c>
+      <c r="K191" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L191" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M191" s="33" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A192" s="28">
+        <v>190</v>
+      </c>
+      <c r="B192" s="29"/>
+      <c r="C192" s="29"/>
+      <c r="D192" s="30" t="s">
+        <v>1414</v>
+      </c>
+      <c r="E192" s="31" t="s">
+        <v>242</v>
+      </c>
+      <c r="F192" s="33" t="s">
+        <v>243</v>
+      </c>
+      <c r="G192" s="33" t="s">
+        <v>2347</v>
+      </c>
+      <c r="H192" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I192" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J192" s="34">
+        <v>14</v>
+      </c>
+      <c r="K192" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L192" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M192" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A193" s="28">
+        <v>191</v>
+      </c>
+      <c r="B193" s="29"/>
+      <c r="C193" s="29"/>
+      <c r="D193" s="35" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E193" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F193" s="33" t="s">
+        <v>245</v>
+      </c>
+      <c r="G193" s="33" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H193" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I193" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J193" s="34">
+        <v>14</v>
+      </c>
+      <c r="K193" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L193" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M193" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="28">
+        <v>192</v>
+      </c>
+      <c r="B194" s="29"/>
+      <c r="C194" s="29"/>
+      <c r="D194" s="35" t="s">
+        <v>1416</v>
+      </c>
+      <c r="E194" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F194" s="33" t="s">
+        <v>246</v>
+      </c>
+      <c r="G194" s="33" t="s">
+        <v>2349</v>
+      </c>
+      <c r="H194" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I194" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J194" s="34">
+        <v>14</v>
+      </c>
+      <c r="K194" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L194" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M194" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="28">
+        <v>193</v>
+      </c>
+      <c r="B195" s="29"/>
+      <c r="C195" s="29"/>
+      <c r="D195" s="35" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E195" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F195" s="33" t="s">
+        <v>247</v>
+      </c>
+      <c r="G195" s="33" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H195" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I195" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J195" s="34">
+        <v>14</v>
+      </c>
+      <c r="K195" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L195" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M195" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A196" s="28">
+        <v>194</v>
+      </c>
+      <c r="B196" s="29"/>
+      <c r="C196" s="29"/>
+      <c r="D196" s="35" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E196" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F196" s="33" t="s">
+        <v>248</v>
+      </c>
+      <c r="G196" s="33" t="s">
+        <v>2351</v>
+      </c>
+      <c r="H196" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I196" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J196" s="34">
+        <v>14</v>
+      </c>
+      <c r="K196" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L196" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M196" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A197" s="28">
+        <v>195</v>
+      </c>
+      <c r="B197" s="29"/>
+      <c r="C197" s="29"/>
+      <c r="D197" s="35" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E197" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F197" s="33" t="s">
+        <v>249</v>
+      </c>
+      <c r="G197" s="33" t="s">
+        <v>2352</v>
+      </c>
+      <c r="H197" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I197" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J197" s="34">
+        <v>14</v>
+      </c>
+      <c r="K197" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L197" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M197" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A198" s="28">
+        <v>196</v>
+      </c>
+      <c r="B198" s="29"/>
+      <c r="C198" s="29"/>
+      <c r="D198" s="35" t="s">
+        <v>1420</v>
+      </c>
+      <c r="E198" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F198" s="33" t="s">
+        <v>250</v>
+      </c>
+      <c r="G198" s="33" t="s">
+        <v>2353</v>
+      </c>
+      <c r="H198" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I198" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J198" s="34">
+        <v>14</v>
+      </c>
+      <c r="K198" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L198" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M198" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A199" s="28">
+        <v>197</v>
+      </c>
+      <c r="B199" s="29"/>
+      <c r="C199" s="29"/>
+      <c r="D199" s="35" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E199" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F199" s="33" t="s">
+        <v>251</v>
+      </c>
+      <c r="G199" s="33" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H199" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I199" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J199" s="34">
+        <v>14</v>
+      </c>
+      <c r="K199" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L199" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M199" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A200" s="28">
+        <v>198</v>
+      </c>
+      <c r="B200" s="29"/>
+      <c r="C200" s="29"/>
+      <c r="D200" s="35" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E200" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F200" s="33" t="s">
+        <v>252</v>
+      </c>
+      <c r="G200" s="33" t="s">
+        <v>2355</v>
+      </c>
+      <c r="H200" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I200" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J200" s="34">
+        <v>14</v>
+      </c>
+      <c r="K200" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L200" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M200" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A201" s="28">
+        <v>199</v>
+      </c>
+      <c r="B201" s="29"/>
+      <c r="C201" s="29"/>
+      <c r="D201" s="35" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E201" s="33" t="s">
+        <v>242</v>
+      </c>
+      <c r="F201" s="33" t="s">
+        <v>253</v>
+      </c>
+      <c r="G201" s="33" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H201" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I201" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J201" s="34">
+        <v>14</v>
+      </c>
+      <c r="K201" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L201" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M201" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A202" s="28">
+        <v>200</v>
+      </c>
+      <c r="B202" s="29"/>
+      <c r="C202" s="29"/>
+      <c r="D202" s="30" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E202" s="31" t="s">
+        <v>236</v>
+      </c>
+      <c r="F202" s="33" t="s">
+        <v>237</v>
+      </c>
+      <c r="G202" s="33" t="s">
+        <v>238</v>
+      </c>
+      <c r="H202" s="34">
+        <v>9393</v>
+      </c>
+      <c r="I202" s="33" t="s">
+        <v>239</v>
+      </c>
+      <c r="J202" s="34">
+        <v>14</v>
+      </c>
+      <c r="K202" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L202" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M202" s="33" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="28">
+        <v>201</v>
+      </c>
+      <c r="B203" s="29"/>
+      <c r="C203" s="29"/>
+      <c r="D203" s="30" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E203" s="31" t="s">
+        <v>268</v>
+      </c>
+      <c r="F203" s="33" t="s">
+        <v>268</v>
+      </c>
+      <c r="G203" s="33" t="s">
+        <v>2357</v>
+      </c>
+      <c r="H203" s="34">
+        <v>9393</v>
+      </c>
+      <c r="I203" s="33" t="s">
+        <v>239</v>
+      </c>
+      <c r="J203" s="34">
+        <v>14</v>
+      </c>
+      <c r="K203" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L203" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M203" s="33" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="28">
+        <v>202</v>
+      </c>
+      <c r="B204" s="29"/>
+      <c r="C204" s="29"/>
+      <c r="D204" s="30" t="s">
+        <v>1723</v>
+      </c>
+      <c r="E204" s="31" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F204" s="33" t="s">
+        <v>1313</v>
+      </c>
+      <c r="G204" s="33" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H204" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I204" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J204" s="34">
+        <v>14</v>
+      </c>
+      <c r="K204" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L204" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M204" s="33" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="28">
+        <v>203</v>
+      </c>
+      <c r="B205" s="29"/>
+      <c r="C205" s="29"/>
+      <c r="D205" s="35" t="s">
+        <v>1723</v>
+      </c>
+      <c r="E205" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F205" s="33" t="s">
+        <v>2359</v>
+      </c>
+      <c r="G205" s="33" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H205" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I205" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J205" s="34">
+        <v>11</v>
+      </c>
+      <c r="K205" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L205" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M205" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A206" s="28">
+        <v>204</v>
+      </c>
+      <c r="B206" s="29"/>
+      <c r="C206" s="29"/>
+      <c r="D206" s="35" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E206" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F206" s="33" t="s">
+        <v>1316</v>
+      </c>
+      <c r="G206" s="33" t="s">
+        <v>2360</v>
+      </c>
+      <c r="H206" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I206" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J206" s="34">
+        <v>14</v>
+      </c>
+      <c r="K206" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L206" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M206" s="33" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A207" s="28">
+        <v>205</v>
+      </c>
+      <c r="B207" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C207" s="21"/>
+      <c r="D207" s="16" t="s">
+        <v>1725</v>
+      </c>
+      <c r="E207" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F207" s="8" t="s">
+        <v>1317</v>
+      </c>
+      <c r="G207" s="8" t="s">
+        <v>2361</v>
+      </c>
+      <c r="H207" s="9">
+        <v>9185</v>
+      </c>
+      <c r="I207" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J207" s="9">
+        <v>14</v>
+      </c>
+      <c r="K207" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L207" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="M207" s="8" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A208" s="28">
+        <v>206</v>
+      </c>
+      <c r="B208" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C208" s="21"/>
+      <c r="D208" s="16" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E208" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F208" s="8" t="s">
+        <v>1318</v>
+      </c>
+      <c r="G208" s="8" t="s">
+        <v>2362</v>
+      </c>
+      <c r="H208" s="9">
+        <v>9185</v>
+      </c>
+      <c r="I208" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J208" s="9">
+        <v>14</v>
+      </c>
+      <c r="K208" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L208" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="M208" s="8" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A209" s="28">
+        <v>207</v>
+      </c>
+      <c r="B209" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C209" s="21"/>
+      <c r="D209" s="16" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E209" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F209" s="8" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G209" s="8" t="s">
+        <v>2363</v>
+      </c>
+      <c r="H209" s="9">
+        <v>9185</v>
+      </c>
+      <c r="I209" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J209" s="9">
+        <v>14</v>
+      </c>
+      <c r="K209" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L209" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="M209" s="8" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A210" s="28">
+        <v>208</v>
+      </c>
+      <c r="B210" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C210" s="21"/>
+      <c r="D210" s="16" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E210" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F210" s="8" t="s">
+        <v>1320</v>
+      </c>
+      <c r="G210" s="8" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H210" s="9">
+        <v>9185</v>
+      </c>
+      <c r="I210" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J210" s="9">
+        <v>14</v>
+      </c>
+      <c r="K210" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L210" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="M210" s="8" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" ht="108" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="28">
+        <v>209</v>
+      </c>
+      <c r="B211" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C211" s="21"/>
+      <c r="D211" s="16" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E211" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F211" s="8" t="s">
+        <v>2365</v>
+      </c>
+      <c r="G211" s="8" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H211" s="9">
+        <v>9191</v>
+      </c>
+      <c r="I211" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="J211" s="9">
+        <v>11</v>
+      </c>
+      <c r="K211" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="L211" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="M211" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A212" s="28">
+        <v>210</v>
+      </c>
+      <c r="B212" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C212" s="21"/>
+      <c r="D212" s="16" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E212" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F212" s="8" t="s">
+        <v>1321</v>
+      </c>
+      <c r="G212" s="8" t="s">
+        <v>2366</v>
+      </c>
+      <c r="H212" s="9">
+        <v>9185</v>
+      </c>
+      <c r="I212" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J212" s="9">
+        <v>14</v>
+      </c>
+      <c r="K212" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L212" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="M212" s="8" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="28">
+        <v>211</v>
+      </c>
+      <c r="B213" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C213" s="21"/>
+      <c r="D213" s="16" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E213" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F213" s="8" t="s">
+        <v>2367</v>
+      </c>
+      <c r="G213" s="8" t="s">
+        <v>2366</v>
+      </c>
+      <c r="H213" s="9">
+        <v>9191</v>
+      </c>
+      <c r="I213" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="J213" s="9">
+        <v>11</v>
+      </c>
+      <c r="K213" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="L213" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="M213" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A214" s="28">
+        <v>212</v>
+      </c>
+      <c r="B214" s="29"/>
+      <c r="C214" s="29"/>
+      <c r="D214" s="35" t="s">
+        <v>1730</v>
+      </c>
+      <c r="E214" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F214" s="33" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G214" s="33" t="s">
+        <v>2368</v>
+      </c>
+      <c r="H214" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I214" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J214" s="34">
+        <v>14</v>
+      </c>
+      <c r="K214" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L214" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M214" s="33" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="28">
+        <v>213</v>
+      </c>
+      <c r="B215" s="29"/>
+      <c r="C215" s="29"/>
+      <c r="D215" s="35" t="s">
+        <v>1730</v>
+      </c>
+      <c r="E215" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F215" s="33" t="s">
+        <v>2369</v>
+      </c>
+      <c r="G215" s="33" t="s">
+        <v>2368</v>
+      </c>
+      <c r="H215" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I215" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J215" s="34">
+        <v>11</v>
+      </c>
+      <c r="K215" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L215" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M215" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" s="25" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="28">
+        <v>214</v>
+      </c>
+      <c r="B216" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C216" s="21"/>
+      <c r="D216" s="16" t="s">
+        <v>1731</v>
+      </c>
+      <c r="E216" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F216" s="8" t="s">
+        <v>1323</v>
+      </c>
+      <c r="G216" s="8" t="s">
+        <v>2370</v>
+      </c>
+      <c r="H216" s="9">
+        <v>9191</v>
+      </c>
+      <c r="I216" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="J216" s="9">
+        <v>11</v>
+      </c>
+      <c r="K216" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="L216" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="M216" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A217" s="28">
+        <v>215</v>
+      </c>
+      <c r="B217" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C217" s="21"/>
+      <c r="D217" s="16" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E217" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F217" s="8" t="s">
+        <v>1773</v>
+      </c>
+      <c r="G217" s="8" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H217" s="9">
+        <v>9185</v>
+      </c>
+      <c r="I217" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J217" s="9">
+        <v>14</v>
+      </c>
+      <c r="K217" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L217" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="M217" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A218" s="28">
+        <v>216</v>
+      </c>
+      <c r="B218" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C218" s="21"/>
+      <c r="D218" s="16" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E218" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F218" s="8" t="s">
+        <v>2371</v>
+      </c>
+      <c r="G218" s="8" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H218" s="9">
+        <v>9191</v>
+      </c>
+      <c r="I218" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="J218" s="9">
+        <v>11</v>
+      </c>
+      <c r="K218" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="L218" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="M218" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A219" s="28">
+        <v>217</v>
+      </c>
+      <c r="B219" s="29"/>
+      <c r="C219" s="29"/>
+      <c r="D219" s="35" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E219" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F219" s="33" t="s">
+        <v>1771</v>
+      </c>
+      <c r="G219" s="33" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H219" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I219" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J219" s="34">
+        <v>14</v>
+      </c>
+      <c r="K219" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L219" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M219" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A220" s="28">
+        <v>218</v>
+      </c>
+      <c r="B220" s="29"/>
+      <c r="C220" s="29"/>
+      <c r="D220" s="35" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E220" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F220" s="33" t="s">
+        <v>2372</v>
+      </c>
+      <c r="G220" s="33" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H220" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I220" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J220" s="34">
+        <v>11</v>
+      </c>
+      <c r="K220" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L220" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M220" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A221" s="28">
+        <v>219</v>
+      </c>
+      <c r="B221" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C221" s="21"/>
+      <c r="D221" s="16" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E221" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F221" s="8" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G221" s="8" t="s">
+        <v>2373</v>
+      </c>
+      <c r="H221" s="9">
+        <v>9185</v>
+      </c>
+      <c r="I221" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J221" s="9">
+        <v>14</v>
+      </c>
+      <c r="K221" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L221" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="M221" s="8" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A222" s="28">
+        <v>220</v>
+      </c>
+      <c r="B222" s="29"/>
+      <c r="C222" s="29"/>
+      <c r="D222" s="35" t="s">
+        <v>1735</v>
+      </c>
+      <c r="E222" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F222" s="33" t="s">
+        <v>1325</v>
+      </c>
+      <c r="G222" s="33" t="s">
+        <v>2374</v>
+      </c>
+      <c r="H222" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I222" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J222" s="34">
+        <v>14</v>
+      </c>
+      <c r="K222" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L222" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M222" s="33" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A223" s="28">
+        <v>221</v>
+      </c>
+      <c r="B223" s="29"/>
+      <c r="C223" s="29"/>
+      <c r="D223" s="35" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E223" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F223" s="33" t="s">
+        <v>1326</v>
+      </c>
+      <c r="G223" s="33" t="s">
+        <v>2375</v>
+      </c>
+      <c r="H223" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I223" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J223" s="34">
+        <v>14</v>
+      </c>
+      <c r="K223" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L223" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M223" s="33" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A224" s="28">
+        <v>222</v>
+      </c>
+      <c r="B224" s="29"/>
+      <c r="C224" s="29"/>
+      <c r="D224" s="35" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E224" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F224" s="33" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G224" s="33" t="s">
+        <v>2376</v>
+      </c>
+      <c r="H224" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I224" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J224" s="34">
+        <v>14</v>
+      </c>
+      <c r="K224" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L224" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M224" s="33" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A225" s="28">
+        <v>223</v>
+      </c>
+      <c r="B225" s="29"/>
+      <c r="C225" s="29"/>
+      <c r="D225" s="35" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E225" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F225" s="33" t="s">
+        <v>1328</v>
+      </c>
+      <c r="G225" s="33" t="s">
+        <v>2377</v>
+      </c>
+      <c r="H225" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I225" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J225" s="34">
+        <v>14</v>
+      </c>
+      <c r="K225" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L225" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M225" s="33" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A226" s="28">
+        <v>224</v>
+      </c>
+      <c r="B226" s="29"/>
+      <c r="C226" s="29"/>
+      <c r="D226" s="35" t="s">
+        <v>1739</v>
+      </c>
+      <c r="E226" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F226" s="33" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G226" s="33" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H226" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I226" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J226" s="34">
+        <v>14</v>
+      </c>
+      <c r="K226" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L226" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M226" s="33" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A227" s="28">
+        <v>225</v>
+      </c>
+      <c r="B227" s="29"/>
+      <c r="C227" s="29"/>
+      <c r="D227" s="35" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E227" s="33" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F227" s="33" t="s">
+        <v>1330</v>
+      </c>
+      <c r="G227" s="33" t="s">
+        <v>2379</v>
+      </c>
+      <c r="H227" s="34">
+        <v>9185</v>
+      </c>
+      <c r="I227" s="33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J227" s="34">
+        <v>14</v>
+      </c>
+      <c r="K227" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L227" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M227" s="33" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" s="25" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A228" s="28">
+        <v>226</v>
+      </c>
+      <c r="B228" s="29"/>
+      <c r="C228" s="29"/>
+      <c r="D228" s="30" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E228" s="31" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F228" s="33" t="s">
+        <v>1293</v>
+      </c>
+      <c r="G228" s="33" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H228" s="34">
+        <v>9182</v>
+      </c>
+      <c r="I228" s="33" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J228" s="34">
+        <v>14</v>
+      </c>
+      <c r="K228" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L228" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M228" s="33" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A229" s="28">
+        <v>227</v>
+      </c>
+      <c r="B229" s="29"/>
+      <c r="C229" s="29"/>
+      <c r="D229" s="35" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E229" s="33" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F229" s="33" t="s">
+        <v>2380</v>
+      </c>
+      <c r="G229" s="33" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H229" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I229" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J229" s="34">
+        <v>11</v>
+      </c>
+      <c r="K229" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L229" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M229" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="28">
+        <v>228</v>
+      </c>
+      <c r="B230" s="29"/>
+      <c r="C230" s="29"/>
+      <c r="D230" s="35" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E230" s="33" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F230" s="33" t="s">
+        <v>1297</v>
+      </c>
+      <c r="G230" s="33" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H230" s="34">
+        <v>9182</v>
+      </c>
+      <c r="I230" s="33" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J230" s="34">
+        <v>14</v>
+      </c>
+      <c r="K230" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L230" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M230" s="33" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="28">
+        <v>229</v>
+      </c>
+      <c r="B231" s="29"/>
+      <c r="C231" s="29"/>
+      <c r="D231" s="35" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E231" s="33" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F231" s="33" t="s">
+        <v>2381</v>
+      </c>
+      <c r="G231" s="33" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H231" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I231" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J231" s="34">
+        <v>11</v>
+      </c>
+      <c r="K231" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L231" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M231" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="28">
+        <v>230</v>
+      </c>
+      <c r="B232" s="29"/>
+      <c r="C232" s="29"/>
+      <c r="D232" s="35" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E232" s="33" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F232" s="33" t="s">
+        <v>1298</v>
+      </c>
+      <c r="G232" s="33" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H232" s="34">
+        <v>9182</v>
+      </c>
+      <c r="I232" s="33" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J232" s="34">
+        <v>14</v>
+      </c>
+      <c r="K232" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L232" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M232" s="33" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="28">
+        <v>231</v>
+      </c>
+      <c r="B233" s="29"/>
+      <c r="C233" s="29"/>
+      <c r="D233" s="35" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E233" s="33" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F233" s="33" t="s">
+        <v>2382</v>
+      </c>
+      <c r="G233" s="33" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H233" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I233" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J233" s="34">
+        <v>11</v>
+      </c>
+      <c r="K233" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L233" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M233" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="28">
+        <v>232</v>
+      </c>
+      <c r="B234" s="23">
+        <v>45658</v>
+      </c>
+      <c r="C234" s="21"/>
+      <c r="D234" s="16" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E234" s="8" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F234" s="8" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G234" s="8" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H234" s="9">
+        <v>9182</v>
+      </c>
+      <c r="I234" s="8" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J234" s="9">
+        <v>14</v>
+      </c>
+      <c r="K234" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L234" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="M234" s="8" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="28">
+        <v>233</v>
+      </c>
+      <c r="B235" s="23">
+        <v>45658</v>
+      </c>
+      <c r="C235" s="21"/>
+      <c r="D235" s="16" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E235" s="8" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F235" s="8" t="s">
+        <v>1301</v>
+      </c>
+      <c r="G235" s="8" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H235" s="9">
+        <v>9182</v>
+      </c>
+      <c r="I235" s="8" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J235" s="9">
+        <v>14</v>
+      </c>
+      <c r="K235" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L235" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="M235" s="8" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A236" s="28">
+        <v>234</v>
+      </c>
+      <c r="B236" s="29"/>
+      <c r="C236" s="29"/>
+      <c r="D236" s="30" t="s">
+        <v>1741</v>
+      </c>
+      <c r="E236" s="31" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F236" s="33" t="s">
+        <v>1286</v>
+      </c>
+      <c r="G236" s="33" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H236" s="34">
+        <v>9181</v>
+      </c>
+      <c r="I236" s="33" t="s">
+        <v>1288</v>
+      </c>
+      <c r="J236" s="34">
+        <v>14</v>
+      </c>
+      <c r="K236" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L236" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M236" s="33" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A237" s="28">
+        <v>235</v>
+      </c>
+      <c r="B237" s="29"/>
+      <c r="C237" s="29"/>
+      <c r="D237" s="35" t="s">
+        <v>1741</v>
+      </c>
+      <c r="E237" s="33" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F237" s="33" t="s">
+        <v>2383</v>
+      </c>
+      <c r="G237" s="33" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H237" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I237" s="33" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J237" s="34">
+        <v>11</v>
+      </c>
+      <c r="K237" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="L237" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M237" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A238" s="28">
+        <v>236</v>
+      </c>
+      <c r="B238" s="29"/>
+      <c r="C238" s="29"/>
+      <c r="D238" s="35" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E238" s="33" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F238" s="33" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G238" s="33" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H238" s="34">
+        <v>9181</v>
+      </c>
+      <c r="I238" s="33" t="s">
+        <v>1288</v>
+      </c>
+      <c r="J238" s="34">
+        <v>14</v>
+      </c>
+      <c r="K238" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L238" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M238" s="33" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A239" s="28">
+        <v>237</v>
+      </c>
+      <c r="B239" s="29"/>
+      <c r="C239" s="29"/>
+      <c r="D239" s="35" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E239" s="33" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F239" s="33" t="s">
+        <v>2384</v>
+      </c>
+      <c r="G239" s="33" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H239" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I239" s="33" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J239" s="34">
+        <v>11</v>
+      </c>
+      <c r="K239" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="L239" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M239" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A240" s="28">
+        <v>238</v>
+      </c>
+      <c r="B240" s="29"/>
+      <c r="C240" s="29"/>
+      <c r="D240" s="30" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E240" s="31" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F240" s="33" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G240" s="33" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H240" s="34">
+        <v>9196</v>
+      </c>
+      <c r="I240" s="33" t="s">
+        <v>1283</v>
+      </c>
+      <c r="J240" s="34">
+        <v>14</v>
+      </c>
+      <c r="K240" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L240" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M240" s="33" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A241" s="28">
+        <v>239</v>
+      </c>
+      <c r="B241" s="29"/>
+      <c r="C241" s="29"/>
+      <c r="D241" s="30" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E241" s="31" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F241" s="33" t="s">
+        <v>1304</v>
+      </c>
+      <c r="G241" s="33" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H241" s="34">
+        <v>9197</v>
+      </c>
+      <c r="I241" s="33" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J241" s="34">
+        <v>14</v>
+      </c>
+      <c r="K241" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L241" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M241" s="33" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="28">
+        <v>240</v>
+      </c>
+      <c r="B242" s="29"/>
+      <c r="C242" s="29"/>
+      <c r="D242" s="35" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E242" s="33" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F242" s="33" t="s">
+        <v>2385</v>
+      </c>
+      <c r="G242" s="33" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H242" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I242" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J242" s="34">
+        <v>11</v>
+      </c>
+      <c r="K242" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L242" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M242" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="28">
+        <v>241</v>
+      </c>
+      <c r="B243" s="29"/>
+      <c r="C243" s="29"/>
+      <c r="D243" s="30" t="s">
+        <v>1797</v>
+      </c>
+      <c r="E243" s="31" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F243" s="33" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G243" s="33" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H243" s="34">
+        <v>9197</v>
+      </c>
+      <c r="I243" s="33" t="s">
+        <v>1311</v>
+      </c>
+      <c r="J243" s="34">
+        <v>14</v>
+      </c>
+      <c r="K243" s="33" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L243" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M243" s="33" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A244" s="28">
+        <v>242</v>
+      </c>
+      <c r="B244" s="29"/>
+      <c r="C244" s="29"/>
+      <c r="D244" s="35" t="s">
+        <v>1797</v>
+      </c>
+      <c r="E244" s="33" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F244" s="33" t="s">
+        <v>2386</v>
+      </c>
+      <c r="G244" s="33" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H244" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I244" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J244" s="34">
+        <v>11</v>
+      </c>
+      <c r="K244" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L244" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M244" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A245" s="28">
+        <v>243</v>
+      </c>
+      <c r="B245" s="29"/>
+      <c r="C245" s="29"/>
+      <c r="D245" s="30" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E245" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="F245" s="33" t="s">
+        <v>262</v>
+      </c>
+      <c r="G245" s="33" t="s">
+        <v>263</v>
+      </c>
+      <c r="H245" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I245" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J245" s="34">
+        <v>14</v>
+      </c>
+      <c r="K245" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L245" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M245" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A246" s="28">
+        <v>244</v>
+      </c>
+      <c r="B246" s="29"/>
+      <c r="C246" s="29"/>
+      <c r="D246" s="35" t="s">
+        <v>1428</v>
+      </c>
+      <c r="E246" s="33" t="s">
+        <v>261</v>
+      </c>
+      <c r="F246" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="G246" s="33" t="s">
+        <v>265</v>
+      </c>
+      <c r="H246" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I246" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J246" s="34">
+        <v>14</v>
+      </c>
+      <c r="K246" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L246" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M246" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A247" s="28">
+        <v>245</v>
+      </c>
+      <c r="B247" s="29"/>
+      <c r="C247" s="29"/>
+      <c r="D247" s="35" t="s">
+        <v>1798</v>
+      </c>
+      <c r="E247" s="33" t="s">
+        <v>261</v>
+      </c>
+      <c r="F247" s="33" t="s">
+        <v>266</v>
+      </c>
+      <c r="G247" s="33" t="s">
+        <v>267</v>
+      </c>
+      <c r="H247" s="34">
+        <v>9220</v>
+      </c>
+      <c r="I247" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J247" s="34">
+        <v>14</v>
+      </c>
+      <c r="K247" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L247" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M247" s="33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="28">
+        <v>246</v>
+      </c>
+      <c r="B248" s="29"/>
+      <c r="C248" s="29"/>
+      <c r="D248" s="30" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E248" s="31" t="s">
+        <v>288</v>
+      </c>
+      <c r="F248" s="33" t="s">
+        <v>289</v>
+      </c>
+      <c r="G248" s="33" t="s">
+        <v>290</v>
+      </c>
+      <c r="H248" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I248" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J248" s="34">
+        <v>14</v>
+      </c>
+      <c r="K248" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L248" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M248" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="28">
+        <v>247</v>
+      </c>
+      <c r="B249" s="29"/>
+      <c r="C249" s="29"/>
+      <c r="D249" s="35" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E249" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="F249" s="33" t="s">
+        <v>291</v>
+      </c>
+      <c r="G249" s="33" t="s">
+        <v>290</v>
+      </c>
+      <c r="H249" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I249" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J249" s="34">
+        <v>14</v>
+      </c>
+      <c r="K249" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L249" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M249" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="28">
+        <v>248</v>
+      </c>
+      <c r="B250" s="29"/>
+      <c r="C250" s="29"/>
+      <c r="D250" s="35" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E250" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="F250" s="33" t="s">
+        <v>292</v>
+      </c>
+      <c r="G250" s="33" t="s">
+        <v>290</v>
+      </c>
+      <c r="H250" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I250" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J250" s="34">
+        <v>14</v>
+      </c>
+      <c r="K250" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L250" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M250" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="28">
+        <v>249</v>
+      </c>
+      <c r="B251" s="29"/>
+      <c r="C251" s="29"/>
+      <c r="D251" s="35" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E251" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="F251" s="33" t="s">
+        <v>293</v>
+      </c>
+      <c r="G251" s="33" t="s">
+        <v>290</v>
+      </c>
+      <c r="H251" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I251" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J251" s="34">
+        <v>14</v>
+      </c>
+      <c r="K251" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L251" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M251" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="28">
+        <v>250</v>
+      </c>
+      <c r="B252" s="29"/>
+      <c r="C252" s="29"/>
+      <c r="D252" s="35" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E252" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="F252" s="33" t="s">
+        <v>294</v>
+      </c>
+      <c r="G252" s="33" t="s">
+        <v>290</v>
+      </c>
+      <c r="H252" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I252" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J252" s="34">
+        <v>14</v>
+      </c>
+      <c r="K252" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L252" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M252" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="28">
+        <v>251</v>
+      </c>
+      <c r="B253" s="29"/>
+      <c r="C253" s="29"/>
+      <c r="D253" s="35" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E253" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="F253" s="33" t="s">
+        <v>295</v>
+      </c>
+      <c r="G253" s="33" t="s">
+        <v>290</v>
+      </c>
+      <c r="H253" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I253" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J253" s="34">
+        <v>14</v>
+      </c>
+      <c r="K253" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L253" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M253" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="28">
+        <v>252</v>
+      </c>
+      <c r="B254" s="29"/>
+      <c r="C254" s="29"/>
+      <c r="D254" s="35" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E254" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="F254" s="33" t="s">
+        <v>296</v>
+      </c>
+      <c r="G254" s="33" t="s">
+        <v>290</v>
+      </c>
+      <c r="H254" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I254" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J254" s="34">
+        <v>14</v>
+      </c>
+      <c r="K254" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L254" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M254" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="28">
+        <v>253</v>
+      </c>
+      <c r="B255" s="29"/>
+      <c r="C255" s="29"/>
+      <c r="D255" s="35" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E255" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="F255" s="33" t="s">
+        <v>297</v>
+      </c>
+      <c r="G255" s="33" t="s">
+        <v>290</v>
+      </c>
+      <c r="H255" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I255" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J255" s="34">
+        <v>14</v>
+      </c>
+      <c r="K255" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L255" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M255" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="28">
+        <v>254</v>
+      </c>
+      <c r="B256" s="29"/>
+      <c r="C256" s="29"/>
+      <c r="D256" s="35" t="s">
+        <v>1804</v>
+      </c>
+      <c r="E256" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="F256" s="33" t="s">
+        <v>298</v>
+      </c>
+      <c r="G256" s="33" t="s">
+        <v>290</v>
+      </c>
+      <c r="H256" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I256" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J256" s="34">
+        <v>14</v>
+      </c>
+      <c r="K256" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="L256" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M256" s="33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="28">
+        <v>255</v>
+      </c>
+      <c r="B257" s="32"/>
+      <c r="C257" s="32"/>
+      <c r="D257" s="29" t="s">
+        <v>1431</v>
+      </c>
+      <c r="E257" s="31" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F257" s="33" t="s">
+        <v>1345</v>
+      </c>
+      <c r="G257" s="33" t="s">
+        <v>2387</v>
+      </c>
+      <c r="H257" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I257" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J257" s="34">
+        <v>14</v>
+      </c>
+      <c r="K257" s="33" t="s">
+        <v>1346</v>
+      </c>
+      <c r="L257" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M257" s="33" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="28">
+        <v>256</v>
+      </c>
+      <c r="B258" s="32"/>
+      <c r="C258" s="32"/>
+      <c r="D258" s="34" t="s">
+        <v>1432</v>
+      </c>
+      <c r="E258" s="33" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F258" s="33" t="s">
+        <v>1347</v>
+      </c>
+      <c r="G258" s="33" t="s">
+        <v>2388</v>
+      </c>
+      <c r="H258" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I258" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J258" s="34">
+        <v>14</v>
+      </c>
+      <c r="K258" s="33" t="s">
+        <v>1346</v>
+      </c>
+      <c r="L258" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M258" s="33" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="28">
+        <v>257</v>
+      </c>
+      <c r="B259" s="32"/>
+      <c r="C259" s="32"/>
+      <c r="D259" s="29" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E259" s="31" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F259" s="33" t="s">
+        <v>1348</v>
+      </c>
+      <c r="G259" s="33" t="s">
+        <v>2458</v>
+      </c>
+      <c r="H259" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I259" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J259" s="34">
+        <v>14</v>
+      </c>
+      <c r="K259" s="33" t="s">
+        <v>1346</v>
+      </c>
+      <c r="L259" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M259" s="33" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="28">
+        <v>258</v>
+      </c>
+      <c r="B260" s="32"/>
+      <c r="C260" s="32"/>
+      <c r="D260" s="29" t="s">
+        <v>1744</v>
+      </c>
+      <c r="E260" s="31" t="s">
+        <v>317</v>
+      </c>
+      <c r="F260" s="33" t="s">
+        <v>317</v>
+      </c>
+      <c r="G260" s="33" t="s">
+        <v>318</v>
+      </c>
+      <c r="H260" s="34">
+        <v>9230</v>
+      </c>
+      <c r="I260" s="33" t="s">
+        <v>319</v>
+      </c>
+      <c r="J260" s="34">
         <v>15</v>
       </c>
-      <c r="H3" s="19">
+      <c r="K260" s="33" t="s">
+        <v>320</v>
+      </c>
+      <c r="L260" s="33" t="s">
+        <v>311</v>
+      </c>
+      <c r="M260" s="33" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A261" s="28">
+        <v>259</v>
+      </c>
+      <c r="B261" s="32"/>
+      <c r="C261" s="32"/>
+      <c r="D261" s="29" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E261" s="31" t="s">
+        <v>314</v>
+      </c>
+      <c r="F261" s="33" t="s">
+        <v>315</v>
+      </c>
+      <c r="G261" s="33" t="s">
+        <v>316</v>
+      </c>
+      <c r="H261" s="34">
         <v>9299</v>
       </c>
-      <c r="I3" s="18" t="s">
+      <c r="I261" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J261" s="34">
+        <v>15</v>
+      </c>
+      <c r="K261" s="33" t="s">
+        <v>310</v>
+      </c>
+      <c r="L261" s="33" t="s">
+        <v>311</v>
+      </c>
+      <c r="M261" s="33" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A262" s="28">
+        <v>260</v>
+      </c>
+      <c r="B262" s="32"/>
+      <c r="C262" s="32"/>
+      <c r="D262" s="29" t="s">
+        <v>1806</v>
+      </c>
+      <c r="E262" s="31" t="s">
+        <v>307</v>
+      </c>
+      <c r="F262" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="G262" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="H262" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I262" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J262" s="34">
+        <v>15</v>
+      </c>
+      <c r="K262" s="33" t="s">
+        <v>310</v>
+      </c>
+      <c r="L262" s="33" t="s">
+        <v>311</v>
+      </c>
+      <c r="M262" s="33" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A263" s="28">
+        <v>261</v>
+      </c>
+      <c r="B263" s="32"/>
+      <c r="C263" s="32"/>
+      <c r="D263" s="34" t="s">
+        <v>1807</v>
+      </c>
+      <c r="E263" s="33" t="s">
+        <v>307</v>
+      </c>
+      <c r="F263" s="33" t="s">
+        <v>313</v>
+      </c>
+      <c r="G263" s="33" t="s">
+        <v>309</v>
+      </c>
+      <c r="H263" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I263" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J263" s="34">
+        <v>15</v>
+      </c>
+      <c r="K263" s="33" t="s">
+        <v>310</v>
+      </c>
+      <c r="L263" s="33" t="s">
+        <v>311</v>
+      </c>
+      <c r="M263" s="33" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="28">
+        <v>262</v>
+      </c>
+      <c r="B264" s="29"/>
+      <c r="C264" s="29"/>
+      <c r="D264" s="30" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E264" s="31" t="s">
+        <v>326</v>
+      </c>
+      <c r="F264" s="33" t="s">
+        <v>327</v>
+      </c>
+      <c r="G264" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="H264" s="34">
+        <v>9217</v>
+      </c>
+      <c r="I264" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="J264" s="34">
+        <v>20</v>
+      </c>
+      <c r="K264" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L264" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M264" s="33" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="28">
+        <v>263</v>
+      </c>
+      <c r="B265" s="29"/>
+      <c r="C265" s="29"/>
+      <c r="D265" s="35" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E265" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="F265" s="33" t="s">
+        <v>329</v>
+      </c>
+      <c r="G265" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="H265" s="34">
+        <v>9217</v>
+      </c>
+      <c r="I265" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="J265" s="34">
+        <v>20</v>
+      </c>
+      <c r="K265" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L265" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M265" s="33" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" ht="102" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="28">
+        <v>264</v>
+      </c>
+      <c r="B266" s="29"/>
+      <c r="C266" s="29"/>
+      <c r="D266" s="35" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E266" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="F266" s="33" t="s">
+        <v>330</v>
+      </c>
+      <c r="G266" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="H266" s="34">
+        <v>9217</v>
+      </c>
+      <c r="I266" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="J266" s="34">
+        <v>20</v>
+      </c>
+      <c r="K266" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L266" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M266" s="33" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="28">
+        <v>265</v>
+      </c>
+      <c r="B267" s="29"/>
+      <c r="C267" s="29"/>
+      <c r="D267" s="35" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E267" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="F267" s="33" t="s">
+        <v>331</v>
+      </c>
+      <c r="G267" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="H267" s="34">
+        <v>9217</v>
+      </c>
+      <c r="I267" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="J267" s="34">
+        <v>20</v>
+      </c>
+      <c r="K267" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L267" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M267" s="33" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="28">
+        <v>266</v>
+      </c>
+      <c r="B268" s="29"/>
+      <c r="C268" s="29"/>
+      <c r="D268" s="35" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E268" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="F268" s="33" t="s">
+        <v>332</v>
+      </c>
+      <c r="G268" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="H268" s="34">
+        <v>9217</v>
+      </c>
+      <c r="I268" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="J268" s="34">
+        <v>20</v>
+      </c>
+      <c r="K268" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L268" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M268" s="33" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="28">
+        <v>267</v>
+      </c>
+      <c r="B269" s="29"/>
+      <c r="C269" s="29"/>
+      <c r="D269" s="35" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E269" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="F269" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="G269" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="H269" s="34">
+        <v>9217</v>
+      </c>
+      <c r="I269" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="J269" s="34">
+        <v>20</v>
+      </c>
+      <c r="K269" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L269" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M269" s="33" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="28">
+        <v>268</v>
+      </c>
+      <c r="B270" s="29"/>
+      <c r="C270" s="29"/>
+      <c r="D270" s="35" t="s">
+        <v>1812</v>
+      </c>
+      <c r="E270" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="F270" s="33" t="s">
+        <v>334</v>
+      </c>
+      <c r="G270" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="H270" s="34">
+        <v>9217</v>
+      </c>
+      <c r="I270" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="J270" s="34">
+        <v>20</v>
+      </c>
+      <c r="K270" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L270" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M270" s="33" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="28">
+        <v>269</v>
+      </c>
+      <c r="B271" s="29"/>
+      <c r="C271" s="29"/>
+      <c r="D271" s="35" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E271" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="F271" s="33" t="s">
+        <v>335</v>
+      </c>
+      <c r="G271" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="H271" s="34">
+        <v>9217</v>
+      </c>
+      <c r="I271" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="J271" s="34">
+        <v>20</v>
+      </c>
+      <c r="K271" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L271" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M271" s="33" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A272" s="28">
+        <v>270</v>
+      </c>
+      <c r="B272" s="29"/>
+      <c r="C272" s="29"/>
+      <c r="D272" s="30" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E272" s="31" t="s">
+        <v>322</v>
+      </c>
+      <c r="F272" s="33" t="s">
+        <v>323</v>
+      </c>
+      <c r="G272" s="33" t="s">
+        <v>324</v>
+      </c>
+      <c r="H272" s="34">
+        <v>9217</v>
+      </c>
+      <c r="I272" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="J272" s="34">
+        <v>20</v>
+      </c>
+      <c r="K272" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L272" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M272" s="33" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="28">
+        <v>271</v>
+      </c>
+      <c r="B273" s="29"/>
+      <c r="C273" s="29"/>
+      <c r="D273" s="30" t="s">
+        <v>1815</v>
+      </c>
+      <c r="E273" s="31" t="s">
+        <v>390</v>
+      </c>
+      <c r="F273" s="33" t="s">
+        <v>391</v>
+      </c>
+      <c r="G273" s="33" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H273" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I273" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J273" s="34">
+        <v>20</v>
+      </c>
+      <c r="K273" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L273" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M273" s="33" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="28">
+        <v>272</v>
+      </c>
+      <c r="B274" s="29"/>
+      <c r="C274" s="29"/>
+      <c r="D274" s="35" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E274" s="33" t="s">
+        <v>390</v>
+      </c>
+      <c r="F274" s="33" t="s">
+        <v>393</v>
+      </c>
+      <c r="G274" s="33" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H274" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I274" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J274" s="34">
+        <v>20</v>
+      </c>
+      <c r="K274" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L274" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M274" s="33" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="28">
+        <v>273</v>
+      </c>
+      <c r="B275" s="29"/>
+      <c r="C275" s="29"/>
+      <c r="D275" s="30" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E275" s="31" t="s">
+        <v>411</v>
+      </c>
+      <c r="F275" s="33" t="s">
+        <v>411</v>
+      </c>
+      <c r="G275" s="33" t="s">
+        <v>412</v>
+      </c>
+      <c r="H275" s="34">
+        <v>9399</v>
+      </c>
+      <c r="I275" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="J275" s="34">
+        <v>20</v>
+      </c>
+      <c r="K275" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L275" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M275" s="33" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="28">
+        <v>274</v>
+      </c>
+      <c r="B276" s="29"/>
+      <c r="C276" s="29"/>
+      <c r="D276" s="30" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E276" s="31" t="s">
+        <v>86</v>
+      </c>
+      <c r="F276" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="G276" s="33" t="s">
+        <v>87</v>
+      </c>
+      <c r="H276" s="34">
+        <v>9399</v>
+      </c>
+      <c r="I276" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="J276" s="34">
+        <v>20</v>
+      </c>
+      <c r="K276" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L276" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M276" s="33" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A277" s="28">
+        <v>275</v>
+      </c>
+      <c r="B277" s="29"/>
+      <c r="C277" s="29"/>
+      <c r="D277" s="30" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E277" s="31" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F277" s="33" t="s">
+        <v>2391</v>
+      </c>
+      <c r="G277" s="33" t="s">
+        <v>345</v>
+      </c>
+      <c r="H277" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I277" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J277" s="34">
+        <v>20</v>
+      </c>
+      <c r="K277" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L277" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M277" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A278" s="28">
+        <v>276</v>
+      </c>
+      <c r="B278" s="29"/>
+      <c r="C278" s="29"/>
+      <c r="D278" s="35" t="s">
+        <v>1819</v>
+      </c>
+      <c r="E278" s="33" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F278" s="33" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G278" s="33" t="s">
+        <v>345</v>
+      </c>
+      <c r="H278" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I278" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J278" s="34">
+        <v>20</v>
+      </c>
+      <c r="K278" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L278" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M278" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A279" s="28">
+        <v>277</v>
+      </c>
+      <c r="B279" s="29"/>
+      <c r="C279" s="29"/>
+      <c r="D279" s="35" t="s">
+        <v>1820</v>
+      </c>
+      <c r="E279" s="33" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F279" s="33" t="s">
+        <v>2393</v>
+      </c>
+      <c r="G279" s="33" t="s">
+        <v>345</v>
+      </c>
+      <c r="H279" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I279" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J279" s="34">
+        <v>20</v>
+      </c>
+      <c r="K279" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L279" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M279" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A280" s="28">
+        <v>278</v>
+      </c>
+      <c r="B280" s="29"/>
+      <c r="C280" s="29"/>
+      <c r="D280" s="30" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E280" s="31" t="s">
+        <v>361</v>
+      </c>
+      <c r="F280" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="G280" s="33" t="s">
+        <v>362</v>
+      </c>
+      <c r="H280" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I280" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J280" s="34">
+        <v>20</v>
+      </c>
+      <c r="K280" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L280" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M280" s="33" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A281" s="28">
+        <v>279</v>
+      </c>
+      <c r="B281" s="29"/>
+      <c r="C281" s="29"/>
+      <c r="D281" s="30" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E281" s="31" t="s">
+        <v>354</v>
+      </c>
+      <c r="F281" s="33" t="s">
+        <v>354</v>
+      </c>
+      <c r="G281" s="33" t="s">
+        <v>355</v>
+      </c>
+      <c r="H281" s="34">
+        <v>9291</v>
+      </c>
+      <c r="I281" s="33" t="s">
+        <v>356</v>
+      </c>
+      <c r="J281" s="34">
+        <v>20</v>
+      </c>
+      <c r="K281" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L281" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M281" s="33" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" ht="85.5" x14ac:dyDescent="0.25">
+      <c r="A282" s="28">
+        <v>280</v>
+      </c>
+      <c r="B282" s="29"/>
+      <c r="C282" s="29"/>
+      <c r="D282" s="30" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E282" s="31" t="s">
+        <v>336</v>
+      </c>
+      <c r="F282" s="33" t="s">
+        <v>337</v>
+      </c>
+      <c r="G282" s="33" t="s">
+        <v>338</v>
+      </c>
+      <c r="H282" s="34">
+        <v>9218</v>
+      </c>
+      <c r="I282" s="33" t="s">
+        <v>339</v>
+      </c>
+      <c r="J282" s="34">
+        <v>20</v>
+      </c>
+      <c r="K282" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L282" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M282" s="33" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" ht="85.5" x14ac:dyDescent="0.25">
+      <c r="A283" s="28">
+        <v>281</v>
+      </c>
+      <c r="B283" s="29"/>
+      <c r="C283" s="29"/>
+      <c r="D283" s="35" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E283" s="33" t="s">
+        <v>336</v>
+      </c>
+      <c r="F283" s="33" t="s">
+        <v>340</v>
+      </c>
+      <c r="G283" s="33" t="s">
+        <v>338</v>
+      </c>
+      <c r="H283" s="34">
+        <v>9218</v>
+      </c>
+      <c r="I283" s="33" t="s">
+        <v>339</v>
+      </c>
+      <c r="J283" s="34">
+        <v>20</v>
+      </c>
+      <c r="K283" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L283" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M283" s="33" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" ht="85.5" x14ac:dyDescent="0.25">
+      <c r="A284" s="28">
+        <v>282</v>
+      </c>
+      <c r="B284" s="29"/>
+      <c r="C284" s="29"/>
+      <c r="D284" s="35" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E284" s="33" t="s">
+        <v>336</v>
+      </c>
+      <c r="F284" s="33" t="s">
+        <v>341</v>
+      </c>
+      <c r="G284" s="33" t="s">
+        <v>338</v>
+      </c>
+      <c r="H284" s="34">
+        <v>9218</v>
+      </c>
+      <c r="I284" s="33" t="s">
+        <v>339</v>
+      </c>
+      <c r="J284" s="34">
+        <v>20</v>
+      </c>
+      <c r="K284" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L284" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M284" s="33" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" ht="85.5" x14ac:dyDescent="0.25">
+      <c r="A285" s="28">
+        <v>283</v>
+      </c>
+      <c r="B285" s="29"/>
+      <c r="C285" s="29"/>
+      <c r="D285" s="35" t="s">
+        <v>1825</v>
+      </c>
+      <c r="E285" s="33" t="s">
+        <v>336</v>
+      </c>
+      <c r="F285" s="33" t="s">
+        <v>342</v>
+      </c>
+      <c r="G285" s="33" t="s">
+        <v>338</v>
+      </c>
+      <c r="H285" s="34">
+        <v>9218</v>
+      </c>
+      <c r="I285" s="33" t="s">
+        <v>339</v>
+      </c>
+      <c r="J285" s="34">
+        <v>20</v>
+      </c>
+      <c r="K285" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L285" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M285" s="33" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A286" s="28">
+        <v>284</v>
+      </c>
+      <c r="B286" s="21" t="s">
+        <v>343</v>
+      </c>
+      <c r="C286" s="21"/>
+      <c r="D286" s="11" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E286" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="F286" s="8" t="s">
+        <v>344</v>
+      </c>
+      <c r="G286" s="8" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H286" s="9">
+        <v>9219</v>
+      </c>
+      <c r="I286" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="J286" s="9">
+        <v>20</v>
+      </c>
+      <c r="K286" s="8" t="s">
+        <v>398</v>
+      </c>
+      <c r="L286" s="8" t="s">
+        <v>399</v>
+      </c>
+      <c r="M286" s="8" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A287" s="28">
+        <v>285</v>
+      </c>
+      <c r="B287" s="29"/>
+      <c r="C287" s="29"/>
+      <c r="D287" s="30" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E287" s="31" t="s">
+        <v>347</v>
+      </c>
+      <c r="F287" s="33" t="s">
+        <v>348</v>
+      </c>
+      <c r="G287" s="33" t="s">
+        <v>349</v>
+      </c>
+      <c r="H287" s="34">
+        <v>9294</v>
+      </c>
+      <c r="I287" s="33" t="s">
+        <v>350</v>
+      </c>
+      <c r="J287" s="34">
+        <v>20</v>
+      </c>
+      <c r="K287" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L287" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M287" s="33" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A288" s="28">
+        <v>286</v>
+      </c>
+      <c r="B288" s="29"/>
+      <c r="C288" s="29"/>
+      <c r="D288" s="35" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E288" s="33" t="s">
+        <v>347</v>
+      </c>
+      <c r="F288" s="33" t="s">
+        <v>351</v>
+      </c>
+      <c r="G288" s="33" t="s">
+        <v>349</v>
+      </c>
+      <c r="H288" s="34">
+        <v>9294</v>
+      </c>
+      <c r="I288" s="33" t="s">
+        <v>350</v>
+      </c>
+      <c r="J288" s="34">
+        <v>20</v>
+      </c>
+      <c r="K288" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L288" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M288" s="33" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A289" s="28">
+        <v>287</v>
+      </c>
+      <c r="B289" s="29"/>
+      <c r="C289" s="29"/>
+      <c r="D289" s="35" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E289" s="33" t="s">
+        <v>347</v>
+      </c>
+      <c r="F289" s="33" t="s">
+        <v>352</v>
+      </c>
+      <c r="G289" s="33" t="s">
+        <v>349</v>
+      </c>
+      <c r="H289" s="34">
+        <v>9294</v>
+      </c>
+      <c r="I289" s="33" t="s">
+        <v>350</v>
+      </c>
+      <c r="J289" s="34">
+        <v>20</v>
+      </c>
+      <c r="K289" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L289" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M289" s="33" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A290" s="28">
+        <v>288</v>
+      </c>
+      <c r="B290" s="29"/>
+      <c r="C290" s="29"/>
+      <c r="D290" s="35" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E290" s="33" t="s">
+        <v>347</v>
+      </c>
+      <c r="F290" s="33" t="s">
+        <v>353</v>
+      </c>
+      <c r="G290" s="33" t="s">
+        <v>349</v>
+      </c>
+      <c r="H290" s="34">
+        <v>9294</v>
+      </c>
+      <c r="I290" s="33" t="s">
+        <v>350</v>
+      </c>
+      <c r="J290" s="34">
+        <v>20</v>
+      </c>
+      <c r="K290" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L290" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M290" s="33" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A291" s="28">
+        <v>289</v>
+      </c>
+      <c r="B291" s="29"/>
+      <c r="C291" s="29"/>
+      <c r="D291" s="30" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E291" s="31" t="s">
+        <v>363</v>
+      </c>
+      <c r="F291" s="33" t="s">
+        <v>364</v>
+      </c>
+      <c r="G291" s="33" t="s">
+        <v>2394</v>
+      </c>
+      <c r="H291" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I291" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J291" s="34">
+        <v>20</v>
+      </c>
+      <c r="K291" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L291" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M291" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A292" s="28">
+        <v>290</v>
+      </c>
+      <c r="B292" s="29"/>
+      <c r="C292" s="29"/>
+      <c r="D292" s="35" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E292" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F292" s="33" t="s">
+        <v>365</v>
+      </c>
+      <c r="G292" s="33" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H292" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I292" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J292" s="34">
+        <v>20</v>
+      </c>
+      <c r="K292" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L292" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M292" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A293" s="28">
+        <v>291</v>
+      </c>
+      <c r="B293" s="29"/>
+      <c r="C293" s="29"/>
+      <c r="D293" s="35" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E293" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F293" s="33" t="s">
+        <v>366</v>
+      </c>
+      <c r="G293" s="33" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H293" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I293" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J293" s="34">
+        <v>20</v>
+      </c>
+      <c r="K293" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L293" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M293" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A294" s="28">
+        <v>292</v>
+      </c>
+      <c r="B294" s="29"/>
+      <c r="C294" s="29"/>
+      <c r="D294" s="35" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E294" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F294" s="33" t="s">
+        <v>367</v>
+      </c>
+      <c r="G294" s="33" t="s">
+        <v>2397</v>
+      </c>
+      <c r="H294" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I294" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J294" s="34">
+        <v>20</v>
+      </c>
+      <c r="K294" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L294" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M294" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A295" s="28">
+        <v>293</v>
+      </c>
+      <c r="B295" s="29"/>
+      <c r="C295" s="29"/>
+      <c r="D295" s="35" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E295" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F295" s="33" t="s">
+        <v>368</v>
+      </c>
+      <c r="G295" s="33" t="s">
+        <v>2398</v>
+      </c>
+      <c r="H295" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I295" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J295" s="34">
+        <v>20</v>
+      </c>
+      <c r="K295" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L295" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M295" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A296" s="28">
+        <v>294</v>
+      </c>
+      <c r="B296" s="29"/>
+      <c r="C296" s="29"/>
+      <c r="D296" s="35" t="s">
+        <v>1831</v>
+      </c>
+      <c r="E296" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F296" s="33" t="s">
+        <v>369</v>
+      </c>
+      <c r="G296" s="33" t="s">
+        <v>2399</v>
+      </c>
+      <c r="H296" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I296" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J296" s="34">
+        <v>20</v>
+      </c>
+      <c r="K296" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L296" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M296" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A297" s="28">
+        <v>295</v>
+      </c>
+      <c r="B297" s="29"/>
+      <c r="C297" s="29"/>
+      <c r="D297" s="35" t="s">
+        <v>1832</v>
+      </c>
+      <c r="E297" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F297" s="33" t="s">
+        <v>370</v>
+      </c>
+      <c r="G297" s="33" t="s">
+        <v>2400</v>
+      </c>
+      <c r="H297" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I297" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J297" s="34">
+        <v>20</v>
+      </c>
+      <c r="K297" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L297" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M297" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="28">
+        <v>296</v>
+      </c>
+      <c r="B298" s="29"/>
+      <c r="C298" s="29"/>
+      <c r="D298" s="35" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E298" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F298" s="33" t="s">
+        <v>371</v>
+      </c>
+      <c r="G298" s="33" t="s">
+        <v>2401</v>
+      </c>
+      <c r="H298" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I298" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J298" s="34">
+        <v>20</v>
+      </c>
+      <c r="K298" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L298" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M298" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A299" s="28">
+        <v>297</v>
+      </c>
+      <c r="B299" s="29"/>
+      <c r="C299" s="29"/>
+      <c r="D299" s="35" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E299" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F299" s="33" t="s">
+        <v>372</v>
+      </c>
+      <c r="G299" s="33" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H299" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I299" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J299" s="34">
+        <v>20</v>
+      </c>
+      <c r="K299" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L299" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M299" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="28">
+        <v>298</v>
+      </c>
+      <c r="B300" s="29"/>
+      <c r="C300" s="29"/>
+      <c r="D300" s="35" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E300" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F300" s="33" t="s">
+        <v>373</v>
+      </c>
+      <c r="G300" s="33" t="s">
+        <v>2403</v>
+      </c>
+      <c r="H300" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I300" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J300" s="34">
+        <v>20</v>
+      </c>
+      <c r="K300" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L300" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M300" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="28">
+        <v>299</v>
+      </c>
+      <c r="B301" s="29"/>
+      <c r="C301" s="29"/>
+      <c r="D301" s="35" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E301" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F301" s="33" t="s">
+        <v>374</v>
+      </c>
+      <c r="G301" s="33" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H301" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I301" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J301" s="34">
+        <v>20</v>
+      </c>
+      <c r="K301" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L301" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M301" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="28">
+        <v>300</v>
+      </c>
+      <c r="B302" s="29"/>
+      <c r="C302" s="29"/>
+      <c r="D302" s="35" t="s">
+        <v>1837</v>
+      </c>
+      <c r="E302" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F302" s="33" t="s">
+        <v>375</v>
+      </c>
+      <c r="G302" s="33" t="s">
+        <v>2405</v>
+      </c>
+      <c r="H302" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I302" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J302" s="34">
+        <v>20</v>
+      </c>
+      <c r="K302" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L302" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M302" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A303" s="28">
+        <v>301</v>
+      </c>
+      <c r="B303" s="29"/>
+      <c r="C303" s="29"/>
+      <c r="D303" s="35" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E303" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F303" s="33" t="s">
+        <v>376</v>
+      </c>
+      <c r="G303" s="33" t="s">
+        <v>2406</v>
+      </c>
+      <c r="H303" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I303" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J303" s="34">
+        <v>20</v>
+      </c>
+      <c r="K303" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L303" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M303" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A304" s="28">
+        <v>302</v>
+      </c>
+      <c r="B304" s="29"/>
+      <c r="C304" s="29"/>
+      <c r="D304" s="35" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E304" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="F304" s="33" t="s">
+        <v>377</v>
+      </c>
+      <c r="G304" s="33" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H304" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I304" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J304" s="34">
+        <v>20</v>
+      </c>
+      <c r="K304" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L304" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M304" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A305" s="28">
+        <v>303</v>
+      </c>
+      <c r="B305" s="29"/>
+      <c r="C305" s="29"/>
+      <c r="D305" s="30" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E305" s="31" t="s">
+        <v>378</v>
+      </c>
+      <c r="F305" s="33" t="s">
+        <v>379</v>
+      </c>
+      <c r="G305" s="33" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H305" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I305" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J305" s="34">
+        <v>20</v>
+      </c>
+      <c r="K305" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L305" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M305" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A306" s="28">
+        <v>304</v>
+      </c>
+      <c r="B306" s="29"/>
+      <c r="C306" s="29"/>
+      <c r="D306" s="35" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E306" s="33" t="s">
+        <v>378</v>
+      </c>
+      <c r="F306" s="33" t="s">
+        <v>380</v>
+      </c>
+      <c r="G306" s="33" t="s">
+        <v>2409</v>
+      </c>
+      <c r="H306" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I306" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J306" s="34">
+        <v>20</v>
+      </c>
+      <c r="K306" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L306" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M306" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A307" s="28">
+        <v>305</v>
+      </c>
+      <c r="B307" s="29"/>
+      <c r="C307" s="29"/>
+      <c r="D307" s="35" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E307" s="33" t="s">
+        <v>378</v>
+      </c>
+      <c r="F307" s="33" t="s">
+        <v>381</v>
+      </c>
+      <c r="G307" s="33" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H307" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I307" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J307" s="34">
+        <v>20</v>
+      </c>
+      <c r="K307" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L307" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M307" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A308" s="28">
+        <v>306</v>
+      </c>
+      <c r="B308" s="29"/>
+      <c r="C308" s="29"/>
+      <c r="D308" s="35" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E308" s="33" t="s">
+        <v>378</v>
+      </c>
+      <c r="F308" s="33" t="s">
+        <v>382</v>
+      </c>
+      <c r="G308" s="33" t="s">
+        <v>2411</v>
+      </c>
+      <c r="H308" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I308" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J308" s="34">
+        <v>20</v>
+      </c>
+      <c r="K308" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L308" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M308" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A309" s="28">
+        <v>307</v>
+      </c>
+      <c r="B309" s="29"/>
+      <c r="C309" s="29"/>
+      <c r="D309" s="35" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E309" s="33" t="s">
+        <v>378</v>
+      </c>
+      <c r="F309" s="33" t="s">
+        <v>383</v>
+      </c>
+      <c r="G309" s="33" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H309" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I309" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J309" s="34">
+        <v>20</v>
+      </c>
+      <c r="K309" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L309" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M309" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A310" s="28">
+        <v>308</v>
+      </c>
+      <c r="B310" s="29"/>
+      <c r="C310" s="29"/>
+      <c r="D310" s="35" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E310" s="33" t="s">
+        <v>378</v>
+      </c>
+      <c r="F310" s="33" t="s">
+        <v>384</v>
+      </c>
+      <c r="G310" s="33" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H310" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I310" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J310" s="34">
+        <v>20</v>
+      </c>
+      <c r="K310" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L310" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M310" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="28">
+        <v>309</v>
+      </c>
+      <c r="B311" s="29"/>
+      <c r="C311" s="29"/>
+      <c r="D311" s="30" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E311" s="31" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F311" s="33" t="s">
+        <v>1250</v>
+      </c>
+      <c r="G311" s="33" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H311" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I311" s="33" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J311" s="34">
+        <v>80</v>
+      </c>
+      <c r="K311" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L311" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M311" s="33" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="28">
+        <v>310</v>
+      </c>
+      <c r="B312" s="29"/>
+      <c r="C312" s="29"/>
+      <c r="D312" s="35" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E312" s="33" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F312" s="33" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G312" s="33" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H312" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I312" s="33" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J312" s="34">
+        <v>80</v>
+      </c>
+      <c r="K312" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L312" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M312" s="33" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A313" s="28">
+        <v>311</v>
+      </c>
+      <c r="B313" s="29"/>
+      <c r="C313" s="29"/>
+      <c r="D313" s="30" t="s">
+        <v>1446</v>
+      </c>
+      <c r="E313" s="31" t="s">
+        <v>402</v>
+      </c>
+      <c r="F313" s="33" t="s">
+        <v>403</v>
+      </c>
+      <c r="G313" s="33" t="s">
+        <v>404</v>
+      </c>
+      <c r="H313" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I313" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J313" s="34">
+        <v>20</v>
+      </c>
+      <c r="K313" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L313" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M313" s="33" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A314" s="28">
+        <v>312</v>
+      </c>
+      <c r="B314" s="29"/>
+      <c r="C314" s="29"/>
+      <c r="D314" s="35" t="s">
+        <v>1447</v>
+      </c>
+      <c r="E314" s="33" t="s">
+        <v>402</v>
+      </c>
+      <c r="F314" s="33" t="s">
+        <v>406</v>
+      </c>
+      <c r="G314" s="33" t="s">
+        <v>404</v>
+      </c>
+      <c r="H314" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I314" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J314" s="34">
+        <v>20</v>
+      </c>
+      <c r="K314" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L314" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M314" s="33" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A315" s="28">
+        <v>313</v>
+      </c>
+      <c r="B315" s="29"/>
+      <c r="C315" s="29"/>
+      <c r="D315" s="35" t="s">
+        <v>1840</v>
+      </c>
+      <c r="E315" s="33" t="s">
+        <v>402</v>
+      </c>
+      <c r="F315" s="33" t="s">
+        <v>407</v>
+      </c>
+      <c r="G315" s="33" t="s">
+        <v>404</v>
+      </c>
+      <c r="H315" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I315" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J315" s="34">
+        <v>20</v>
+      </c>
+      <c r="K315" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L315" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M315" s="33" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A316" s="28">
+        <v>314</v>
+      </c>
+      <c r="B316" s="29"/>
+      <c r="C316" s="29"/>
+      <c r="D316" s="35" t="s">
+        <v>1841</v>
+      </c>
+      <c r="E316" s="33" t="s">
+        <v>402</v>
+      </c>
+      <c r="F316" s="33" t="s">
+        <v>408</v>
+      </c>
+      <c r="G316" s="33" t="s">
+        <v>404</v>
+      </c>
+      <c r="H316" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I316" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J316" s="34">
+        <v>20</v>
+      </c>
+      <c r="K316" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L316" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M316" s="33" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A317" s="28">
+        <v>315</v>
+      </c>
+      <c r="B317" s="29"/>
+      <c r="C317" s="29"/>
+      <c r="D317" s="35" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E317" s="33" t="s">
+        <v>402</v>
+      </c>
+      <c r="F317" s="33" t="s">
+        <v>409</v>
+      </c>
+      <c r="G317" s="33" t="s">
+        <v>404</v>
+      </c>
+      <c r="H317" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I317" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J317" s="34">
+        <v>20</v>
+      </c>
+      <c r="K317" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L317" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M317" s="33" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A318" s="28">
+        <v>316</v>
+      </c>
+      <c r="B318" s="29"/>
+      <c r="C318" s="29"/>
+      <c r="D318" s="35" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E318" s="33" t="s">
+        <v>402</v>
+      </c>
+      <c r="F318" s="33" t="s">
+        <v>410</v>
+      </c>
+      <c r="G318" s="33" t="s">
+        <v>404</v>
+      </c>
+      <c r="H318" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I318" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J318" s="34">
+        <v>20</v>
+      </c>
+      <c r="K318" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L318" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M318" s="33" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A319" s="28">
+        <v>317</v>
+      </c>
+      <c r="B319" s="29"/>
+      <c r="C319" s="29"/>
+      <c r="D319" s="30" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E319" s="31" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F319" s="33" t="s">
+        <v>2414</v>
+      </c>
+      <c r="G319" s="33" t="s">
+        <v>357</v>
+      </c>
+      <c r="H319" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I319" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J319" s="34">
+        <v>20</v>
+      </c>
+      <c r="K319" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L319" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M319" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A320" s="28">
+        <v>318</v>
+      </c>
+      <c r="B320" s="29"/>
+      <c r="C320" s="29"/>
+      <c r="D320" s="35" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E320" s="33" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F320" s="33" t="s">
+        <v>2415</v>
+      </c>
+      <c r="G320" s="33" t="s">
+        <v>357</v>
+      </c>
+      <c r="H320" s="34">
+        <v>9293</v>
+      </c>
+      <c r="I320" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="J320" s="34">
+        <v>20</v>
+      </c>
+      <c r="K320" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L320" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M320" s="33" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A321" s="28">
+        <v>319</v>
+      </c>
+      <c r="B321" s="22"/>
+      <c r="C321" s="22" t="s">
+        <v>394</v>
+      </c>
+      <c r="D321" s="10" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H321" s="2">
+        <v>9219</v>
+      </c>
+      <c r="I321" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="J321" s="2">
+        <v>20</v>
+      </c>
+      <c r="K321" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="L321" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="M321" s="1" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A322" s="28">
+        <v>320</v>
+      </c>
+      <c r="B322" s="22"/>
+      <c r="C322" s="22" t="s">
+        <v>394</v>
+      </c>
+      <c r="D322" s="15" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H322" s="2">
+        <v>9219</v>
+      </c>
+      <c r="I322" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="J322" s="2">
+        <v>20</v>
+      </c>
+      <c r="K322" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="L322" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="M322" s="1" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A323" s="28">
+        <v>321</v>
+      </c>
+      <c r="B323" s="21" t="s">
+        <v>385</v>
+      </c>
+      <c r="C323" s="21"/>
+      <c r="D323" s="11" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E323" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="F323" s="8" t="s">
+        <v>386</v>
+      </c>
+      <c r="G323" s="8" t="s">
+        <v>387</v>
+      </c>
+      <c r="H323" s="9">
+        <v>9293</v>
+      </c>
+      <c r="I323" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="J323" s="9">
+        <v>20</v>
+      </c>
+      <c r="K323" s="8" t="s">
+        <v>398</v>
+      </c>
+      <c r="L323" s="8" t="s">
+        <v>399</v>
+      </c>
+      <c r="M323" s="8" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A324" s="28">
+        <v>322</v>
+      </c>
+      <c r="B324" s="21" t="s">
+        <v>385</v>
+      </c>
+      <c r="C324" s="21"/>
+      <c r="D324" s="11" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E324" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="F324" s="8" t="s">
+        <v>388</v>
+      </c>
+      <c r="G324" s="8" t="s">
+        <v>389</v>
+      </c>
+      <c r="H324" s="9">
+        <v>9293</v>
+      </c>
+      <c r="I324" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="J324" s="9">
+        <v>20</v>
+      </c>
+      <c r="K324" s="8" t="s">
+        <v>398</v>
+      </c>
+      <c r="L324" s="8" t="s">
+        <v>399</v>
+      </c>
+      <c r="M324" s="8" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" ht="61.5" x14ac:dyDescent="0.25">
+      <c r="A325" s="28">
+        <v>323</v>
+      </c>
+      <c r="B325" s="29"/>
+      <c r="C325" s="29"/>
+      <c r="D325" s="30" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E325" s="31" t="s">
+        <v>358</v>
+      </c>
+      <c r="F325" s="33" t="s">
+        <v>358</v>
+      </c>
+      <c r="G325" s="36" t="s">
+        <v>359</v>
+      </c>
+      <c r="H325" s="34">
+        <v>9212</v>
+      </c>
+      <c r="I325" s="33" t="s">
+        <v>360</v>
+      </c>
+      <c r="J325" s="34">
+        <v>20</v>
+      </c>
+      <c r="K325" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="L325" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="M325" s="33" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A326" s="28">
+        <v>324</v>
+      </c>
+      <c r="B326" s="29"/>
+      <c r="C326" s="29"/>
+      <c r="D326" s="30" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E326" s="31" t="s">
+        <v>427</v>
+      </c>
+      <c r="F326" s="33" t="s">
+        <v>428</v>
+      </c>
+      <c r="G326" s="33" t="s">
+        <v>429</v>
+      </c>
+      <c r="H326" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I326" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J326" s="34">
+        <v>22</v>
+      </c>
+      <c r="K326" s="33" t="s">
+        <v>430</v>
+      </c>
+      <c r="L326" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M326" s="33" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A327" s="28">
+        <v>325</v>
+      </c>
+      <c r="B327" s="29"/>
+      <c r="C327" s="29"/>
+      <c r="D327" s="35" t="s">
+        <v>1845</v>
+      </c>
+      <c r="E327" s="33" t="s">
+        <v>427</v>
+      </c>
+      <c r="F327" s="33" t="s">
+        <v>432</v>
+      </c>
+      <c r="G327" s="33" t="s">
+        <v>429</v>
+      </c>
+      <c r="H327" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I327" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J327" s="34">
+        <v>22</v>
+      </c>
+      <c r="K327" s="33" t="s">
+        <v>430</v>
+      </c>
+      <c r="L327" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M327" s="33" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A328" s="28">
+        <v>326</v>
+      </c>
+      <c r="B328" s="29"/>
+      <c r="C328" s="29"/>
+      <c r="D328" s="35" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E328" s="33" t="s">
+        <v>427</v>
+      </c>
+      <c r="F328" s="33" t="s">
+        <v>433</v>
+      </c>
+      <c r="G328" s="33" t="s">
+        <v>429</v>
+      </c>
+      <c r="H328" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I328" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J328" s="34">
+        <v>22</v>
+      </c>
+      <c r="K328" s="33" t="s">
+        <v>430</v>
+      </c>
+      <c r="L328" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M328" s="33" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A329" s="28">
+        <v>327</v>
+      </c>
+      <c r="B329" s="29"/>
+      <c r="C329" s="29"/>
+      <c r="D329" s="35" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E329" s="33" t="s">
+        <v>427</v>
+      </c>
+      <c r="F329" s="33" t="s">
+        <v>434</v>
+      </c>
+      <c r="G329" s="33" t="s">
+        <v>429</v>
+      </c>
+      <c r="H329" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I329" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J329" s="34">
+        <v>22</v>
+      </c>
+      <c r="K329" s="33" t="s">
+        <v>430</v>
+      </c>
+      <c r="L329" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M329" s="33" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A330" s="28">
+        <v>328</v>
+      </c>
+      <c r="B330" s="29"/>
+      <c r="C330" s="29"/>
+      <c r="D330" s="35" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E330" s="33" t="s">
+        <v>427</v>
+      </c>
+      <c r="F330" s="33" t="s">
+        <v>435</v>
+      </c>
+      <c r="G330" s="33" t="s">
+        <v>429</v>
+      </c>
+      <c r="H330" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I330" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J330" s="34">
+        <v>22</v>
+      </c>
+      <c r="K330" s="33" t="s">
+        <v>430</v>
+      </c>
+      <c r="L330" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M330" s="33" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A331" s="28">
+        <v>329</v>
+      </c>
+      <c r="B331" s="29"/>
+      <c r="C331" s="29"/>
+      <c r="D331" s="35" t="s">
+        <v>1849</v>
+      </c>
+      <c r="E331" s="33" t="s">
+        <v>427</v>
+      </c>
+      <c r="F331" s="33" t="s">
+        <v>436</v>
+      </c>
+      <c r="G331" s="33" t="s">
+        <v>429</v>
+      </c>
+      <c r="H331" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I331" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J331" s="34">
+        <v>22</v>
+      </c>
+      <c r="K331" s="33" t="s">
+        <v>430</v>
+      </c>
+      <c r="L331" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M331" s="33" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A332" s="28">
+        <v>330</v>
+      </c>
+      <c r="B332" s="29"/>
+      <c r="C332" s="29"/>
+      <c r="D332" s="30" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E332" s="37" t="s">
+        <v>437</v>
+      </c>
+      <c r="F332" s="38" t="s">
+        <v>437</v>
+      </c>
+      <c r="G332" s="38" t="s">
+        <v>438</v>
+      </c>
+      <c r="H332" s="34">
+        <v>9133</v>
+      </c>
+      <c r="I332" s="33" t="s">
+        <v>439</v>
+      </c>
+      <c r="J332" s="34">
+        <v>22</v>
+      </c>
+      <c r="K332" s="33" t="s">
+        <v>440</v>
+      </c>
+      <c r="L332" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M332" s="33" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A333" s="28">
+        <v>331</v>
+      </c>
+      <c r="B333" s="29"/>
+      <c r="C333" s="29"/>
+      <c r="D333" s="30" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E333" s="31" t="s">
+        <v>423</v>
+      </c>
+      <c r="F333" s="33" t="s">
+        <v>423</v>
+      </c>
+      <c r="G333" s="33" t="s">
+        <v>424</v>
+      </c>
+      <c r="H333" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I333" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J333" s="34">
+        <v>22</v>
+      </c>
+      <c r="K333" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="L333" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M333" s="33" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="28">
+        <v>332</v>
+      </c>
+      <c r="B334" s="29"/>
+      <c r="C334" s="29"/>
+      <c r="D334" s="30" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E334" s="31" t="s">
+        <v>442</v>
+      </c>
+      <c r="F334" s="33" t="s">
+        <v>443</v>
+      </c>
+      <c r="G334" s="33" t="s">
+        <v>2416</v>
+      </c>
+      <c r="H334" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I334" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J334" s="34">
+        <v>22</v>
+      </c>
+      <c r="K334" s="33" t="s">
+        <v>444</v>
+      </c>
+      <c r="L334" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M334" s="33" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="28">
+        <v>333</v>
+      </c>
+      <c r="B335" s="29"/>
+      <c r="C335" s="29"/>
+      <c r="D335" s="35" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E335" s="33" t="s">
+        <v>442</v>
+      </c>
+      <c r="F335" s="33" t="s">
+        <v>446</v>
+      </c>
+      <c r="G335" s="33" t="s">
+        <v>2416</v>
+      </c>
+      <c r="H335" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I335" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J335" s="34">
+        <v>22</v>
+      </c>
+      <c r="K335" s="33" t="s">
+        <v>444</v>
+      </c>
+      <c r="L335" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M335" s="33" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="28">
+        <v>334</v>
+      </c>
+      <c r="B336" s="29"/>
+      <c r="C336" s="29"/>
+      <c r="D336" s="35" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E336" s="33" t="s">
+        <v>442</v>
+      </c>
+      <c r="F336" s="33" t="s">
+        <v>447</v>
+      </c>
+      <c r="G336" s="33" t="s">
+        <v>2416</v>
+      </c>
+      <c r="H336" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I336" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J336" s="34">
+        <v>22</v>
+      </c>
+      <c r="K336" s="33" t="s">
+        <v>444</v>
+      </c>
+      <c r="L336" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M336" s="33" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="28">
+        <v>335</v>
+      </c>
+      <c r="B337" s="32"/>
+      <c r="C337" s="32"/>
+      <c r="D337" s="29" t="s">
+        <v>1455</v>
+      </c>
+      <c r="E337" s="31" t="s">
+        <v>448</v>
+      </c>
+      <c r="F337" s="33" t="s">
+        <v>448</v>
+      </c>
+      <c r="G337" s="33" t="s">
+        <v>449</v>
+      </c>
+      <c r="H337" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I337" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J337" s="34">
+        <v>18</v>
+      </c>
+      <c r="K337" s="33" t="s">
+        <v>450</v>
+      </c>
+      <c r="L337" s="33" t="s">
+        <v>451</v>
+      </c>
+      <c r="M337" s="33" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A338" s="28">
+        <v>336</v>
+      </c>
+      <c r="B338" s="32"/>
+      <c r="C338" s="32"/>
+      <c r="D338" s="34" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E338" s="33" t="s">
+        <v>448</v>
+      </c>
+      <c r="F338" s="33" t="s">
+        <v>453</v>
+      </c>
+      <c r="G338" s="33" t="s">
+        <v>449</v>
+      </c>
+      <c r="H338" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I338" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J338" s="34">
+        <v>18</v>
+      </c>
+      <c r="K338" s="33" t="s">
+        <v>450</v>
+      </c>
+      <c r="L338" s="33" t="s">
+        <v>451</v>
+      </c>
+      <c r="M338" s="33" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="28">
+        <v>337</v>
+      </c>
+      <c r="B339" s="32"/>
+      <c r="C339" s="32"/>
+      <c r="D339" s="29" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E339" s="31" t="s">
+        <v>454</v>
+      </c>
+      <c r="F339" s="33" t="s">
+        <v>455</v>
+      </c>
+      <c r="G339" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H339" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I339" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J339" s="34">
+        <v>47</v>
+      </c>
+      <c r="K339" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L339" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M339" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="28">
+        <v>338</v>
+      </c>
+      <c r="B340" s="32"/>
+      <c r="C340" s="32"/>
+      <c r="D340" s="34" t="s">
+        <v>1458</v>
+      </c>
+      <c r="E340" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="F340" s="33" t="s">
+        <v>460</v>
+      </c>
+      <c r="G340" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H340" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I340" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J340" s="34">
+        <v>47</v>
+      </c>
+      <c r="K340" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L340" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M340" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="28">
+        <v>339</v>
+      </c>
+      <c r="B341" s="32"/>
+      <c r="C341" s="32"/>
+      <c r="D341" s="34" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E341" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="F341" s="33" t="s">
+        <v>461</v>
+      </c>
+      <c r="G341" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H341" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I341" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J341" s="34">
+        <v>47</v>
+      </c>
+      <c r="K341" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L341" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M341" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A342" s="28">
+        <v>340</v>
+      </c>
+      <c r="B342" s="32"/>
+      <c r="C342" s="32"/>
+      <c r="D342" s="34" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E342" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="F342" s="33" t="s">
+        <v>462</v>
+      </c>
+      <c r="G342" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H342" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I342" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J342" s="34">
+        <v>47</v>
+      </c>
+      <c r="K342" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L342" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M342" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A343" s="28">
+        <v>341</v>
+      </c>
+      <c r="B343" s="32"/>
+      <c r="C343" s="32"/>
+      <c r="D343" s="34" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E343" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="F343" s="33" t="s">
+        <v>463</v>
+      </c>
+      <c r="G343" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H343" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I343" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J343" s="34">
+        <v>47</v>
+      </c>
+      <c r="K343" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L343" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M343" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="28">
+        <v>342</v>
+      </c>
+      <c r="B344" s="32"/>
+      <c r="C344" s="32"/>
+      <c r="D344" s="34" t="s">
+        <v>1856</v>
+      </c>
+      <c r="E344" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="F344" s="33" t="s">
+        <v>464</v>
+      </c>
+      <c r="G344" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H344" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I344" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J344" s="34">
+        <v>47</v>
+      </c>
+      <c r="K344" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L344" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M344" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="28">
+        <v>343</v>
+      </c>
+      <c r="B345" s="32"/>
+      <c r="C345" s="32"/>
+      <c r="D345" s="34" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E345" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="F345" s="33" t="s">
+        <v>465</v>
+      </c>
+      <c r="G345" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H345" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I345" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J345" s="34">
+        <v>47</v>
+      </c>
+      <c r="K345" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L345" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M345" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="28">
+        <v>344</v>
+      </c>
+      <c r="B346" s="32"/>
+      <c r="C346" s="32"/>
+      <c r="D346" s="34" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E346" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="F346" s="33" t="s">
+        <v>466</v>
+      </c>
+      <c r="G346" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H346" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I346" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J346" s="34">
+        <v>47</v>
+      </c>
+      <c r="K346" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L346" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M346" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A347" s="28">
+        <v>345</v>
+      </c>
+      <c r="B347" s="32"/>
+      <c r="C347" s="32"/>
+      <c r="D347" s="34" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E347" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="F347" s="33" t="s">
+        <v>467</v>
+      </c>
+      <c r="G347" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H347" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I347" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J347" s="34">
+        <v>47</v>
+      </c>
+      <c r="K347" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L347" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M347" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A348" s="28">
+        <v>346</v>
+      </c>
+      <c r="B348" s="32"/>
+      <c r="C348" s="32"/>
+      <c r="D348" s="34" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E348" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="F348" s="33" t="s">
+        <v>468</v>
+      </c>
+      <c r="G348" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="H348" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I348" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J348" s="34">
+        <v>47</v>
+      </c>
+      <c r="K348" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L348" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M348" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="28">
+        <v>347</v>
+      </c>
+      <c r="B349" s="32"/>
+      <c r="C349" s="32"/>
+      <c r="D349" s="29" t="s">
+        <v>1778</v>
+      </c>
+      <c r="E349" s="31" t="s">
+        <v>469</v>
+      </c>
+      <c r="F349" s="33" t="s">
+        <v>469</v>
+      </c>
+      <c r="G349" s="33" t="s">
+        <v>470</v>
+      </c>
+      <c r="H349" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I349" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J349" s="34">
+        <v>47</v>
+      </c>
+      <c r="K349" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L349" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M349" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="28">
+        <v>348</v>
+      </c>
+      <c r="B350" s="32"/>
+      <c r="C350" s="32"/>
+      <c r="D350" s="29" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E350" s="31" t="s">
+        <v>2417</v>
+      </c>
+      <c r="F350" s="33" t="s">
+        <v>2418</v>
+      </c>
+      <c r="G350" s="33" t="s">
+        <v>470</v>
+      </c>
+      <c r="H350" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I350" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J350" s="34">
+        <v>47</v>
+      </c>
+      <c r="K350" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L350" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M350" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="28">
+        <v>349</v>
+      </c>
+      <c r="B351" s="32"/>
+      <c r="C351" s="32"/>
+      <c r="D351" s="29" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E351" s="31" t="s">
+        <v>471</v>
+      </c>
+      <c r="F351" s="33" t="s">
+        <v>472</v>
+      </c>
+      <c r="G351" s="33" t="s">
+        <v>473</v>
+      </c>
+      <c r="H351" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I351" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J351" s="34">
+        <v>47</v>
+      </c>
+      <c r="K351" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L351" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M351" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="28">
+        <v>350</v>
+      </c>
+      <c r="B352" s="32"/>
+      <c r="C352" s="32"/>
+      <c r="D352" s="29" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E352" s="31" t="s">
+        <v>474</v>
+      </c>
+      <c r="F352" s="33" t="s">
+        <v>475</v>
+      </c>
+      <c r="G352" s="33" t="s">
+        <v>473</v>
+      </c>
+      <c r="H352" s="34">
+        <v>9213</v>
+      </c>
+      <c r="I352" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J352" s="34">
+        <v>47</v>
+      </c>
+      <c r="K352" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="L352" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="M352" s="33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A353" s="28">
+        <v>351</v>
+      </c>
+      <c r="B353" s="32"/>
+      <c r="C353" s="32"/>
+      <c r="D353" s="29" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E353" s="31" t="s">
+        <v>476</v>
+      </c>
+      <c r="F353" s="33" t="s">
+        <v>476</v>
+      </c>
+      <c r="G353" s="33" t="s">
+        <v>477</v>
+      </c>
+      <c r="H353" s="34">
+        <v>21427</v>
+      </c>
+      <c r="I353" s="33" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J353" s="35" t="s">
+        <v>478</v>
+      </c>
+      <c r="K353" s="33" t="s">
+        <v>479</v>
+      </c>
+      <c r="L353" s="33" t="s">
+        <v>479</v>
+      </c>
+      <c r="M353" s="33" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A354" s="28">
+        <v>352</v>
+      </c>
+      <c r="B354" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C354" s="21"/>
+      <c r="D354" s="11" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E354" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="F354" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="G354" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H354" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I354" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J354" s="9">
+        <v>17</v>
+      </c>
+      <c r="K354" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L354" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M354" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A355" s="28">
+        <v>353</v>
+      </c>
+      <c r="B355" s="23" t="s">
+        <v>493</v>
+      </c>
+      <c r="C355" s="21"/>
+      <c r="D355" s="16" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E355" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F355" s="8" t="s">
+        <v>499</v>
+      </c>
+      <c r="G355" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H355" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I355" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J355" s="9">
+        <v>17</v>
+      </c>
+      <c r="K355" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L355" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M355" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A356" s="28">
+        <v>354</v>
+      </c>
+      <c r="B356" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C356" s="21"/>
+      <c r="D356" s="16" t="s">
+        <v>1863</v>
+      </c>
+      <c r="E356" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F356" s="8" t="s">
+        <v>500</v>
+      </c>
+      <c r="G356" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H356" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I356" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J356" s="9">
+        <v>17</v>
+      </c>
+      <c r="K356" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L356" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M356" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A357" s="28">
+        <v>355</v>
+      </c>
+      <c r="B357" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C357" s="21"/>
+      <c r="D357" s="16" t="s">
+        <v>1864</v>
+      </c>
+      <c r="E357" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F357" s="8" t="s">
+        <v>501</v>
+      </c>
+      <c r="G357" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H357" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I357" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J357" s="9">
+        <v>17</v>
+      </c>
+      <c r="K357" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L357" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M357" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A358" s="28">
+        <v>356</v>
+      </c>
+      <c r="B358" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C358" s="21"/>
+      <c r="D358" s="16" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E358" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F358" s="8" t="s">
+        <v>502</v>
+      </c>
+      <c r="G358" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H358" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I358" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J358" s="9">
+        <v>17</v>
+      </c>
+      <c r="K358" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L358" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M358" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A359" s="28">
+        <v>357</v>
+      </c>
+      <c r="B359" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C359" s="21"/>
+      <c r="D359" s="16" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E359" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F359" s="8" t="s">
+        <v>503</v>
+      </c>
+      <c r="G359" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H359" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I359" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J359" s="9">
+        <v>17</v>
+      </c>
+      <c r="K359" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L359" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M359" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A360" s="28">
+        <v>358</v>
+      </c>
+      <c r="B360" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C360" s="21"/>
+      <c r="D360" s="16" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E360" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F360" s="8" t="s">
+        <v>504</v>
+      </c>
+      <c r="G360" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H360" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I360" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J360" s="9">
+        <v>17</v>
+      </c>
+      <c r="K360" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L360" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M360" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A361" s="28">
+        <v>359</v>
+      </c>
+      <c r="B361" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C361" s="21"/>
+      <c r="D361" s="16" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E361" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F361" s="8" t="s">
+        <v>505</v>
+      </c>
+      <c r="G361" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H361" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I361" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J361" s="9">
+        <v>17</v>
+      </c>
+      <c r="K361" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L361" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M361" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A362" s="28">
+        <v>360</v>
+      </c>
+      <c r="B362" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C362" s="21"/>
+      <c r="D362" s="16" t="s">
+        <v>1870</v>
+      </c>
+      <c r="E362" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F362" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="G362" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H362" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I362" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J362" s="9">
+        <v>17</v>
+      </c>
+      <c r="K362" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L362" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M362" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A363" s="28">
+        <v>361</v>
+      </c>
+      <c r="B363" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C363" s="21"/>
+      <c r="D363" s="16" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E363" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F363" s="8" t="s">
+        <v>507</v>
+      </c>
+      <c r="G363" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H363" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I363" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J363" s="9">
+        <v>17</v>
+      </c>
+      <c r="K363" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L363" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M363" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A364" s="28">
+        <v>362</v>
+      </c>
+      <c r="B364" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C364" s="21"/>
+      <c r="D364" s="16" t="s">
+        <v>1872</v>
+      </c>
+      <c r="E364" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F364" s="8" t="s">
+        <v>508</v>
+      </c>
+      <c r="G364" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H364" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I364" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J364" s="9">
+        <v>17</v>
+      </c>
+      <c r="K364" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L364" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M364" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A365" s="28">
+        <v>363</v>
+      </c>
+      <c r="B365" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C365" s="21"/>
+      <c r="D365" s="16" t="s">
+        <v>1873</v>
+      </c>
+      <c r="E365" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F365" s="8" t="s">
+        <v>509</v>
+      </c>
+      <c r="G365" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H365" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I365" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J365" s="9">
+        <v>17</v>
+      </c>
+      <c r="K365" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L365" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M365" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A366" s="28">
+        <v>364</v>
+      </c>
+      <c r="B366" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C366" s="21"/>
+      <c r="D366" s="16" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E366" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F366" s="8" t="s">
+        <v>510</v>
+      </c>
+      <c r="G366" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H366" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I366" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J366" s="9">
+        <v>17</v>
+      </c>
+      <c r="K366" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L366" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M366" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A367" s="28">
+        <v>365</v>
+      </c>
+      <c r="B367" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C367" s="21"/>
+      <c r="D367" s="16" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E367" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F367" s="8" t="s">
+        <v>511</v>
+      </c>
+      <c r="G367" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H367" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I367" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J367" s="9">
+        <v>17</v>
+      </c>
+      <c r="K367" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L367" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M367" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A368" s="28">
+        <v>366</v>
+      </c>
+      <c r="B368" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C368" s="21"/>
+      <c r="D368" s="16" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E368" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F368" s="8" t="s">
+        <v>512</v>
+      </c>
+      <c r="G368" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H368" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I368" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J368" s="9">
+        <v>17</v>
+      </c>
+      <c r="K368" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L368" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M368" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A369" s="28">
+        <v>367</v>
+      </c>
+      <c r="B369" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C369" s="21"/>
+      <c r="D369" s="16" t="s">
+        <v>1877</v>
+      </c>
+      <c r="E369" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F369" s="8" t="s">
+        <v>513</v>
+      </c>
+      <c r="G369" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H369" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I369" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J369" s="9">
+        <v>17</v>
+      </c>
+      <c r="K369" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L369" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M369" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A370" s="28">
+        <v>368</v>
+      </c>
+      <c r="B370" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C370" s="21"/>
+      <c r="D370" s="16" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E370" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F370" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="G370" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H370" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I370" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J370" s="9">
+        <v>17</v>
+      </c>
+      <c r="K370" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L370" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M370" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A371" s="28">
+        <v>369</v>
+      </c>
+      <c r="B371" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C371" s="21"/>
+      <c r="D371" s="16" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E371" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F371" s="8" t="s">
+        <v>515</v>
+      </c>
+      <c r="G371" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H371" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I371" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J371" s="9">
+        <v>17</v>
+      </c>
+      <c r="K371" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L371" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M371" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A372" s="28">
+        <v>370</v>
+      </c>
+      <c r="B372" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C372" s="21"/>
+      <c r="D372" s="16" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E372" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F372" s="8" t="s">
+        <v>516</v>
+      </c>
+      <c r="G372" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H372" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I372" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J372" s="9">
+        <v>17</v>
+      </c>
+      <c r="K372" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L372" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M372" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A373" s="28">
+        <v>371</v>
+      </c>
+      <c r="B373" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C373" s="21"/>
+      <c r="D373" s="16" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E373" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F373" s="8" t="s">
+        <v>517</v>
+      </c>
+      <c r="G373" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H373" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I373" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J373" s="9">
+        <v>17</v>
+      </c>
+      <c r="K373" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L373" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M373" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A374" s="28">
+        <v>372</v>
+      </c>
+      <c r="B374" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C374" s="21"/>
+      <c r="D374" s="16" t="s">
+        <v>1881</v>
+      </c>
+      <c r="E374" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F374" s="8" t="s">
+        <v>518</v>
+      </c>
+      <c r="G374" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H374" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I374" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J374" s="9">
+        <v>17</v>
+      </c>
+      <c r="K374" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L374" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M374" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A375" s="28">
+        <v>373</v>
+      </c>
+      <c r="B375" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C375" s="21"/>
+      <c r="D375" s="16" t="s">
+        <v>1882</v>
+      </c>
+      <c r="E375" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F375" s="8" t="s">
+        <v>519</v>
+      </c>
+      <c r="G375" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H375" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I375" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J375" s="9">
+        <v>17</v>
+      </c>
+      <c r="K375" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L375" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M375" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A376" s="28">
+        <v>374</v>
+      </c>
+      <c r="B376" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C376" s="21"/>
+      <c r="D376" s="16" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E376" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F376" s="8" t="s">
+        <v>520</v>
+      </c>
+      <c r="G376" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H376" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I376" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J376" s="9">
+        <v>17</v>
+      </c>
+      <c r="K376" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L376" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M376" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A377" s="28">
+        <v>375</v>
+      </c>
+      <c r="B377" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C377" s="21"/>
+      <c r="D377" s="16" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E377" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F377" s="8" t="s">
+        <v>521</v>
+      </c>
+      <c r="G377" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H377" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I377" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J377" s="9">
+        <v>17</v>
+      </c>
+      <c r="K377" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L377" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M377" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A378" s="28">
+        <v>376</v>
+      </c>
+      <c r="B378" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C378" s="21"/>
+      <c r="D378" s="16" t="s">
+        <v>1885</v>
+      </c>
+      <c r="E378" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F378" s="8" t="s">
+        <v>522</v>
+      </c>
+      <c r="G378" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H378" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I378" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J378" s="9">
+        <v>17</v>
+      </c>
+      <c r="K378" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L378" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M378" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A379" s="28">
+        <v>377</v>
+      </c>
+      <c r="B379" s="29"/>
+      <c r="C379" s="29"/>
+      <c r="D379" s="35" t="s">
+        <v>1886</v>
+      </c>
+      <c r="E379" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="F379" s="33" t="s">
+        <v>523</v>
+      </c>
+      <c r="G379" s="33" t="s">
+        <v>496</v>
+      </c>
+      <c r="H379" s="34">
+        <v>9392</v>
+      </c>
+      <c r="I379" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="J379" s="34">
+        <v>17</v>
+      </c>
+      <c r="K379" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L379" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M379" s="33" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A380" s="28">
+        <v>378</v>
+      </c>
+      <c r="B380" s="29"/>
+      <c r="C380" s="29"/>
+      <c r="D380" s="35" t="s">
+        <v>1887</v>
+      </c>
+      <c r="E380" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="F380" s="33" t="s">
+        <v>524</v>
+      </c>
+      <c r="G380" s="33" t="s">
+        <v>496</v>
+      </c>
+      <c r="H380" s="34">
+        <v>9392</v>
+      </c>
+      <c r="I380" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="J380" s="34">
+        <v>17</v>
+      </c>
+      <c r="K380" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L380" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M380" s="33" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A381" s="28">
+        <v>379</v>
+      </c>
+      <c r="B381" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C381" s="21"/>
+      <c r="D381" s="16" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E381" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F381" s="8" t="s">
+        <v>525</v>
+      </c>
+      <c r="G381" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H381" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I381" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J381" s="9">
+        <v>17</v>
+      </c>
+      <c r="K381" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L381" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M381" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A382" s="28">
+        <v>380</v>
+      </c>
+      <c r="B382" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C382" s="21"/>
+      <c r="D382" s="16" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E382" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F382" s="8" t="s">
+        <v>526</v>
+      </c>
+      <c r="G382" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H382" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I382" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J382" s="9">
+        <v>17</v>
+      </c>
+      <c r="K382" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L382" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M382" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A383" s="28">
+        <v>381</v>
+      </c>
+      <c r="B383" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C383" s="21"/>
+      <c r="D383" s="16" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E383" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F383" s="8" t="s">
+        <v>527</v>
+      </c>
+      <c r="G383" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H383" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I383" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J383" s="9">
+        <v>17</v>
+      </c>
+      <c r="K383" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L383" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M383" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A384" s="28">
+        <v>382</v>
+      </c>
+      <c r="B384" s="29"/>
+      <c r="C384" s="29"/>
+      <c r="D384" s="35" t="s">
+        <v>1891</v>
+      </c>
+      <c r="E384" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="F384" s="33" t="s">
+        <v>528</v>
+      </c>
+      <c r="G384" s="33" t="s">
+        <v>496</v>
+      </c>
+      <c r="H384" s="34">
+        <v>9392</v>
+      </c>
+      <c r="I384" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="J384" s="34">
+        <v>17</v>
+      </c>
+      <c r="K384" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L384" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M384" s="33" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A385" s="28">
+        <v>383</v>
+      </c>
+      <c r="B385" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C385" s="21"/>
+      <c r="D385" s="16" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E385" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F385" s="8" t="s">
+        <v>529</v>
+      </c>
+      <c r="G385" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H385" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I385" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J385" s="9">
+        <v>17</v>
+      </c>
+      <c r="K385" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L385" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M385" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A386" s="28">
+        <v>384</v>
+      </c>
+      <c r="B386" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C386" s="21"/>
+      <c r="D386" s="16" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E386" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F386" s="8" t="s">
+        <v>530</v>
+      </c>
+      <c r="G386" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H386" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I386" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J386" s="9">
+        <v>17</v>
+      </c>
+      <c r="K386" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L386" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M386" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A387" s="28">
+        <v>385</v>
+      </c>
+      <c r="B387" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C387" s="21"/>
+      <c r="D387" s="16" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E387" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F387" s="8" t="s">
+        <v>531</v>
+      </c>
+      <c r="G387" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H387" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I387" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J387" s="9">
+        <v>17</v>
+      </c>
+      <c r="K387" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L387" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M387" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A388" s="28">
+        <v>386</v>
+      </c>
+      <c r="B388" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C388" s="21"/>
+      <c r="D388" s="16" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E388" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F388" s="8" t="s">
+        <v>532</v>
+      </c>
+      <c r="G388" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H388" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I388" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J388" s="9">
+        <v>17</v>
+      </c>
+      <c r="K388" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L388" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M388" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A389" s="28">
+        <v>387</v>
+      </c>
+      <c r="B389" s="29"/>
+      <c r="C389" s="29"/>
+      <c r="D389" s="35" t="s">
+        <v>1896</v>
+      </c>
+      <c r="E389" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="F389" s="33" t="s">
+        <v>533</v>
+      </c>
+      <c r="G389" s="33" t="s">
+        <v>496</v>
+      </c>
+      <c r="H389" s="34">
+        <v>9392</v>
+      </c>
+      <c r="I389" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="J389" s="34">
+        <v>17</v>
+      </c>
+      <c r="K389" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L389" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M389" s="33" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A390" s="28">
+        <v>388</v>
+      </c>
+      <c r="B390" s="29"/>
+      <c r="C390" s="29"/>
+      <c r="D390" s="35" t="s">
+        <v>1897</v>
+      </c>
+      <c r="E390" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="F390" s="33" t="s">
+        <v>1755</v>
+      </c>
+      <c r="G390" s="33" t="s">
+        <v>496</v>
+      </c>
+      <c r="H390" s="34">
+        <v>9392</v>
+      </c>
+      <c r="I390" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="J390" s="34">
+        <v>17</v>
+      </c>
+      <c r="K390" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L390" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M390" s="33" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A391" s="28">
+        <v>389</v>
+      </c>
+      <c r="B391" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C391" s="21"/>
+      <c r="D391" s="16" t="s">
+        <v>1898</v>
+      </c>
+      <c r="E391" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F391" s="8" t="s">
+        <v>534</v>
+      </c>
+      <c r="G391" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H391" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I391" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J391" s="9">
+        <v>17</v>
+      </c>
+      <c r="K391" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L391" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M391" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A392" s="28">
+        <v>390</v>
+      </c>
+      <c r="B392" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C392" s="21"/>
+      <c r="D392" s="16" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E392" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F392" s="8" t="s">
+        <v>535</v>
+      </c>
+      <c r="G392" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H392" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I392" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J392" s="9">
+        <v>17</v>
+      </c>
+      <c r="K392" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L392" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M392" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A393" s="28">
+        <v>391</v>
+      </c>
+      <c r="B393" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C393" s="21"/>
+      <c r="D393" s="16" t="s">
+        <v>1900</v>
+      </c>
+      <c r="E393" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F393" s="8" t="s">
+        <v>536</v>
+      </c>
+      <c r="G393" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H393" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I393" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J393" s="9">
+        <v>17</v>
+      </c>
+      <c r="K393" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L393" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M393" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A394" s="28">
+        <v>392</v>
+      </c>
+      <c r="B394" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C394" s="21"/>
+      <c r="D394" s="16" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E394" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F394" s="8" t="s">
+        <v>537</v>
+      </c>
+      <c r="G394" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H394" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I394" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J394" s="9">
+        <v>17</v>
+      </c>
+      <c r="K394" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L394" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M394" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A395" s="28">
+        <v>393</v>
+      </c>
+      <c r="B395" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C395" s="21"/>
+      <c r="D395" s="16" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E395" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F395" s="8" t="s">
+        <v>1756</v>
+      </c>
+      <c r="G395" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H395" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I395" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J395" s="9">
+        <v>17</v>
+      </c>
+      <c r="K395" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L395" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M395" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A396" s="28">
+        <v>394</v>
+      </c>
+      <c r="B396" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C396" s="21"/>
+      <c r="D396" s="16" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E396" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F396" s="8" t="s">
+        <v>538</v>
+      </c>
+      <c r="G396" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H396" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I396" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J396" s="9">
+        <v>17</v>
+      </c>
+      <c r="K396" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L396" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M396" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A397" s="28">
+        <v>395</v>
+      </c>
+      <c r="B397" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C397" s="21"/>
+      <c r="D397" s="16" t="s">
+        <v>1904</v>
+      </c>
+      <c r="E397" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F397" s="8" t="s">
+        <v>539</v>
+      </c>
+      <c r="G397" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H397" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I397" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J397" s="9">
+        <v>17</v>
+      </c>
+      <c r="K397" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L397" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M397" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A398" s="28">
+        <v>396</v>
+      </c>
+      <c r="B398" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C398" s="21"/>
+      <c r="D398" s="16" t="s">
+        <v>1905</v>
+      </c>
+      <c r="E398" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F398" s="8" t="s">
+        <v>540</v>
+      </c>
+      <c r="G398" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H398" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I398" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J398" s="9">
+        <v>17</v>
+      </c>
+      <c r="K398" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L398" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M398" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A399" s="28">
+        <v>397</v>
+      </c>
+      <c r="B399" s="29"/>
+      <c r="C399" s="29"/>
+      <c r="D399" s="35" t="s">
+        <v>1906</v>
+      </c>
+      <c r="E399" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="F399" s="33" t="s">
+        <v>541</v>
+      </c>
+      <c r="G399" s="33" t="s">
+        <v>496</v>
+      </c>
+      <c r="H399" s="34">
+        <v>9392</v>
+      </c>
+      <c r="I399" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="J399" s="34">
+        <v>17</v>
+      </c>
+      <c r="K399" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L399" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M399" s="33" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A400" s="28">
+        <v>398</v>
+      </c>
+      <c r="B400" s="29"/>
+      <c r="C400" s="29"/>
+      <c r="D400" s="35" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E400" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="F400" s="33" t="s">
+        <v>542</v>
+      </c>
+      <c r="G400" s="33" t="s">
+        <v>496</v>
+      </c>
+      <c r="H400" s="34">
+        <v>9392</v>
+      </c>
+      <c r="I400" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="J400" s="34">
+        <v>17</v>
+      </c>
+      <c r="K400" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L400" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M400" s="33" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A401" s="28">
+        <v>399</v>
+      </c>
+      <c r="B401" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C401" s="21"/>
+      <c r="D401" s="16" t="s">
+        <v>1908</v>
+      </c>
+      <c r="E401" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F401" s="8" t="s">
+        <v>543</v>
+      </c>
+      <c r="G401" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H401" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I401" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J401" s="9">
+        <v>17</v>
+      </c>
+      <c r="K401" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L401" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M401" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A402" s="28">
+        <v>400</v>
+      </c>
+      <c r="B402" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C402" s="21"/>
+      <c r="D402" s="16" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E402" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F402" s="8" t="s">
+        <v>544</v>
+      </c>
+      <c r="G402" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H402" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I402" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J402" s="9">
+        <v>17</v>
+      </c>
+      <c r="K402" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L402" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M402" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A403" s="28">
+        <v>401</v>
+      </c>
+      <c r="B403" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C403" s="21"/>
+      <c r="D403" s="16" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E403" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F403" s="8" t="s">
+        <v>545</v>
+      </c>
+      <c r="G403" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H403" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I403" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J403" s="9">
+        <v>17</v>
+      </c>
+      <c r="K403" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L403" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M403" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A404" s="28">
+        <v>402</v>
+      </c>
+      <c r="B404" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C404" s="21"/>
+      <c r="D404" s="16" t="s">
+        <v>1911</v>
+      </c>
+      <c r="E404" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F404" s="8" t="s">
+        <v>546</v>
+      </c>
+      <c r="G404" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H404" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I404" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J404" s="9">
+        <v>17</v>
+      </c>
+      <c r="K404" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L404" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M404" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A405" s="28">
+        <v>403</v>
+      </c>
+      <c r="B405" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C405" s="21"/>
+      <c r="D405" s="16" t="s">
+        <v>1912</v>
+      </c>
+      <c r="E405" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F405" s="8" t="s">
+        <v>547</v>
+      </c>
+      <c r="G405" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H405" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I405" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J405" s="9">
+        <v>17</v>
+      </c>
+      <c r="K405" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L405" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M405" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A406" s="28">
+        <v>404</v>
+      </c>
+      <c r="B406" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C406" s="21"/>
+      <c r="D406" s="16" t="s">
+        <v>1913</v>
+      </c>
+      <c r="E406" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F406" s="8" t="s">
+        <v>548</v>
+      </c>
+      <c r="G406" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H406" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I406" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J406" s="9">
+        <v>17</v>
+      </c>
+      <c r="K406" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L406" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M406" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A407" s="28">
+        <v>405</v>
+      </c>
+      <c r="B407" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C407" s="21"/>
+      <c r="D407" s="16" t="s">
+        <v>1914</v>
+      </c>
+      <c r="E407" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F407" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="G407" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H407" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I407" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J407" s="9">
+        <v>17</v>
+      </c>
+      <c r="K407" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L407" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M407" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A408" s="28">
+        <v>406</v>
+      </c>
+      <c r="B408" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C408" s="21"/>
+      <c r="D408" s="16" t="s">
+        <v>1915</v>
+      </c>
+      <c r="E408" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F408" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="G408" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H408" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I408" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J408" s="9">
+        <v>17</v>
+      </c>
+      <c r="K408" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L408" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M408" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A409" s="28">
+        <v>407</v>
+      </c>
+      <c r="B409" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C409" s="21"/>
+      <c r="D409" s="16" t="s">
+        <v>1916</v>
+      </c>
+      <c r="E409" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F409" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="G409" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H409" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I409" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J409" s="9">
+        <v>17</v>
+      </c>
+      <c r="K409" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L409" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M409" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A410" s="28">
+        <v>408</v>
+      </c>
+      <c r="B410" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C410" s="21"/>
+      <c r="D410" s="16" t="s">
+        <v>1917</v>
+      </c>
+      <c r="E410" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F410" s="8" t="s">
+        <v>552</v>
+      </c>
+      <c r="G410" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H410" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I410" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J410" s="9">
+        <v>17</v>
+      </c>
+      <c r="K410" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L410" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M410" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A411" s="28">
+        <v>409</v>
+      </c>
+      <c r="B411" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C411" s="21"/>
+      <c r="D411" s="16" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E411" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F411" s="8" t="s">
+        <v>553</v>
+      </c>
+      <c r="G411" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H411" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I411" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J411" s="9">
+        <v>17</v>
+      </c>
+      <c r="K411" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L411" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M411" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A412" s="28">
+        <v>410</v>
+      </c>
+      <c r="B412" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C412" s="21"/>
+      <c r="D412" s="16" t="s">
+        <v>1919</v>
+      </c>
+      <c r="E412" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F412" s="8" t="s">
+        <v>554</v>
+      </c>
+      <c r="G412" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H412" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I412" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J412" s="9">
+        <v>17</v>
+      </c>
+      <c r="K412" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L412" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M412" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A413" s="28">
+        <v>411</v>
+      </c>
+      <c r="B413" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C413" s="21"/>
+      <c r="D413" s="16" t="s">
+        <v>1920</v>
+      </c>
+      <c r="E413" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F413" s="8" t="s">
+        <v>555</v>
+      </c>
+      <c r="G413" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H413" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I413" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J413" s="9">
+        <v>17</v>
+      </c>
+      <c r="K413" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L413" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M413" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A414" s="28">
+        <v>412</v>
+      </c>
+      <c r="B414" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C414" s="21"/>
+      <c r="D414" s="16" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E414" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F414" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="G414" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H414" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I414" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J414" s="9">
+        <v>17</v>
+      </c>
+      <c r="K414" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L414" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M414" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A415" s="28">
+        <v>413</v>
+      </c>
+      <c r="B415" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C415" s="21"/>
+      <c r="D415" s="16" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E415" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F415" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="G415" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H415" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I415" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J415" s="9">
+        <v>17</v>
+      </c>
+      <c r="K415" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L415" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M415" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A416" s="28">
+        <v>414</v>
+      </c>
+      <c r="B416" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C416" s="21"/>
+      <c r="D416" s="16" t="s">
+        <v>1923</v>
+      </c>
+      <c r="E416" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F416" s="8" t="s">
+        <v>558</v>
+      </c>
+      <c r="G416" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H416" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I416" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J416" s="9">
+        <v>17</v>
+      </c>
+      <c r="K416" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L416" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M416" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A417" s="28">
+        <v>415</v>
+      </c>
+      <c r="B417" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C417" s="21"/>
+      <c r="D417" s="16" t="s">
+        <v>1924</v>
+      </c>
+      <c r="E417" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F417" s="8" t="s">
+        <v>559</v>
+      </c>
+      <c r="G417" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H417" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I417" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J417" s="9">
+        <v>17</v>
+      </c>
+      <c r="K417" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L417" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M417" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A418" s="28">
+        <v>416</v>
+      </c>
+      <c r="B418" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C418" s="21"/>
+      <c r="D418" s="16" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E418" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F418" s="8" t="s">
+        <v>560</v>
+      </c>
+      <c r="G418" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H418" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I418" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J418" s="9">
+        <v>17</v>
+      </c>
+      <c r="K418" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L418" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M418" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A419" s="28">
+        <v>417</v>
+      </c>
+      <c r="B419" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C419" s="21"/>
+      <c r="D419" s="16" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E419" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F419" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="G419" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H419" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I419" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J419" s="9">
+        <v>17</v>
+      </c>
+      <c r="K419" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L419" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M419" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A420" s="28">
+        <v>418</v>
+      </c>
+      <c r="B420" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C420" s="21"/>
+      <c r="D420" s="16" t="s">
+        <v>1927</v>
+      </c>
+      <c r="E420" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F420" s="8" t="s">
+        <v>562</v>
+      </c>
+      <c r="G420" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H420" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I420" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J420" s="9">
+        <v>17</v>
+      </c>
+      <c r="K420" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L420" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M420" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A421" s="28">
+        <v>419</v>
+      </c>
+      <c r="B421" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C421" s="21"/>
+      <c r="D421" s="16" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E421" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F421" s="8" t="s">
+        <v>563</v>
+      </c>
+      <c r="G421" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H421" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I421" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J421" s="9">
+        <v>17</v>
+      </c>
+      <c r="K421" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L421" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M421" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A422" s="28">
+        <v>420</v>
+      </c>
+      <c r="B422" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C422" s="21"/>
+      <c r="D422" s="16" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E422" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F422" s="8" t="s">
+        <v>564</v>
+      </c>
+      <c r="G422" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H422" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I422" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J422" s="9">
+        <v>17</v>
+      </c>
+      <c r="K422" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L422" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M422" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A423" s="28">
+        <v>421</v>
+      </c>
+      <c r="B423" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C423" s="21"/>
+      <c r="D423" s="16" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E423" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F423" s="8" t="s">
+        <v>565</v>
+      </c>
+      <c r="G423" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H423" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I423" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J423" s="9">
+        <v>17</v>
+      </c>
+      <c r="K423" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L423" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M423" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A424" s="28">
+        <v>422</v>
+      </c>
+      <c r="B424" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C424" s="21"/>
+      <c r="D424" s="16" t="s">
+        <v>1931</v>
+      </c>
+      <c r="E424" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F424" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="G424" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H424" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I424" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J424" s="9">
+        <v>17</v>
+      </c>
+      <c r="K424" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L424" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M424" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A425" s="28">
+        <v>423</v>
+      </c>
+      <c r="B425" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C425" s="21"/>
+      <c r="D425" s="16" t="s">
+        <v>1932</v>
+      </c>
+      <c r="E425" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F425" s="8" t="s">
+        <v>567</v>
+      </c>
+      <c r="G425" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H425" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I425" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J425" s="9">
+        <v>17</v>
+      </c>
+      <c r="K425" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L425" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M425" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A426" s="28">
+        <v>424</v>
+      </c>
+      <c r="B426" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C426" s="21"/>
+      <c r="D426" s="16" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E426" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F426" s="8" t="s">
+        <v>568</v>
+      </c>
+      <c r="G426" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H426" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I426" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J426" s="9">
+        <v>17</v>
+      </c>
+      <c r="K426" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L426" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M426" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A427" s="28">
+        <v>425</v>
+      </c>
+      <c r="B427" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C427" s="21"/>
+      <c r="D427" s="16" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E427" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F427" s="8" t="s">
+        <v>569</v>
+      </c>
+      <c r="G427" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H427" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I427" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J427" s="9">
+        <v>17</v>
+      </c>
+      <c r="K427" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L427" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M427" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A428" s="28">
+        <v>426</v>
+      </c>
+      <c r="B428" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C428" s="21"/>
+      <c r="D428" s="16" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E428" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F428" s="8" t="s">
+        <v>570</v>
+      </c>
+      <c r="G428" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H428" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I428" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J428" s="9">
+        <v>17</v>
+      </c>
+      <c r="K428" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L428" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M428" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A429" s="28">
+        <v>427</v>
+      </c>
+      <c r="B429" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C429" s="21"/>
+      <c r="D429" s="16" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E429" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F429" s="8" t="s">
+        <v>571</v>
+      </c>
+      <c r="G429" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H429" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I429" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J429" s="9">
+        <v>17</v>
+      </c>
+      <c r="K429" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L429" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M429" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A430" s="28">
+        <v>428</v>
+      </c>
+      <c r="B430" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C430" s="21"/>
+      <c r="D430" s="16" t="s">
+        <v>1937</v>
+      </c>
+      <c r="E430" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F430" s="8" t="s">
+        <v>572</v>
+      </c>
+      <c r="G430" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H430" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I430" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J430" s="9">
+        <v>17</v>
+      </c>
+      <c r="K430" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L430" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M430" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A431" s="28">
+        <v>429</v>
+      </c>
+      <c r="B431" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C431" s="21"/>
+      <c r="D431" s="16" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E431" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F431" s="8" t="s">
+        <v>573</v>
+      </c>
+      <c r="G431" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H431" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I431" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J431" s="9">
+        <v>17</v>
+      </c>
+      <c r="K431" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L431" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M431" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A432" s="28">
+        <v>430</v>
+      </c>
+      <c r="B432" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C432" s="21"/>
+      <c r="D432" s="16" t="s">
+        <v>1939</v>
+      </c>
+      <c r="E432" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F432" s="8" t="s">
+        <v>574</v>
+      </c>
+      <c r="G432" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H432" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I432" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J432" s="9">
+        <v>17</v>
+      </c>
+      <c r="K432" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L432" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M432" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A433" s="28">
+        <v>431</v>
+      </c>
+      <c r="B433" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C433" s="21"/>
+      <c r="D433" s="16" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E433" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F433" s="8" t="s">
+        <v>575</v>
+      </c>
+      <c r="G433" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H433" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I433" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J433" s="9">
+        <v>17</v>
+      </c>
+      <c r="K433" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L433" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M433" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A434" s="28">
+        <v>432</v>
+      </c>
+      <c r="B434" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C434" s="21"/>
+      <c r="D434" s="16" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E434" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F434" s="8" t="s">
+        <v>576</v>
+      </c>
+      <c r="G434" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H434" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I434" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J434" s="9">
+        <v>17</v>
+      </c>
+      <c r="K434" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L434" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M434" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A435" s="28">
+        <v>433</v>
+      </c>
+      <c r="B435" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C435" s="21"/>
+      <c r="D435" s="16" t="s">
+        <v>1942</v>
+      </c>
+      <c r="E435" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F435" s="8" t="s">
+        <v>577</v>
+      </c>
+      <c r="G435" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H435" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I435" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J435" s="9">
+        <v>17</v>
+      </c>
+      <c r="K435" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L435" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M435" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A436" s="28">
+        <v>434</v>
+      </c>
+      <c r="B436" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C436" s="21"/>
+      <c r="D436" s="16" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E436" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F436" s="8" t="s">
+        <v>578</v>
+      </c>
+      <c r="G436" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H436" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I436" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J436" s="9">
+        <v>17</v>
+      </c>
+      <c r="K436" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L436" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M436" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A437" s="28">
+        <v>435</v>
+      </c>
+      <c r="B437" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C437" s="21"/>
+      <c r="D437" s="16" t="s">
+        <v>1944</v>
+      </c>
+      <c r="E437" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F437" s="8" t="s">
+        <v>579</v>
+      </c>
+      <c r="G437" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H437" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I437" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J437" s="9">
+        <v>17</v>
+      </c>
+      <c r="K437" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L437" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M437" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A438" s="28">
+        <v>436</v>
+      </c>
+      <c r="B438" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C438" s="21"/>
+      <c r="D438" s="16" t="s">
+        <v>1945</v>
+      </c>
+      <c r="E438" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F438" s="8" t="s">
+        <v>580</v>
+      </c>
+      <c r="G438" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H438" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I438" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J438" s="9">
+        <v>17</v>
+      </c>
+      <c r="K438" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L438" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M438" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A439" s="28">
+        <v>437</v>
+      </c>
+      <c r="B439" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C439" s="21"/>
+      <c r="D439" s="16" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E439" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F439" s="8" t="s">
+        <v>581</v>
+      </c>
+      <c r="G439" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H439" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I439" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J439" s="9">
+        <v>17</v>
+      </c>
+      <c r="K439" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L439" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M439" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A440" s="28">
+        <v>438</v>
+      </c>
+      <c r="B440" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C440" s="21"/>
+      <c r="D440" s="16" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E440" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F440" s="8" t="s">
+        <v>582</v>
+      </c>
+      <c r="G440" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H440" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I440" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J440" s="9">
+        <v>17</v>
+      </c>
+      <c r="K440" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L440" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M440" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A441" s="28">
+        <v>439</v>
+      </c>
+      <c r="B441" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C441" s="21"/>
+      <c r="D441" s="16" t="s">
+        <v>1948</v>
+      </c>
+      <c r="E441" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F441" s="8" t="s">
+        <v>583</v>
+      </c>
+      <c r="G441" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H441" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I441" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J441" s="9">
+        <v>17</v>
+      </c>
+      <c r="K441" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L441" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M441" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A442" s="28">
+        <v>440</v>
+      </c>
+      <c r="B442" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C442" s="21"/>
+      <c r="D442" s="16" t="s">
+        <v>1949</v>
+      </c>
+      <c r="E442" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F442" s="8" t="s">
+        <v>584</v>
+      </c>
+      <c r="G442" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H442" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I442" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J442" s="9">
+        <v>17</v>
+      </c>
+      <c r="K442" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L442" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M442" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A443" s="28">
+        <v>441</v>
+      </c>
+      <c r="B443" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C443" s="21"/>
+      <c r="D443" s="16" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E443" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F443" s="8" t="s">
+        <v>585</v>
+      </c>
+      <c r="G443" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H443" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I443" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J443" s="9">
+        <v>17</v>
+      </c>
+      <c r="K443" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L443" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M443" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A444" s="28">
+        <v>442</v>
+      </c>
+      <c r="B444" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C444" s="21"/>
+      <c r="D444" s="16" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E444" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F444" s="8" t="s">
+        <v>586</v>
+      </c>
+      <c r="G444" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H444" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I444" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J444" s="9">
+        <v>17</v>
+      </c>
+      <c r="K444" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L444" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M444" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A445" s="28">
+        <v>443</v>
+      </c>
+      <c r="B445" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C445" s="21"/>
+      <c r="D445" s="16" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E445" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F445" s="8" t="s">
+        <v>587</v>
+      </c>
+      <c r="G445" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H445" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I445" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J445" s="9">
+        <v>17</v>
+      </c>
+      <c r="K445" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L445" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M445" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A446" s="28">
+        <v>444</v>
+      </c>
+      <c r="B446" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C446" s="21"/>
+      <c r="D446" s="16" t="s">
+        <v>1953</v>
+      </c>
+      <c r="E446" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F446" s="8" t="s">
+        <v>588</v>
+      </c>
+      <c r="G446" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H446" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I446" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J446" s="9">
+        <v>17</v>
+      </c>
+      <c r="K446" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L446" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M446" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A447" s="28">
+        <v>445</v>
+      </c>
+      <c r="B447" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C447" s="21"/>
+      <c r="D447" s="16" t="s">
+        <v>1954</v>
+      </c>
+      <c r="E447" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F447" s="8" t="s">
+        <v>589</v>
+      </c>
+      <c r="G447" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H447" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I447" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J447" s="9">
+        <v>17</v>
+      </c>
+      <c r="K447" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L447" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M447" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A448" s="28">
+        <v>446</v>
+      </c>
+      <c r="B448" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C448" s="21"/>
+      <c r="D448" s="16" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E448" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F448" s="8" t="s">
+        <v>590</v>
+      </c>
+      <c r="G448" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H448" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I448" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J448" s="9">
+        <v>17</v>
+      </c>
+      <c r="K448" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L448" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M448" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A449" s="28">
+        <v>447</v>
+      </c>
+      <c r="B449" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C449" s="21"/>
+      <c r="D449" s="16" t="s">
+        <v>1956</v>
+      </c>
+      <c r="E449" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F449" s="8" t="s">
+        <v>591</v>
+      </c>
+      <c r="G449" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H449" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I449" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J449" s="9">
+        <v>17</v>
+      </c>
+      <c r="K449" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L449" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M449" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A450" s="28">
+        <v>448</v>
+      </c>
+      <c r="B450" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C450" s="21"/>
+      <c r="D450" s="16" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E450" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F450" s="8" t="s">
+        <v>592</v>
+      </c>
+      <c r="G450" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H450" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I450" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J450" s="9">
+        <v>17</v>
+      </c>
+      <c r="K450" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L450" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M450" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A451" s="28">
+        <v>449</v>
+      </c>
+      <c r="B451" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C451" s="21"/>
+      <c r="D451" s="16" t="s">
+        <v>1958</v>
+      </c>
+      <c r="E451" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F451" s="8" t="s">
+        <v>593</v>
+      </c>
+      <c r="G451" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H451" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I451" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J451" s="9">
+        <v>17</v>
+      </c>
+      <c r="K451" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L451" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M451" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A452" s="28">
+        <v>450</v>
+      </c>
+      <c r="B452" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C452" s="21"/>
+      <c r="D452" s="16" t="s">
+        <v>1959</v>
+      </c>
+      <c r="E452" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F452" s="8" t="s">
+        <v>594</v>
+      </c>
+      <c r="G452" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H452" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I452" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J452" s="9">
+        <v>17</v>
+      </c>
+      <c r="K452" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L452" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M452" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A453" s="28">
+        <v>451</v>
+      </c>
+      <c r="B453" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="C453" s="21"/>
+      <c r="D453" s="16" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E453" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="F453" s="8" t="s">
+        <v>595</v>
+      </c>
+      <c r="G453" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H453" s="9">
+        <v>9392</v>
+      </c>
+      <c r="I453" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="J453" s="9">
+        <v>17</v>
+      </c>
+      <c r="K453" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L453" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="M453" s="8" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A454" s="28">
+        <v>452</v>
+      </c>
+      <c r="B454" s="29"/>
+      <c r="C454" s="29"/>
+      <c r="D454" s="30" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E454" s="31" t="s">
+        <v>699</v>
+      </c>
+      <c r="F454" s="33" t="s">
+        <v>699</v>
+      </c>
+      <c r="G454" s="33" t="s">
+        <v>700</v>
+      </c>
+      <c r="H454" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I454" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J454" s="34">
+        <v>17</v>
+      </c>
+      <c r="K454" s="33" t="s">
+        <v>701</v>
+      </c>
+      <c r="L454" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M454" s="33" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A455" s="28">
+        <v>453</v>
+      </c>
+      <c r="B455" s="29"/>
+      <c r="C455" s="29"/>
+      <c r="D455" s="35" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E455" s="33" t="s">
+        <v>699</v>
+      </c>
+      <c r="F455" s="33" t="s">
+        <v>703</v>
+      </c>
+      <c r="G455" s="33" t="s">
+        <v>704</v>
+      </c>
+      <c r="H455" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I455" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J455" s="34">
+        <v>17</v>
+      </c>
+      <c r="K455" s="33" t="s">
+        <v>701</v>
+      </c>
+      <c r="L455" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M455" s="33" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A456" s="28">
+        <v>454</v>
+      </c>
+      <c r="B456" s="29"/>
+      <c r="C456" s="29"/>
+      <c r="D456" s="35" t="s">
+        <v>1465</v>
+      </c>
+      <c r="E456" s="33" t="s">
+        <v>699</v>
+      </c>
+      <c r="F456" s="33" t="s">
+        <v>1253</v>
+      </c>
+      <c r="G456" s="33" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H456" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I456" s="33" t="s">
+        <v>1770</v>
+      </c>
+      <c r="J456" s="34">
+        <v>80</v>
+      </c>
+      <c r="K456" s="33" t="s">
+        <v>1255</v>
+      </c>
+      <c r="L456" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M456" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A457" s="28">
+        <v>455</v>
+      </c>
+      <c r="B457" s="29"/>
+      <c r="C457" s="29"/>
+      <c r="D457" s="35" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E457" s="33" t="s">
+        <v>699</v>
+      </c>
+      <c r="F457" s="33" t="s">
+        <v>1256</v>
+      </c>
+      <c r="G457" s="33" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H457" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I457" s="33" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J457" s="34">
+        <v>80</v>
+      </c>
+      <c r="K457" s="33" t="s">
+        <v>1255</v>
+      </c>
+      <c r="L457" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M457" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A458" s="28">
+        <v>456</v>
+      </c>
+      <c r="B458" s="29"/>
+      <c r="C458" s="29"/>
+      <c r="D458" s="30" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E458" s="31" t="s">
+        <v>705</v>
+      </c>
+      <c r="F458" s="33" t="s">
+        <v>705</v>
+      </c>
+      <c r="G458" s="33" t="s">
+        <v>706</v>
+      </c>
+      <c r="H458" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I458" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J458" s="34">
+        <v>17</v>
+      </c>
+      <c r="K458" s="33" t="s">
+        <v>701</v>
+      </c>
+      <c r="L458" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M458" s="33" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A459" s="28">
+        <v>457</v>
+      </c>
+      <c r="B459" s="29"/>
+      <c r="C459" s="29"/>
+      <c r="D459" s="35" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E459" s="33" t="s">
+        <v>705</v>
+      </c>
+      <c r="F459" s="33" t="s">
+        <v>707</v>
+      </c>
+      <c r="G459" s="33" t="s">
+        <v>706</v>
+      </c>
+      <c r="H459" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I459" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J459" s="34">
+        <v>17</v>
+      </c>
+      <c r="K459" s="33" t="s">
+        <v>701</v>
+      </c>
+      <c r="L459" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M459" s="33" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A460" s="28">
+        <v>458</v>
+      </c>
+      <c r="B460" s="29"/>
+      <c r="C460" s="29"/>
+      <c r="D460" s="35" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E460" s="33" t="s">
+        <v>705</v>
+      </c>
+      <c r="F460" s="33" t="s">
+        <v>1053</v>
+      </c>
+      <c r="G460" s="33" t="s">
+        <v>706</v>
+      </c>
+      <c r="H460" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I460" s="33" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J460" s="34">
+        <v>21</v>
+      </c>
+      <c r="K460" s="33" t="s">
+        <v>1055</v>
+      </c>
+      <c r="L460" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M460" s="33" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A461" s="28">
+        <v>459</v>
+      </c>
+      <c r="B461" s="29"/>
+      <c r="C461" s="29"/>
+      <c r="D461" s="35" t="s">
+        <v>1470</v>
+      </c>
+      <c r="E461" s="33" t="s">
+        <v>705</v>
+      </c>
+      <c r="F461" s="33" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G461" s="33" t="s">
+        <v>706</v>
+      </c>
+      <c r="H461" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I461" s="33" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J461" s="34">
+        <v>21</v>
+      </c>
+      <c r="K461" s="33" t="s">
+        <v>1055</v>
+      </c>
+      <c r="L461" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M461" s="33" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A462" s="28">
+        <v>460</v>
+      </c>
+      <c r="B462" s="29"/>
+      <c r="C462" s="29"/>
+      <c r="D462" s="35" t="s">
+        <v>1961</v>
+      </c>
+      <c r="E462" s="33" t="s">
+        <v>705</v>
+      </c>
+      <c r="F462" s="33" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G462" s="33" t="s">
+        <v>706</v>
+      </c>
+      <c r="H462" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I462" s="33" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J462" s="34">
+        <v>80</v>
+      </c>
+      <c r="K462" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L462" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M462" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A463" s="28">
+        <v>461</v>
+      </c>
+      <c r="B463" s="29"/>
+      <c r="C463" s="29"/>
+      <c r="D463" s="35" t="s">
+        <v>1962</v>
+      </c>
+      <c r="E463" s="33" t="s">
+        <v>705</v>
+      </c>
+      <c r="F463" s="33" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G463" s="33" t="s">
+        <v>706</v>
+      </c>
+      <c r="H463" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I463" s="33" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J463" s="34">
+        <v>80</v>
+      </c>
+      <c r="K463" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L463" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M463" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A464" s="28">
+        <v>462</v>
+      </c>
+      <c r="B464" s="29"/>
+      <c r="C464" s="29"/>
+      <c r="D464" s="30" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E464" s="31" t="s">
+        <v>487</v>
+      </c>
+      <c r="F464" s="33" t="s">
+        <v>488</v>
+      </c>
+      <c r="G464" s="33" t="s">
+        <v>489</v>
+      </c>
+      <c r="H464" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I464" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J464" s="34">
+        <v>17</v>
+      </c>
+      <c r="K464" s="33" t="s">
+        <v>490</v>
+      </c>
+      <c r="L464" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M464" s="33" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A465" s="28">
+        <v>463</v>
+      </c>
+      <c r="B465" s="29"/>
+      <c r="C465" s="29"/>
+      <c r="D465" s="35" t="s">
+        <v>1472</v>
+      </c>
+      <c r="E465" s="33" t="s">
+        <v>487</v>
+      </c>
+      <c r="F465" s="33" t="s">
+        <v>491</v>
+      </c>
+      <c r="G465" s="33" t="s">
+        <v>489</v>
+      </c>
+      <c r="H465" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I465" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J465" s="34">
+        <v>17</v>
+      </c>
+      <c r="K465" s="33" t="s">
+        <v>490</v>
+      </c>
+      <c r="L465" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M465" s="33" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A466" s="28">
+        <v>464</v>
+      </c>
+      <c r="B466" s="29"/>
+      <c r="C466" s="29"/>
+      <c r="D466" s="35" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E466" s="33" t="s">
+        <v>487</v>
+      </c>
+      <c r="F466" s="33" t="s">
+        <v>492</v>
+      </c>
+      <c r="G466" s="33" t="s">
+        <v>489</v>
+      </c>
+      <c r="H466" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I466" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J466" s="34">
+        <v>17</v>
+      </c>
+      <c r="K466" s="33" t="s">
+        <v>490</v>
+      </c>
+      <c r="L466" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M466" s="33" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A467" s="28">
+        <v>465</v>
+      </c>
+      <c r="B467" s="29"/>
+      <c r="C467" s="29"/>
+      <c r="D467" s="30" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E467" s="31" t="s">
+        <v>596</v>
+      </c>
+      <c r="F467" s="33" t="s">
+        <v>597</v>
+      </c>
+      <c r="G467" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H467" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I467" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J467" s="34">
+        <v>17</v>
+      </c>
+      <c r="K467" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L467" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M467" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A468" s="28">
+        <v>466</v>
+      </c>
+      <c r="B468" s="29"/>
+      <c r="C468" s="29"/>
+      <c r="D468" s="35" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E468" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F468" s="33" t="s">
+        <v>600</v>
+      </c>
+      <c r="G468" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H468" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I468" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J468" s="34">
+        <v>17</v>
+      </c>
+      <c r="K468" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L468" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M468" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A469" s="28">
+        <v>467</v>
+      </c>
+      <c r="B469" s="29"/>
+      <c r="C469" s="29"/>
+      <c r="D469" s="35" t="s">
+        <v>1476</v>
+      </c>
+      <c r="E469" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F469" s="33" t="s">
+        <v>601</v>
+      </c>
+      <c r="G469" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H469" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I469" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J469" s="34">
+        <v>17</v>
+      </c>
+      <c r="K469" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L469" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M469" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A470" s="28">
+        <v>468</v>
+      </c>
+      <c r="B470" s="29"/>
+      <c r="C470" s="29"/>
+      <c r="D470" s="35" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E470" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F470" s="33" t="s">
+        <v>602</v>
+      </c>
+      <c r="G470" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H470" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I470" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J470" s="34">
+        <v>17</v>
+      </c>
+      <c r="K470" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L470" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M470" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A471" s="28">
+        <v>469</v>
+      </c>
+      <c r="B471" s="29"/>
+      <c r="C471" s="29"/>
+      <c r="D471" s="35" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E471" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F471" s="33" t="s">
+        <v>603</v>
+      </c>
+      <c r="G471" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H471" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I471" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J471" s="34">
+        <v>17</v>
+      </c>
+      <c r="K471" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L471" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M471" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A472" s="28">
+        <v>470</v>
+      </c>
+      <c r="B472" s="29"/>
+      <c r="C472" s="29"/>
+      <c r="D472" s="35" t="s">
+        <v>1965</v>
+      </c>
+      <c r="E472" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F472" s="33" t="s">
+        <v>604</v>
+      </c>
+      <c r="G472" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H472" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I472" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J472" s="34">
+        <v>17</v>
+      </c>
+      <c r="K472" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L472" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M472" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A473" s="28">
+        <v>471</v>
+      </c>
+      <c r="B473" s="29"/>
+      <c r="C473" s="29"/>
+      <c r="D473" s="35" t="s">
+        <v>1966</v>
+      </c>
+      <c r="E473" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F473" s="33" t="s">
+        <v>605</v>
+      </c>
+      <c r="G473" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H473" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I473" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J473" s="34">
+        <v>17</v>
+      </c>
+      <c r="K473" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L473" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M473" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A474" s="28">
+        <v>472</v>
+      </c>
+      <c r="B474" s="29"/>
+      <c r="C474" s="29"/>
+      <c r="D474" s="35" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E474" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F474" s="33" t="s">
+        <v>606</v>
+      </c>
+      <c r="G474" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H474" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I474" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J474" s="34">
+        <v>17</v>
+      </c>
+      <c r="K474" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L474" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M474" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A475" s="28">
+        <v>473</v>
+      </c>
+      <c r="B475" s="29"/>
+      <c r="C475" s="29"/>
+      <c r="D475" s="35" t="s">
+        <v>1968</v>
+      </c>
+      <c r="E475" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F475" s="33" t="s">
+        <v>607</v>
+      </c>
+      <c r="G475" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H475" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I475" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J475" s="34">
+        <v>17</v>
+      </c>
+      <c r="K475" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L475" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M475" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A476" s="28">
+        <v>474</v>
+      </c>
+      <c r="B476" s="29"/>
+      <c r="C476" s="29"/>
+      <c r="D476" s="35" t="s">
+        <v>1969</v>
+      </c>
+      <c r="E476" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F476" s="33" t="s">
+        <v>608</v>
+      </c>
+      <c r="G476" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H476" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I476" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J476" s="34">
+        <v>17</v>
+      </c>
+      <c r="K476" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L476" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M476" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A477" s="28">
+        <v>475</v>
+      </c>
+      <c r="B477" s="29"/>
+      <c r="C477" s="29"/>
+      <c r="D477" s="35" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E477" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F477" s="33" t="s">
+        <v>609</v>
+      </c>
+      <c r="G477" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H477" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I477" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J477" s="34">
+        <v>17</v>
+      </c>
+      <c r="K477" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L477" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M477" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A478" s="28">
+        <v>476</v>
+      </c>
+      <c r="B478" s="29"/>
+      <c r="C478" s="29"/>
+      <c r="D478" s="35" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E478" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F478" s="33" t="s">
+        <v>610</v>
+      </c>
+      <c r="G478" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H478" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I478" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J478" s="34">
+        <v>17</v>
+      </c>
+      <c r="K478" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L478" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M478" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A479" s="28">
+        <v>477</v>
+      </c>
+      <c r="B479" s="29"/>
+      <c r="C479" s="29"/>
+      <c r="D479" s="35" t="s">
+        <v>1972</v>
+      </c>
+      <c r="E479" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F479" s="33" t="s">
+        <v>611</v>
+      </c>
+      <c r="G479" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H479" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I479" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J479" s="34">
+        <v>17</v>
+      </c>
+      <c r="K479" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L479" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M479" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A480" s="28">
+        <v>478</v>
+      </c>
+      <c r="B480" s="29"/>
+      <c r="C480" s="29"/>
+      <c r="D480" s="35" t="s">
+        <v>1973</v>
+      </c>
+      <c r="E480" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F480" s="33" t="s">
+        <v>612</v>
+      </c>
+      <c r="G480" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H480" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I480" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J480" s="34">
+        <v>17</v>
+      </c>
+      <c r="K480" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L480" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M480" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A481" s="28">
+        <v>479</v>
+      </c>
+      <c r="B481" s="29"/>
+      <c r="C481" s="29"/>
+      <c r="D481" s="35" t="s">
+        <v>1974</v>
+      </c>
+      <c r="E481" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F481" s="33" t="s">
+        <v>613</v>
+      </c>
+      <c r="G481" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H481" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I481" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J481" s="34">
+        <v>17</v>
+      </c>
+      <c r="K481" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L481" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M481" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A482" s="28">
+        <v>480</v>
+      </c>
+      <c r="B482" s="29"/>
+      <c r="C482" s="29"/>
+      <c r="D482" s="35" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E482" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F482" s="33" t="s">
+        <v>614</v>
+      </c>
+      <c r="G482" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H482" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I482" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J482" s="34">
+        <v>17</v>
+      </c>
+      <c r="K482" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L482" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M482" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A483" s="28">
+        <v>481</v>
+      </c>
+      <c r="B483" s="29"/>
+      <c r="C483" s="29"/>
+      <c r="D483" s="35" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E483" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F483" s="33" t="s">
+        <v>615</v>
+      </c>
+      <c r="G483" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H483" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I483" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J483" s="34">
+        <v>17</v>
+      </c>
+      <c r="K483" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L483" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M483" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A484" s="28">
+        <v>482</v>
+      </c>
+      <c r="B484" s="29"/>
+      <c r="C484" s="29"/>
+      <c r="D484" s="35" t="s">
+        <v>1977</v>
+      </c>
+      <c r="E484" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F484" s="33" t="s">
+        <v>616</v>
+      </c>
+      <c r="G484" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H484" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I484" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J484" s="34">
+        <v>17</v>
+      </c>
+      <c r="K484" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L484" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M484" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A485" s="28">
+        <v>483</v>
+      </c>
+      <c r="B485" s="29"/>
+      <c r="C485" s="29"/>
+      <c r="D485" s="35" t="s">
+        <v>1978</v>
+      </c>
+      <c r="E485" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F485" s="33" t="s">
+        <v>617</v>
+      </c>
+      <c r="G485" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H485" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I485" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J485" s="34">
+        <v>17</v>
+      </c>
+      <c r="K485" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L485" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M485" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A486" s="28">
+        <v>484</v>
+      </c>
+      <c r="B486" s="29"/>
+      <c r="C486" s="29"/>
+      <c r="D486" s="35" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E486" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F486" s="33" t="s">
+        <v>618</v>
+      </c>
+      <c r="G486" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H486" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I486" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J486" s="34">
+        <v>17</v>
+      </c>
+      <c r="K486" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L486" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M486" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A487" s="28">
+        <v>485</v>
+      </c>
+      <c r="B487" s="29"/>
+      <c r="C487" s="29"/>
+      <c r="D487" s="35" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E487" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F487" s="33" t="s">
+        <v>619</v>
+      </c>
+      <c r="G487" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H487" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I487" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J487" s="34">
+        <v>17</v>
+      </c>
+      <c r="K487" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L487" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M487" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A488" s="28">
+        <v>486</v>
+      </c>
+      <c r="B488" s="29"/>
+      <c r="C488" s="29"/>
+      <c r="D488" s="35" t="s">
+        <v>1981</v>
+      </c>
+      <c r="E488" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F488" s="33" t="s">
+        <v>620</v>
+      </c>
+      <c r="G488" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H488" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I488" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J488" s="34">
+        <v>17</v>
+      </c>
+      <c r="K488" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L488" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M488" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="28">
+        <v>487</v>
+      </c>
+      <c r="B489" s="29"/>
+      <c r="C489" s="29"/>
+      <c r="D489" s="35" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E489" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F489" s="33" t="s">
+        <v>621</v>
+      </c>
+      <c r="G489" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H489" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I489" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J489" s="34">
+        <v>17</v>
+      </c>
+      <c r="K489" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L489" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M489" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A490" s="28">
+        <v>488</v>
+      </c>
+      <c r="B490" s="29"/>
+      <c r="C490" s="29"/>
+      <c r="D490" s="35" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E490" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F490" s="33" t="s">
+        <v>622</v>
+      </c>
+      <c r="G490" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H490" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I490" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J490" s="34">
+        <v>17</v>
+      </c>
+      <c r="K490" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L490" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M490" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A491" s="28">
+        <v>489</v>
+      </c>
+      <c r="B491" s="29"/>
+      <c r="C491" s="29"/>
+      <c r="D491" s="35" t="s">
+        <v>1984</v>
+      </c>
+      <c r="E491" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F491" s="33" t="s">
+        <v>623</v>
+      </c>
+      <c r="G491" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H491" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I491" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J491" s="34">
+        <v>17</v>
+      </c>
+      <c r="K491" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L491" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M491" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A492" s="28">
+        <v>490</v>
+      </c>
+      <c r="B492" s="29"/>
+      <c r="C492" s="29"/>
+      <c r="D492" s="35" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E492" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F492" s="33" t="s">
+        <v>624</v>
+      </c>
+      <c r="G492" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H492" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I492" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J492" s="34">
+        <v>17</v>
+      </c>
+      <c r="K492" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L492" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M492" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A493" s="28">
+        <v>491</v>
+      </c>
+      <c r="B493" s="29"/>
+      <c r="C493" s="29"/>
+      <c r="D493" s="35" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E493" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F493" s="33" t="s">
+        <v>625</v>
+      </c>
+      <c r="G493" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H493" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I493" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J493" s="34">
+        <v>17</v>
+      </c>
+      <c r="K493" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L493" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M493" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A494" s="28">
+        <v>492</v>
+      </c>
+      <c r="B494" s="29"/>
+      <c r="C494" s="29"/>
+      <c r="D494" s="35" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E494" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F494" s="33" t="s">
+        <v>626</v>
+      </c>
+      <c r="G494" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H494" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I494" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J494" s="34">
+        <v>17</v>
+      </c>
+      <c r="K494" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L494" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M494" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A495" s="28">
+        <v>493</v>
+      </c>
+      <c r="B495" s="29"/>
+      <c r="C495" s="29"/>
+      <c r="D495" s="35" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E495" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F495" s="33" t="s">
+        <v>627</v>
+      </c>
+      <c r="G495" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H495" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I495" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J495" s="34">
+        <v>17</v>
+      </c>
+      <c r="K495" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L495" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M495" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A496" s="28">
+        <v>494</v>
+      </c>
+      <c r="B496" s="29"/>
+      <c r="C496" s="29"/>
+      <c r="D496" s="35" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E496" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F496" s="33" t="s">
+        <v>628</v>
+      </c>
+      <c r="G496" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H496" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I496" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J496" s="34">
+        <v>17</v>
+      </c>
+      <c r="K496" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L496" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M496" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A497" s="28">
+        <v>495</v>
+      </c>
+      <c r="B497" s="29"/>
+      <c r="C497" s="29"/>
+      <c r="D497" s="35" t="s">
+        <v>1990</v>
+      </c>
+      <c r="E497" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F497" s="33" t="s">
+        <v>629</v>
+      </c>
+      <c r="G497" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H497" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I497" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J497" s="34">
+        <v>17</v>
+      </c>
+      <c r="K497" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L497" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M497" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A498" s="28">
+        <v>496</v>
+      </c>
+      <c r="B498" s="29"/>
+      <c r="C498" s="29"/>
+      <c r="D498" s="35" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E498" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F498" s="33" t="s">
+        <v>630</v>
+      </c>
+      <c r="G498" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H498" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I498" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J498" s="34">
+        <v>17</v>
+      </c>
+      <c r="K498" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L498" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M498" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A499" s="28">
+        <v>497</v>
+      </c>
+      <c r="B499" s="29"/>
+      <c r="C499" s="29"/>
+      <c r="D499" s="35" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E499" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F499" s="33" t="s">
+        <v>631</v>
+      </c>
+      <c r="G499" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H499" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I499" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J499" s="34">
+        <v>17</v>
+      </c>
+      <c r="K499" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L499" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M499" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A500" s="28">
+        <v>498</v>
+      </c>
+      <c r="B500" s="29"/>
+      <c r="C500" s="29"/>
+      <c r="D500" s="35" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E500" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F500" s="33" t="s">
+        <v>632</v>
+      </c>
+      <c r="G500" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H500" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I500" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J500" s="34">
+        <v>17</v>
+      </c>
+      <c r="K500" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L500" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M500" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A501" s="28">
+        <v>499</v>
+      </c>
+      <c r="B501" s="29"/>
+      <c r="C501" s="29"/>
+      <c r="D501" s="35" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E501" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F501" s="33" t="s">
+        <v>633</v>
+      </c>
+      <c r="G501" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H501" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I501" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J501" s="34">
+        <v>17</v>
+      </c>
+      <c r="K501" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L501" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M501" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A502" s="28">
+        <v>500</v>
+      </c>
+      <c r="B502" s="29"/>
+      <c r="C502" s="29"/>
+      <c r="D502" s="35" t="s">
+        <v>1995</v>
+      </c>
+      <c r="E502" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F502" s="33" t="s">
+        <v>634</v>
+      </c>
+      <c r="G502" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H502" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I502" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J502" s="34">
+        <v>17</v>
+      </c>
+      <c r="K502" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L502" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M502" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A503" s="28">
+        <v>501</v>
+      </c>
+      <c r="B503" s="29"/>
+      <c r="C503" s="29"/>
+      <c r="D503" s="35" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E503" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F503" s="33" t="s">
+        <v>635</v>
+      </c>
+      <c r="G503" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H503" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I503" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J503" s="34">
+        <v>17</v>
+      </c>
+      <c r="K503" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L503" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M503" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A504" s="28">
+        <v>502</v>
+      </c>
+      <c r="B504" s="29"/>
+      <c r="C504" s="29"/>
+      <c r="D504" s="35" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E504" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F504" s="33" t="s">
+        <v>636</v>
+      </c>
+      <c r="G504" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H504" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I504" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J504" s="34">
+        <v>17</v>
+      </c>
+      <c r="K504" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L504" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M504" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A505" s="28">
+        <v>503</v>
+      </c>
+      <c r="B505" s="29"/>
+      <c r="C505" s="29"/>
+      <c r="D505" s="35" t="s">
+        <v>1998</v>
+      </c>
+      <c r="E505" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F505" s="33" t="s">
+        <v>637</v>
+      </c>
+      <c r="G505" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H505" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I505" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J505" s="34">
+        <v>17</v>
+      </c>
+      <c r="K505" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L505" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M505" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A506" s="28">
+        <v>504</v>
+      </c>
+      <c r="B506" s="29"/>
+      <c r="C506" s="29"/>
+      <c r="D506" s="35" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E506" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F506" s="33" t="s">
+        <v>638</v>
+      </c>
+      <c r="G506" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H506" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I506" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J506" s="34">
+        <v>17</v>
+      </c>
+      <c r="K506" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L506" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M506" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A507" s="28">
+        <v>505</v>
+      </c>
+      <c r="B507" s="29"/>
+      <c r="C507" s="29"/>
+      <c r="D507" s="35" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E507" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F507" s="33" t="s">
+        <v>639</v>
+      </c>
+      <c r="G507" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H507" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I507" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J507" s="34">
+        <v>17</v>
+      </c>
+      <c r="K507" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L507" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M507" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A508" s="28">
+        <v>506</v>
+      </c>
+      <c r="B508" s="29"/>
+      <c r="C508" s="29"/>
+      <c r="D508" s="35" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E508" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F508" s="33" t="s">
+        <v>640</v>
+      </c>
+      <c r="G508" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H508" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I508" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J508" s="34">
+        <v>17</v>
+      </c>
+      <c r="K508" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L508" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M508" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A509" s="28">
+        <v>507</v>
+      </c>
+      <c r="B509" s="29"/>
+      <c r="C509" s="29"/>
+      <c r="D509" s="35" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E509" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F509" s="33" t="s">
+        <v>641</v>
+      </c>
+      <c r="G509" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H509" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I509" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J509" s="34">
+        <v>17</v>
+      </c>
+      <c r="K509" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L509" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M509" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A510" s="28">
+        <v>508</v>
+      </c>
+      <c r="B510" s="29"/>
+      <c r="C510" s="29"/>
+      <c r="D510" s="35" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E510" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F510" s="33" t="s">
+        <v>643</v>
+      </c>
+      <c r="G510" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H510" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I510" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J510" s="34">
+        <v>17</v>
+      </c>
+      <c r="K510" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L510" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M510" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="28">
+        <v>509</v>
+      </c>
+      <c r="B511" s="29"/>
+      <c r="C511" s="29"/>
+      <c r="D511" s="35" t="s">
+        <v>2004</v>
+      </c>
+      <c r="E511" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F511" s="33" t="s">
+        <v>644</v>
+      </c>
+      <c r="G511" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H511" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I511" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J511" s="34">
+        <v>17</v>
+      </c>
+      <c r="K511" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L511" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M511" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A512" s="28">
+        <v>510</v>
+      </c>
+      <c r="B512" s="29"/>
+      <c r="C512" s="29"/>
+      <c r="D512" s="35" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E512" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F512" s="33" t="s">
+        <v>645</v>
+      </c>
+      <c r="G512" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H512" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I512" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J512" s="34">
+        <v>17</v>
+      </c>
+      <c r="K512" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L512" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M512" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="28">
+        <v>511</v>
+      </c>
+      <c r="B513" s="29"/>
+      <c r="C513" s="29"/>
+      <c r="D513" s="35" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E513" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F513" s="33" t="s">
+        <v>646</v>
+      </c>
+      <c r="G513" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H513" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I513" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J513" s="34">
+        <v>17</v>
+      </c>
+      <c r="K513" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L513" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M513" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="28">
+        <v>512</v>
+      </c>
+      <c r="B514" s="29"/>
+      <c r="C514" s="29"/>
+      <c r="D514" s="35" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E514" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F514" s="33" t="s">
+        <v>647</v>
+      </c>
+      <c r="G514" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H514" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I514" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J514" s="34">
+        <v>17</v>
+      </c>
+      <c r="K514" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L514" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M514" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A515" s="28">
+        <v>513</v>
+      </c>
+      <c r="B515" s="29"/>
+      <c r="C515" s="29"/>
+      <c r="D515" s="35" t="s">
+        <v>2008</v>
+      </c>
+      <c r="E515" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F515" s="33" t="s">
+        <v>648</v>
+      </c>
+      <c r="G515" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H515" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I515" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J515" s="34">
+        <v>17</v>
+      </c>
+      <c r="K515" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L515" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M515" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A516" s="28">
+        <v>514</v>
+      </c>
+      <c r="B516" s="29"/>
+      <c r="C516" s="29"/>
+      <c r="D516" s="35" t="s">
+        <v>2009</v>
+      </c>
+      <c r="E516" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F516" s="33" t="s">
+        <v>649</v>
+      </c>
+      <c r="G516" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H516" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I516" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J516" s="34">
+        <v>17</v>
+      </c>
+      <c r="K516" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L516" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M516" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A517" s="28">
+        <v>515</v>
+      </c>
+      <c r="B517" s="29"/>
+      <c r="C517" s="29"/>
+      <c r="D517" s="35" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E517" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F517" s="33" t="s">
+        <v>650</v>
+      </c>
+      <c r="G517" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H517" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I517" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J517" s="34">
+        <v>17</v>
+      </c>
+      <c r="K517" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L517" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M517" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A518" s="28">
+        <v>516</v>
+      </c>
+      <c r="B518" s="29"/>
+      <c r="C518" s="29"/>
+      <c r="D518" s="35" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E518" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F518" s="33" t="s">
+        <v>651</v>
+      </c>
+      <c r="G518" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H518" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I518" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J518" s="34">
+        <v>17</v>
+      </c>
+      <c r="K518" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L518" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M518" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A519" s="28">
+        <v>517</v>
+      </c>
+      <c r="B519" s="29"/>
+      <c r="C519" s="29"/>
+      <c r="D519" s="35" t="s">
+        <v>2012</v>
+      </c>
+      <c r="E519" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F519" s="33" t="s">
+        <v>652</v>
+      </c>
+      <c r="G519" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H519" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I519" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J519" s="34">
+        <v>17</v>
+      </c>
+      <c r="K519" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L519" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M519" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A520" s="28">
+        <v>518</v>
+      </c>
+      <c r="B520" s="29"/>
+      <c r="C520" s="29"/>
+      <c r="D520" s="35" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E520" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F520" s="33" t="s">
+        <v>653</v>
+      </c>
+      <c r="G520" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H520" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I520" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J520" s="34">
+        <v>17</v>
+      </c>
+      <c r="K520" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L520" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M520" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A521" s="28">
+        <v>519</v>
+      </c>
+      <c r="B521" s="29"/>
+      <c r="C521" s="29"/>
+      <c r="D521" s="35" t="s">
+        <v>2014</v>
+      </c>
+      <c r="E521" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F521" s="33" t="s">
+        <v>654</v>
+      </c>
+      <c r="G521" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H521" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I521" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J521" s="34">
+        <v>17</v>
+      </c>
+      <c r="K521" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L521" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M521" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A522" s="28">
+        <v>520</v>
+      </c>
+      <c r="B522" s="29"/>
+      <c r="C522" s="29"/>
+      <c r="D522" s="35" t="s">
+        <v>2015</v>
+      </c>
+      <c r="E522" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F522" s="33" t="s">
+        <v>655</v>
+      </c>
+      <c r="G522" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H522" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I522" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J522" s="34">
+        <v>17</v>
+      </c>
+      <c r="K522" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L522" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M522" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A523" s="28">
+        <v>521</v>
+      </c>
+      <c r="B523" s="29"/>
+      <c r="C523" s="29"/>
+      <c r="D523" s="35" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E523" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F523" s="33" t="s">
+        <v>656</v>
+      </c>
+      <c r="G523" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H523" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I523" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J523" s="34">
+        <v>17</v>
+      </c>
+      <c r="K523" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L523" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M523" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A524" s="28">
+        <v>522</v>
+      </c>
+      <c r="B524" s="29"/>
+      <c r="C524" s="29"/>
+      <c r="D524" s="35" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E524" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F524" s="33" t="s">
+        <v>657</v>
+      </c>
+      <c r="G524" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H524" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I524" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J524" s="34">
+        <v>17</v>
+      </c>
+      <c r="K524" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L524" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M524" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="28">
+        <v>523</v>
+      </c>
+      <c r="B525" s="29"/>
+      <c r="C525" s="29"/>
+      <c r="D525" s="35" t="s">
+        <v>2018</v>
+      </c>
+      <c r="E525" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F525" s="33" t="s">
+        <v>658</v>
+      </c>
+      <c r="G525" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H525" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I525" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J525" s="34">
+        <v>17</v>
+      </c>
+      <c r="K525" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L525" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M525" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A526" s="28">
+        <v>524</v>
+      </c>
+      <c r="B526" s="29"/>
+      <c r="C526" s="29"/>
+      <c r="D526" s="35" t="s">
+        <v>2019</v>
+      </c>
+      <c r="E526" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F526" s="33" t="s">
+        <v>1581</v>
+      </c>
+      <c r="G526" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H526" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I526" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J526" s="34">
+        <v>17</v>
+      </c>
+      <c r="K526" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L526" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M526" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A527" s="28">
+        <v>525</v>
+      </c>
+      <c r="B527" s="29"/>
+      <c r="C527" s="29"/>
+      <c r="D527" s="35" t="s">
+        <v>2020</v>
+      </c>
+      <c r="E527" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F527" s="33" t="s">
+        <v>659</v>
+      </c>
+      <c r="G527" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H527" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I527" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J527" s="34">
+        <v>17</v>
+      </c>
+      <c r="K527" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L527" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M527" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A528" s="28">
+        <v>526</v>
+      </c>
+      <c r="B528" s="29"/>
+      <c r="C528" s="29"/>
+      <c r="D528" s="35" t="s">
+        <v>2021</v>
+      </c>
+      <c r="E528" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F528" s="33" t="s">
+        <v>660</v>
+      </c>
+      <c r="G528" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H528" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I528" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J528" s="34">
+        <v>17</v>
+      </c>
+      <c r="K528" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L528" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M528" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A529" s="28">
+        <v>527</v>
+      </c>
+      <c r="B529" s="29"/>
+      <c r="C529" s="29"/>
+      <c r="D529" s="35" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E529" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F529" s="33" t="s">
+        <v>661</v>
+      </c>
+      <c r="G529" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H529" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I529" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J529" s="34">
+        <v>17</v>
+      </c>
+      <c r="K529" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L529" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M529" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A530" s="28">
+        <v>528</v>
+      </c>
+      <c r="B530" s="29"/>
+      <c r="C530" s="29"/>
+      <c r="D530" s="35" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E530" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F530" s="33" t="s">
+        <v>1582</v>
+      </c>
+      <c r="G530" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H530" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I530" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J530" s="34">
+        <v>17</v>
+      </c>
+      <c r="K530" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L530" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M530" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A531" s="28">
+        <v>529</v>
+      </c>
+      <c r="B531" s="29"/>
+      <c r="C531" s="29"/>
+      <c r="D531" s="35" t="s">
+        <v>2024</v>
+      </c>
+      <c r="E531" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F531" s="33" t="s">
+        <v>662</v>
+      </c>
+      <c r="G531" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H531" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I531" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J531" s="34">
+        <v>17</v>
+      </c>
+      <c r="K531" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L531" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M531" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A532" s="28">
+        <v>530</v>
+      </c>
+      <c r="B532" s="29"/>
+      <c r="C532" s="29"/>
+      <c r="D532" s="35" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E532" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F532" s="33" t="s">
+        <v>663</v>
+      </c>
+      <c r="G532" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H532" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I532" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J532" s="34">
+        <v>17</v>
+      </c>
+      <c r="K532" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L532" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M532" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A533" s="28">
+        <v>531</v>
+      </c>
+      <c r="B533" s="29"/>
+      <c r="C533" s="29"/>
+      <c r="D533" s="35" t="s">
+        <v>2026</v>
+      </c>
+      <c r="E533" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F533" s="33" t="s">
+        <v>664</v>
+      </c>
+      <c r="G533" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H533" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I533" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J533" s="34">
+        <v>17</v>
+      </c>
+      <c r="K533" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L533" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M533" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A534" s="28">
+        <v>532</v>
+      </c>
+      <c r="B534" s="29"/>
+      <c r="C534" s="29"/>
+      <c r="D534" s="35" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E534" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F534" s="33" t="s">
+        <v>665</v>
+      </c>
+      <c r="G534" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H534" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I534" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J534" s="34">
+        <v>17</v>
+      </c>
+      <c r="K534" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L534" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M534" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A535" s="28">
+        <v>533</v>
+      </c>
+      <c r="B535" s="29"/>
+      <c r="C535" s="29"/>
+      <c r="D535" s="35" t="s">
+        <v>2028</v>
+      </c>
+      <c r="E535" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F535" s="33" t="s">
+        <v>666</v>
+      </c>
+      <c r="G535" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H535" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I535" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J535" s="34">
+        <v>17</v>
+      </c>
+      <c r="K535" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L535" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M535" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A536" s="28">
+        <v>534</v>
+      </c>
+      <c r="B536" s="29"/>
+      <c r="C536" s="29"/>
+      <c r="D536" s="35" t="s">
+        <v>2029</v>
+      </c>
+      <c r="E536" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F536" s="33" t="s">
+        <v>667</v>
+      </c>
+      <c r="G536" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H536" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I536" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J536" s="34">
+        <v>17</v>
+      </c>
+      <c r="K536" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L536" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M536" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A537" s="28">
+        <v>535</v>
+      </c>
+      <c r="B537" s="29"/>
+      <c r="C537" s="29"/>
+      <c r="D537" s="35" t="s">
+        <v>2030</v>
+      </c>
+      <c r="E537" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F537" s="33" t="s">
+        <v>668</v>
+      </c>
+      <c r="G537" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H537" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I537" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J537" s="34">
+        <v>17</v>
+      </c>
+      <c r="K537" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L537" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M537" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A538" s="28">
+        <v>536</v>
+      </c>
+      <c r="B538" s="29"/>
+      <c r="C538" s="29"/>
+      <c r="D538" s="35" t="s">
+        <v>2031</v>
+      </c>
+      <c r="E538" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F538" s="33" t="s">
+        <v>669</v>
+      </c>
+      <c r="G538" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H538" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I538" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J538" s="34">
+        <v>17</v>
+      </c>
+      <c r="K538" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L538" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M538" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A539" s="28">
+        <v>537</v>
+      </c>
+      <c r="B539" s="29"/>
+      <c r="C539" s="29"/>
+      <c r="D539" s="35" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E539" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F539" s="33" t="s">
+        <v>670</v>
+      </c>
+      <c r="G539" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H539" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I539" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J539" s="34">
+        <v>17</v>
+      </c>
+      <c r="K539" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L539" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M539" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A540" s="28">
+        <v>538</v>
+      </c>
+      <c r="B540" s="29"/>
+      <c r="C540" s="29"/>
+      <c r="D540" s="35" t="s">
+        <v>2033</v>
+      </c>
+      <c r="E540" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F540" s="33" t="s">
+        <v>671</v>
+      </c>
+      <c r="G540" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H540" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I540" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J540" s="34">
+        <v>17</v>
+      </c>
+      <c r="K540" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L540" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M540" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A541" s="28">
+        <v>539</v>
+      </c>
+      <c r="B541" s="29"/>
+      <c r="C541" s="29"/>
+      <c r="D541" s="35" t="s">
+        <v>2034</v>
+      </c>
+      <c r="E541" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F541" s="33" t="s">
+        <v>672</v>
+      </c>
+      <c r="G541" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H541" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I541" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J541" s="34">
+        <v>17</v>
+      </c>
+      <c r="K541" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L541" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M541" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A542" s="28">
+        <v>540</v>
+      </c>
+      <c r="B542" s="29"/>
+      <c r="C542" s="29"/>
+      <c r="D542" s="35" t="s">
+        <v>2035</v>
+      </c>
+      <c r="E542" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F542" s="33" t="s">
+        <v>673</v>
+      </c>
+      <c r="G542" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H542" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I542" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J542" s="34">
+        <v>17</v>
+      </c>
+      <c r="K542" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L542" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M542" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A543" s="28">
+        <v>541</v>
+      </c>
+      <c r="B543" s="29"/>
+      <c r="C543" s="29"/>
+      <c r="D543" s="35" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E543" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F543" s="33" t="s">
+        <v>674</v>
+      </c>
+      <c r="G543" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H543" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I543" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J543" s="34">
+        <v>17</v>
+      </c>
+      <c r="K543" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L543" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M543" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A544" s="28">
+        <v>542</v>
+      </c>
+      <c r="B544" s="29"/>
+      <c r="C544" s="29"/>
+      <c r="D544" s="35" t="s">
+        <v>2037</v>
+      </c>
+      <c r="E544" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F544" s="33" t="s">
+        <v>675</v>
+      </c>
+      <c r="G544" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H544" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I544" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J544" s="34">
+        <v>17</v>
+      </c>
+      <c r="K544" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L544" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M544" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A545" s="28">
+        <v>543</v>
+      </c>
+      <c r="B545" s="29"/>
+      <c r="C545" s="29"/>
+      <c r="D545" s="35" t="s">
+        <v>2038</v>
+      </c>
+      <c r="E545" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F545" s="33" t="s">
+        <v>642</v>
+      </c>
+      <c r="G545" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H545" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I545" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J545" s="34">
+        <v>17</v>
+      </c>
+      <c r="K545" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L545" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M545" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A546" s="28">
+        <v>544</v>
+      </c>
+      <c r="B546" s="29"/>
+      <c r="C546" s="29"/>
+      <c r="D546" s="35" t="s">
+        <v>2039</v>
+      </c>
+      <c r="E546" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F546" s="33" t="s">
+        <v>676</v>
+      </c>
+      <c r="G546" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H546" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I546" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J546" s="34">
+        <v>17</v>
+      </c>
+      <c r="K546" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L546" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M546" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A547" s="28">
+        <v>545</v>
+      </c>
+      <c r="B547" s="29"/>
+      <c r="C547" s="29"/>
+      <c r="D547" s="35" t="s">
+        <v>2040</v>
+      </c>
+      <c r="E547" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F547" s="33" t="s">
+        <v>677</v>
+      </c>
+      <c r="G547" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H547" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I547" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J547" s="34">
+        <v>17</v>
+      </c>
+      <c r="K547" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L547" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M547" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A548" s="28">
+        <v>546</v>
+      </c>
+      <c r="B548" s="29"/>
+      <c r="C548" s="29"/>
+      <c r="D548" s="35" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E548" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F548" s="33" t="s">
+        <v>678</v>
+      </c>
+      <c r="G548" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H548" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I548" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J548" s="34">
+        <v>17</v>
+      </c>
+      <c r="K548" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L548" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M548" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A549" s="28">
+        <v>547</v>
+      </c>
+      <c r="B549" s="29"/>
+      <c r="C549" s="29"/>
+      <c r="D549" s="35" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E549" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F549" s="33" t="s">
+        <v>679</v>
+      </c>
+      <c r="G549" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H549" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I549" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J549" s="34">
+        <v>17</v>
+      </c>
+      <c r="K549" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L549" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M549" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A550" s="28">
+        <v>548</v>
+      </c>
+      <c r="B550" s="29"/>
+      <c r="C550" s="29"/>
+      <c r="D550" s="35" t="s">
+        <v>2043</v>
+      </c>
+      <c r="E550" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F550" s="33" t="s">
+        <v>680</v>
+      </c>
+      <c r="G550" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H550" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I550" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J550" s="34">
+        <v>17</v>
+      </c>
+      <c r="K550" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L550" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M550" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A551" s="28">
+        <v>549</v>
+      </c>
+      <c r="B551" s="29"/>
+      <c r="C551" s="29"/>
+      <c r="D551" s="35" t="s">
+        <v>2044</v>
+      </c>
+      <c r="E551" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F551" s="33" t="s">
+        <v>681</v>
+      </c>
+      <c r="G551" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H551" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I551" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J551" s="34">
+        <v>17</v>
+      </c>
+      <c r="K551" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L551" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M551" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" ht="123" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A552" s="28">
+        <v>550</v>
+      </c>
+      <c r="B552" s="29"/>
+      <c r="C552" s="29"/>
+      <c r="D552" s="35" t="s">
+        <v>2045</v>
+      </c>
+      <c r="E552" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F552" s="33" t="s">
+        <v>682</v>
+      </c>
+      <c r="G552" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H552" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I552" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J552" s="34">
+        <v>17</v>
+      </c>
+      <c r="K552" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L552" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M552" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" ht="127.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A553" s="28">
+        <v>551</v>
+      </c>
+      <c r="B553" s="29"/>
+      <c r="C553" s="29"/>
+      <c r="D553" s="35" t="s">
+        <v>2046</v>
+      </c>
+      <c r="E553" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F553" s="33" t="s">
+        <v>683</v>
+      </c>
+      <c r="G553" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H553" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I553" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J553" s="34">
+        <v>17</v>
+      </c>
+      <c r="K553" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L553" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M553" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A554" s="28">
+        <v>552</v>
+      </c>
+      <c r="B554" s="29"/>
+      <c r="C554" s="29"/>
+      <c r="D554" s="35" t="s">
+        <v>2047</v>
+      </c>
+      <c r="E554" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F554" s="33" t="s">
+        <v>684</v>
+      </c>
+      <c r="G554" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H554" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I554" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J554" s="34">
+        <v>17</v>
+      </c>
+      <c r="K554" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L554" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M554" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" ht="137.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A555" s="28">
+        <v>553</v>
+      </c>
+      <c r="B555" s="29"/>
+      <c r="C555" s="29"/>
+      <c r="D555" s="35" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E555" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F555" s="33" t="s">
+        <v>685</v>
+      </c>
+      <c r="G555" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H555" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I555" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J555" s="34">
+        <v>17</v>
+      </c>
+      <c r="K555" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L555" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M555" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" ht="138" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A556" s="28">
+        <v>554</v>
+      </c>
+      <c r="B556" s="29"/>
+      <c r="C556" s="29"/>
+      <c r="D556" s="35" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E556" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F556" s="33" t="s">
+        <v>686</v>
+      </c>
+      <c r="G556" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H556" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I556" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J556" s="34">
+        <v>17</v>
+      </c>
+      <c r="K556" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L556" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M556" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A557" s="28">
+        <v>555</v>
+      </c>
+      <c r="B557" s="29"/>
+      <c r="C557" s="29"/>
+      <c r="D557" s="35" t="s">
+        <v>2050</v>
+      </c>
+      <c r="E557" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F557" s="33" t="s">
+        <v>687</v>
+      </c>
+      <c r="G557" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H557" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I557" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J557" s="34">
+        <v>17</v>
+      </c>
+      <c r="K557" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L557" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M557" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A558" s="28">
+        <v>556</v>
+      </c>
+      <c r="B558" s="29"/>
+      <c r="C558" s="29"/>
+      <c r="D558" s="35" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E558" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F558" s="33" t="s">
+        <v>688</v>
+      </c>
+      <c r="G558" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H558" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I558" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J558" s="34">
+        <v>17</v>
+      </c>
+      <c r="K558" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L558" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M558" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A559" s="28">
+        <v>557</v>
+      </c>
+      <c r="B559" s="29"/>
+      <c r="C559" s="29"/>
+      <c r="D559" s="35" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E559" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F559" s="33" t="s">
+        <v>689</v>
+      </c>
+      <c r="G559" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H559" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I559" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J559" s="34">
+        <v>17</v>
+      </c>
+      <c r="K559" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L559" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M559" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A560" s="28">
+        <v>558</v>
+      </c>
+      <c r="B560" s="29"/>
+      <c r="C560" s="29"/>
+      <c r="D560" s="35" t="s">
+        <v>2053</v>
+      </c>
+      <c r="E560" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F560" s="33" t="s">
+        <v>690</v>
+      </c>
+      <c r="G560" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H560" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I560" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J560" s="34">
+        <v>17</v>
+      </c>
+      <c r="K560" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L560" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M560" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A561" s="28">
+        <v>559</v>
+      </c>
+      <c r="B561" s="29"/>
+      <c r="C561" s="29"/>
+      <c r="D561" s="35" t="s">
+        <v>2054</v>
+      </c>
+      <c r="E561" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F561" s="33" t="s">
+        <v>691</v>
+      </c>
+      <c r="G561" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H561" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I561" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J561" s="34">
+        <v>17</v>
+      </c>
+      <c r="K561" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L561" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M561" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A562" s="28">
+        <v>560</v>
+      </c>
+      <c r="B562" s="29"/>
+      <c r="C562" s="29"/>
+      <c r="D562" s="35" t="s">
+        <v>2055</v>
+      </c>
+      <c r="E562" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F562" s="33" t="s">
+        <v>692</v>
+      </c>
+      <c r="G562" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H562" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I562" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J562" s="34">
+        <v>17</v>
+      </c>
+      <c r="K562" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L562" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M562" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A563" s="28">
+        <v>561</v>
+      </c>
+      <c r="B563" s="29"/>
+      <c r="C563" s="29"/>
+      <c r="D563" s="35" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E563" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F563" s="33" t="s">
+        <v>693</v>
+      </c>
+      <c r="G563" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H563" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I563" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J563" s="34">
+        <v>17</v>
+      </c>
+      <c r="K563" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L563" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M563" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A564" s="28">
+        <v>562</v>
+      </c>
+      <c r="B564" s="29"/>
+      <c r="C564" s="29"/>
+      <c r="D564" s="35" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E564" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F564" s="33" t="s">
+        <v>694</v>
+      </c>
+      <c r="G564" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H564" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I564" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J564" s="34">
+        <v>17</v>
+      </c>
+      <c r="K564" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L564" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M564" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A565" s="28">
+        <v>563</v>
+      </c>
+      <c r="B565" s="29"/>
+      <c r="C565" s="29"/>
+      <c r="D565" s="35" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E565" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F565" s="33" t="s">
+        <v>695</v>
+      </c>
+      <c r="G565" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H565" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I565" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J565" s="34">
+        <v>17</v>
+      </c>
+      <c r="K565" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L565" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M565" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A566" s="28">
+        <v>564</v>
+      </c>
+      <c r="B566" s="29"/>
+      <c r="C566" s="29"/>
+      <c r="D566" s="35" t="s">
+        <v>2059</v>
+      </c>
+      <c r="E566" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F566" s="33" t="s">
+        <v>696</v>
+      </c>
+      <c r="G566" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H566" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I566" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J566" s="34">
+        <v>17</v>
+      </c>
+      <c r="K566" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L566" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M566" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A567" s="28">
+        <v>565</v>
+      </c>
+      <c r="B567" s="29"/>
+      <c r="C567" s="29"/>
+      <c r="D567" s="35" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E567" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F567" s="33" t="s">
+        <v>697</v>
+      </c>
+      <c r="G567" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H567" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I567" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J567" s="34">
+        <v>17</v>
+      </c>
+      <c r="K567" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L567" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M567" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A568" s="28">
+        <v>566</v>
+      </c>
+      <c r="B568" s="29"/>
+      <c r="C568" s="29"/>
+      <c r="D568" s="35" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E568" s="33" t="s">
+        <v>596</v>
+      </c>
+      <c r="F568" s="33" t="s">
+        <v>698</v>
+      </c>
+      <c r="G568" s="33" t="s">
+        <v>598</v>
+      </c>
+      <c r="H568" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I568" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J568" s="34">
+        <v>17</v>
+      </c>
+      <c r="K568" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="L568" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M568" s="33" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A569" s="28">
+        <v>567</v>
+      </c>
+      <c r="B569" s="29"/>
+      <c r="C569" s="29"/>
+      <c r="D569" s="30" t="s">
+        <v>1477</v>
+      </c>
+      <c r="E569" s="31" t="s">
+        <v>481</v>
+      </c>
+      <c r="F569" s="33" t="s">
+        <v>482</v>
+      </c>
+      <c r="G569" s="33" t="s">
+        <v>483</v>
+      </c>
+      <c r="H569" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I569" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J569" s="34">
+        <v>17</v>
+      </c>
+      <c r="K569" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="L569" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M569" s="33" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A570" s="28">
+        <v>568</v>
+      </c>
+      <c r="B570" s="29"/>
+      <c r="C570" s="29"/>
+      <c r="D570" s="35" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E570" s="33" t="s">
+        <v>481</v>
+      </c>
+      <c r="F570" s="33" t="s">
+        <v>486</v>
+      </c>
+      <c r="G570" s="33" t="s">
+        <v>483</v>
+      </c>
+      <c r="H570" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I570" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J570" s="34">
+        <v>17</v>
+      </c>
+      <c r="K570" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="L570" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="M570" s="33" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A571" s="28">
+        <v>569</v>
+      </c>
+      <c r="B571" s="29"/>
+      <c r="C571" s="29"/>
+      <c r="D571" s="30" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E571" s="31" t="s">
+        <v>829</v>
+      </c>
+      <c r="F571" s="38" t="s">
+        <v>830</v>
+      </c>
+      <c r="G571" s="33" t="s">
+        <v>831</v>
+      </c>
+      <c r="H571" s="34">
+        <v>9114</v>
+      </c>
+      <c r="I571" s="33" t="s">
+        <v>832</v>
+      </c>
+      <c r="J571" s="34">
+        <v>19</v>
+      </c>
+      <c r="K571" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L571" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M571" s="33" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A572" s="28">
+        <v>570</v>
+      </c>
+      <c r="B572" s="29"/>
+      <c r="C572" s="29"/>
+      <c r="D572" s="35" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E572" s="33" t="s">
+        <v>829</v>
+      </c>
+      <c r="F572" s="38" t="s">
+        <v>835</v>
+      </c>
+      <c r="G572" s="33" t="s">
+        <v>831</v>
+      </c>
+      <c r="H572" s="34">
+        <v>9114</v>
+      </c>
+      <c r="I572" s="33" t="s">
+        <v>832</v>
+      </c>
+      <c r="J572" s="34">
+        <v>19</v>
+      </c>
+      <c r="K572" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L572" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M572" s="33" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A573" s="28">
+        <v>571</v>
+      </c>
+      <c r="B573" s="29"/>
+      <c r="C573" s="29"/>
+      <c r="D573" s="30" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E573" s="31" t="s">
+        <v>743</v>
+      </c>
+      <c r="F573" s="33" t="s">
+        <v>744</v>
+      </c>
+      <c r="G573" s="38" t="s">
+        <v>745</v>
+      </c>
+      <c r="H573" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I573" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J573" s="34">
+        <v>19</v>
+      </c>
+      <c r="K573" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L573" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M573" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A574" s="28">
+        <v>572</v>
+      </c>
+      <c r="B574" s="29"/>
+      <c r="C574" s="29"/>
+      <c r="D574" s="35" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E574" s="33" t="s">
+        <v>743</v>
+      </c>
+      <c r="F574" s="33" t="s">
+        <v>746</v>
+      </c>
+      <c r="G574" s="38" t="s">
+        <v>745</v>
+      </c>
+      <c r="H574" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I574" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J574" s="34">
+        <v>19</v>
+      </c>
+      <c r="K574" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L574" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M574" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A575" s="28">
+        <v>573</v>
+      </c>
+      <c r="B575" s="29"/>
+      <c r="C575" s="29"/>
+      <c r="D575" s="35" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E575" s="33" t="s">
+        <v>743</v>
+      </c>
+      <c r="F575" s="33" t="s">
+        <v>747</v>
+      </c>
+      <c r="G575" s="38" t="s">
+        <v>745</v>
+      </c>
+      <c r="H575" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I575" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J575" s="34">
+        <v>19</v>
+      </c>
+      <c r="K575" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L575" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M575" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A576" s="28">
+        <v>574</v>
+      </c>
+      <c r="B576" s="29"/>
+      <c r="C576" s="29"/>
+      <c r="D576" s="35" t="s">
+        <v>2063</v>
+      </c>
+      <c r="E576" s="33" t="s">
+        <v>743</v>
+      </c>
+      <c r="F576" s="33" t="s">
+        <v>748</v>
+      </c>
+      <c r="G576" s="38" t="s">
+        <v>745</v>
+      </c>
+      <c r="H576" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I576" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J576" s="34">
+        <v>19</v>
+      </c>
+      <c r="K576" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L576" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M576" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A577" s="28">
+        <v>575</v>
+      </c>
+      <c r="B577" s="22"/>
+      <c r="C577" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D577" s="10" t="s">
+        <v>1779</v>
+      </c>
+      <c r="E577" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="F577" s="4" t="s">
+        <v>837</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H577" s="2">
+        <v>9113</v>
+      </c>
+      <c r="I577" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="J577" s="2">
+        <v>19</v>
+      </c>
+      <c r="K577" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L577" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M577" s="1" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A578" s="28">
+        <v>576</v>
+      </c>
+      <c r="B578" s="22"/>
+      <c r="C578" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D578" s="10" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E578" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="F578" s="4" t="s">
+        <v>873</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H578" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I578" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J578" s="2">
+        <v>19</v>
+      </c>
+      <c r="K578" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L578" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M578" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A579" s="28">
+        <v>577</v>
+      </c>
+      <c r="B579" s="22"/>
+      <c r="C579" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D579" s="15" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E579" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F579" s="4" t="s">
+        <v>877</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H579" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I579" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J579" s="2">
+        <v>19</v>
+      </c>
+      <c r="K579" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L579" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M579" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A580" s="28">
+        <v>578</v>
+      </c>
+      <c r="B580" s="22"/>
+      <c r="C580" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D580" s="15" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E580" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F580" s="4" t="s">
+        <v>878</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H580" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I580" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J580" s="2">
+        <v>19</v>
+      </c>
+      <c r="K580" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L580" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M580" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A581" s="28">
+        <v>579</v>
+      </c>
+      <c r="B581" s="22"/>
+      <c r="C581" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D581" s="15" t="s">
+        <v>2067</v>
+      </c>
+      <c r="E581" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F581" s="4" t="s">
+        <v>879</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H581" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I581" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J581" s="2">
+        <v>19</v>
+      </c>
+      <c r="K581" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L581" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M581" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A582" s="28">
+        <v>580</v>
+      </c>
+      <c r="B582" s="22"/>
+      <c r="C582" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D582" s="15" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E582" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F582" s="4" t="s">
+        <v>880</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H582" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I582" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J582" s="2">
+        <v>19</v>
+      </c>
+      <c r="K582" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L582" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M582" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A583" s="28">
+        <v>581</v>
+      </c>
+      <c r="B583" s="22"/>
+      <c r="C583" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D583" s="15" t="s">
+        <v>2069</v>
+      </c>
+      <c r="E583" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F583" s="4" t="s">
+        <v>881</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H583" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I583" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J583" s="2">
+        <v>19</v>
+      </c>
+      <c r="K583" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L583" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M583" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A584" s="28">
+        <v>582</v>
+      </c>
+      <c r="B584" s="22"/>
+      <c r="C584" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D584" s="15" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E584" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F584" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H584" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I584" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J584" s="2">
+        <v>19</v>
+      </c>
+      <c r="K584" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L584" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M584" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A585" s="28">
+        <v>583</v>
+      </c>
+      <c r="B585" s="22"/>
+      <c r="C585" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D585" s="15" t="s">
+        <v>2071</v>
+      </c>
+      <c r="E585" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H585" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I585" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J585" s="2">
+        <v>19</v>
+      </c>
+      <c r="K585" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L585" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M585" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A586" s="28">
+        <v>584</v>
+      </c>
+      <c r="B586" s="22"/>
+      <c r="C586" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D586" s="15" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E586" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F586" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H586" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I586" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J586" s="2">
+        <v>19</v>
+      </c>
+      <c r="K586" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L586" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M586" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A587" s="28">
+        <v>585</v>
+      </c>
+      <c r="B587" s="22"/>
+      <c r="C587" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D587" s="15" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E587" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F587" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H587" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I587" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J587" s="2">
+        <v>19</v>
+      </c>
+      <c r="K587" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L587" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M587" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A588" s="28">
+        <v>586</v>
+      </c>
+      <c r="B588" s="22"/>
+      <c r="C588" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D588" s="15" t="s">
+        <v>2074</v>
+      </c>
+      <c r="E588" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F588" s="4" t="s">
+        <v>886</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H588" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I588" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J588" s="2">
+        <v>19</v>
+      </c>
+      <c r="K588" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L588" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M588" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A589" s="28">
+        <v>587</v>
+      </c>
+      <c r="B589" s="22"/>
+      <c r="C589" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D589" s="15" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E589" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F589" s="4" t="s">
+        <v>887</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H589" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I589" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J589" s="2">
+        <v>19</v>
+      </c>
+      <c r="K589" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L589" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M589" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A590" s="28">
+        <v>588</v>
+      </c>
+      <c r="B590" s="22"/>
+      <c r="C590" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D590" s="15" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E590" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F590" s="4" t="s">
+        <v>888</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H590" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I590" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J590" s="2">
+        <v>19</v>
+      </c>
+      <c r="K590" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L590" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M590" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A591" s="28">
+        <v>589</v>
+      </c>
+      <c r="B591" s="22"/>
+      <c r="C591" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D591" s="15" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E591" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F591" s="4" t="s">
+        <v>889</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H591" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I591" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J591" s="2">
+        <v>19</v>
+      </c>
+      <c r="K591" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L591" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M591" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A592" s="28">
+        <v>590</v>
+      </c>
+      <c r="B592" s="22"/>
+      <c r="C592" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D592" s="15" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E592" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F592" s="4" t="s">
+        <v>890</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H592" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I592" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J592" s="2">
+        <v>19</v>
+      </c>
+      <c r="K592" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L592" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M592" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+      <c r="A593" s="28">
+        <v>591</v>
+      </c>
+      <c r="B593" s="22"/>
+      <c r="C593" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D593" s="15" t="s">
+        <v>2079</v>
+      </c>
+      <c r="E593" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F593" s="4" t="s">
+        <v>891</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H593" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I593" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J593" s="2">
+        <v>19</v>
+      </c>
+      <c r="K593" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L593" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M593" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A594" s="28">
+        <v>592</v>
+      </c>
+      <c r="B594" s="22"/>
+      <c r="C594" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D594" s="15" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E594" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F594" s="4" t="s">
+        <v>892</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H594" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I594" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J594" s="2">
+        <v>19</v>
+      </c>
+      <c r="K594" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L594" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M594" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A595" s="28">
+        <v>593</v>
+      </c>
+      <c r="B595" s="22"/>
+      <c r="C595" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D595" s="15" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E595" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F595" s="4" t="s">
+        <v>893</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H595" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I595" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J595" s="2">
+        <v>19</v>
+      </c>
+      <c r="K595" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L595" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M595" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A596" s="28">
+        <v>594</v>
+      </c>
+      <c r="B596" s="22"/>
+      <c r="C596" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D596" s="15" t="s">
+        <v>2082</v>
+      </c>
+      <c r="E596" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F596" s="4" t="s">
+        <v>894</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H596" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I596" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J596" s="2">
+        <v>19</v>
+      </c>
+      <c r="K596" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L596" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M596" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A597" s="28">
+        <v>595</v>
+      </c>
+      <c r="B597" s="22"/>
+      <c r="C597" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D597" s="15" t="s">
+        <v>2083</v>
+      </c>
+      <c r="E597" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F597" s="4" t="s">
+        <v>895</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H597" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I597" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J597" s="2">
+        <v>19</v>
+      </c>
+      <c r="K597" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L597" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M597" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A598" s="28">
+        <v>596</v>
+      </c>
+      <c r="B598" s="22"/>
+      <c r="C598" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D598" s="15" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E598" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F598" s="4" t="s">
+        <v>896</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H598" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I598" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J598" s="2">
+        <v>19</v>
+      </c>
+      <c r="K598" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L598" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M598" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A599" s="28">
+        <v>597</v>
+      </c>
+      <c r="B599" s="22"/>
+      <c r="C599" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D599" s="15" t="s">
+        <v>2085</v>
+      </c>
+      <c r="E599" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F599" s="4" t="s">
+        <v>897</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H599" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I599" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J599" s="2">
+        <v>19</v>
+      </c>
+      <c r="K599" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L599" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M599" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A600" s="28">
+        <v>598</v>
+      </c>
+      <c r="B600" s="22"/>
+      <c r="C600" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D600" s="15" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E600" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F600" s="4" t="s">
+        <v>898</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H600" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I600" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J600" s="2">
+        <v>19</v>
+      </c>
+      <c r="K600" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L600" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M600" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A601" s="28">
+        <v>599</v>
+      </c>
+      <c r="B601" s="22"/>
+      <c r="C601" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D601" s="15" t="s">
+        <v>2087</v>
+      </c>
+      <c r="E601" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F601" s="4" t="s">
+        <v>899</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H601" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I601" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J601" s="2">
+        <v>19</v>
+      </c>
+      <c r="K601" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L601" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M601" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A602" s="28">
+        <v>600</v>
+      </c>
+      <c r="B602" s="22"/>
+      <c r="C602" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D602" s="15" t="s">
+        <v>2088</v>
+      </c>
+      <c r="E602" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F602" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H602" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I602" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J602" s="2">
+        <v>19</v>
+      </c>
+      <c r="K602" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L602" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M602" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A603" s="28">
+        <v>601</v>
+      </c>
+      <c r="B603" s="22"/>
+      <c r="C603" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D603" s="15" t="s">
+        <v>2089</v>
+      </c>
+      <c r="E603" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F603" s="4" t="s">
+        <v>901</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H603" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I603" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J603" s="2">
+        <v>19</v>
+      </c>
+      <c r="K603" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L603" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M603" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A604" s="28">
+        <v>602</v>
+      </c>
+      <c r="B604" s="22"/>
+      <c r="C604" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D604" s="15" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E604" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F604" s="4" t="s">
+        <v>902</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H604" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I604" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J604" s="2">
+        <v>19</v>
+      </c>
+      <c r="K604" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L604" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M604" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A605" s="28">
+        <v>603</v>
+      </c>
+      <c r="B605" s="22"/>
+      <c r="C605" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D605" s="15" t="s">
+        <v>2091</v>
+      </c>
+      <c r="E605" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F605" s="4" t="s">
+        <v>903</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H605" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I605" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J605" s="2">
+        <v>19</v>
+      </c>
+      <c r="K605" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L605" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M605" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A606" s="28">
+        <v>604</v>
+      </c>
+      <c r="B606" s="22"/>
+      <c r="C606" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D606" s="15" t="s">
+        <v>2092</v>
+      </c>
+      <c r="E606" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F606" s="4" t="s">
+        <v>904</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H606" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I606" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J606" s="2">
+        <v>19</v>
+      </c>
+      <c r="K606" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L606" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M606" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A607" s="28">
+        <v>605</v>
+      </c>
+      <c r="B607" s="22"/>
+      <c r="C607" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D607" s="15" t="s">
+        <v>2093</v>
+      </c>
+      <c r="E607" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F607" s="4" t="s">
+        <v>905</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H607" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I607" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J607" s="2">
+        <v>19</v>
+      </c>
+      <c r="K607" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L607" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M607" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A608" s="28">
+        <v>606</v>
+      </c>
+      <c r="B608" s="22"/>
+      <c r="C608" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D608" s="15" t="s">
+        <v>2094</v>
+      </c>
+      <c r="E608" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F608" s="4" t="s">
+        <v>906</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="H608" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I608" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J608" s="2">
+        <v>19</v>
+      </c>
+      <c r="K608" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L608" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M608" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A609" s="28">
+        <v>607</v>
+      </c>
+      <c r="B609" s="22"/>
+      <c r="C609" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D609" s="15" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E609" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F609" s="4" t="s">
+        <v>908</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="H609" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I609" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J609" s="2">
+        <v>19</v>
+      </c>
+      <c r="K609" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L609" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M609" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="A610" s="28">
+        <v>608</v>
+      </c>
+      <c r="B610" s="22"/>
+      <c r="C610" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D610" s="15" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E610" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F610" s="4" t="s">
+        <v>910</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="H610" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I610" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J610" s="2">
+        <v>19</v>
+      </c>
+      <c r="K610" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L610" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M610" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="A611" s="28">
+        <v>609</v>
+      </c>
+      <c r="B611" s="22"/>
+      <c r="C611" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D611" s="15" t="s">
+        <v>2097</v>
+      </c>
+      <c r="E611" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F611" s="4" t="s">
+        <v>912</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H611" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I611" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J611" s="2">
+        <v>19</v>
+      </c>
+      <c r="K611" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L611" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M611" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A612" s="28">
+        <v>610</v>
+      </c>
+      <c r="B612" s="22"/>
+      <c r="C612" s="22" t="s">
+        <v>836</v>
+      </c>
+      <c r="D612" s="15" t="s">
+        <v>2098</v>
+      </c>
+      <c r="E612" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F612" s="4" t="s">
+        <v>913</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H612" s="2">
+        <v>9112</v>
+      </c>
+      <c r="I612" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J612" s="2">
+        <v>19</v>
+      </c>
+      <c r="K612" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="L612" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="M612" s="1" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A613" s="28">
+        <v>611</v>
+      </c>
+      <c r="B613" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C613" s="21"/>
+      <c r="D613" s="11" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E613" s="6" t="s">
+        <v>915</v>
+      </c>
+      <c r="F613" s="7" t="s">
+        <v>916</v>
+      </c>
+      <c r="G613" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H613" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I613" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J613" s="9">
+        <v>19</v>
+      </c>
+      <c r="K613" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L613" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M613" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A614" s="28">
+        <v>612</v>
+      </c>
+      <c r="B614" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C614" s="21"/>
+      <c r="D614" s="16" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E614" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F614" s="7" t="s">
+        <v>918</v>
+      </c>
+      <c r="G614" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H614" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I614" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J614" s="9">
+        <v>19</v>
+      </c>
+      <c r="K614" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L614" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M614" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A615" s="28">
+        <v>613</v>
+      </c>
+      <c r="B615" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C615" s="21"/>
+      <c r="D615" s="16" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E615" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F615" s="7" t="s">
+        <v>919</v>
+      </c>
+      <c r="G615" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H615" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I615" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J615" s="9">
+        <v>19</v>
+      </c>
+      <c r="K615" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L615" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M615" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A616" s="28">
+        <v>614</v>
+      </c>
+      <c r="B616" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C616" s="21"/>
+      <c r="D616" s="16" t="s">
+        <v>2067</v>
+      </c>
+      <c r="E616" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F616" s="7" t="s">
+        <v>920</v>
+      </c>
+      <c r="G616" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H616" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I616" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J616" s="9">
+        <v>19</v>
+      </c>
+      <c r="K616" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L616" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M616" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A617" s="28">
+        <v>615</v>
+      </c>
+      <c r="B617" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C617" s="21"/>
+      <c r="D617" s="16" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E617" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F617" s="7" t="s">
+        <v>921</v>
+      </c>
+      <c r="G617" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H617" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I617" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J617" s="9">
+        <v>19</v>
+      </c>
+      <c r="K617" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L617" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M617" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A618" s="28">
+        <v>616</v>
+      </c>
+      <c r="B618" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C618" s="21"/>
+      <c r="D618" s="16" t="s">
+        <v>2069</v>
+      </c>
+      <c r="E618" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F618" s="7" t="s">
+        <v>922</v>
+      </c>
+      <c r="G618" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H618" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I618" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J618" s="9">
+        <v>19</v>
+      </c>
+      <c r="K618" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L618" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M618" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A619" s="28">
+        <v>617</v>
+      </c>
+      <c r="B619" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C619" s="21"/>
+      <c r="D619" s="16" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E619" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F619" s="7" t="s">
+        <v>923</v>
+      </c>
+      <c r="G619" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H619" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I619" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J619" s="9">
+        <v>19</v>
+      </c>
+      <c r="K619" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L619" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M619" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A620" s="28">
+        <v>618</v>
+      </c>
+      <c r="B620" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C620" s="21"/>
+      <c r="D620" s="16" t="s">
+        <v>2071</v>
+      </c>
+      <c r="E620" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F620" s="7" t="s">
+        <v>924</v>
+      </c>
+      <c r="G620" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H620" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I620" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J620" s="9">
+        <v>19</v>
+      </c>
+      <c r="K620" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L620" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M620" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A621" s="28">
+        <v>619</v>
+      </c>
+      <c r="B621" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C621" s="21"/>
+      <c r="D621" s="16" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E621" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F621" s="7" t="s">
+        <v>925</v>
+      </c>
+      <c r="G621" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H621" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I621" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J621" s="9">
+        <v>19</v>
+      </c>
+      <c r="K621" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L621" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M621" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A622" s="28">
+        <v>620</v>
+      </c>
+      <c r="B622" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C622" s="21"/>
+      <c r="D622" s="16" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E622" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F622" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="G622" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H622" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I622" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J622" s="9">
+        <v>19</v>
+      </c>
+      <c r="K622" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L622" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M622" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="623" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A623" s="28">
+        <v>621</v>
+      </c>
+      <c r="B623" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C623" s="21"/>
+      <c r="D623" s="16" t="s">
+        <v>2074</v>
+      </c>
+      <c r="E623" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F623" s="7" t="s">
+        <v>927</v>
+      </c>
+      <c r="G623" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H623" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I623" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J623" s="9">
+        <v>19</v>
+      </c>
+      <c r="K623" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L623" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M623" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A624" s="28">
+        <v>622</v>
+      </c>
+      <c r="B624" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C624" s="21"/>
+      <c r="D624" s="16" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E624" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F624" s="7" t="s">
+        <v>928</v>
+      </c>
+      <c r="G624" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H624" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I624" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J624" s="9">
+        <v>19</v>
+      </c>
+      <c r="K624" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L624" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M624" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A625" s="28">
+        <v>623</v>
+      </c>
+      <c r="B625" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C625" s="21"/>
+      <c r="D625" s="16" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E625" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F625" s="7" t="s">
+        <v>929</v>
+      </c>
+      <c r="G625" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H625" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I625" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J625" s="9">
+        <v>19</v>
+      </c>
+      <c r="K625" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L625" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M625" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A626" s="28">
+        <v>624</v>
+      </c>
+      <c r="B626" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C626" s="21"/>
+      <c r="D626" s="16" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E626" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F626" s="7" t="s">
+        <v>930</v>
+      </c>
+      <c r="G626" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H626" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I626" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J626" s="9">
+        <v>19</v>
+      </c>
+      <c r="K626" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L626" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M626" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A627" s="28">
+        <v>625</v>
+      </c>
+      <c r="B627" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C627" s="21"/>
+      <c r="D627" s="16" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E627" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F627" s="7" t="s">
+        <v>931</v>
+      </c>
+      <c r="G627" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H627" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I627" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J627" s="9">
+        <v>19</v>
+      </c>
+      <c r="K627" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L627" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M627" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="628" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A628" s="28">
+        <v>626</v>
+      </c>
+      <c r="B628" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C628" s="21"/>
+      <c r="D628" s="16" t="s">
+        <v>2079</v>
+      </c>
+      <c r="E628" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F628" s="7" t="s">
+        <v>932</v>
+      </c>
+      <c r="G628" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H628" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I628" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J628" s="9">
+        <v>19</v>
+      </c>
+      <c r="K628" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L628" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M628" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A629" s="28">
+        <v>627</v>
+      </c>
+      <c r="B629" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C629" s="21"/>
+      <c r="D629" s="16" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E629" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F629" s="7" t="s">
+        <v>933</v>
+      </c>
+      <c r="G629" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H629" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I629" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J629" s="9">
+        <v>19</v>
+      </c>
+      <c r="K629" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L629" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M629" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A630" s="28">
+        <v>628</v>
+      </c>
+      <c r="B630" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C630" s="21"/>
+      <c r="D630" s="16" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E630" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F630" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="G630" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H630" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I630" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J630" s="9">
+        <v>19</v>
+      </c>
+      <c r="K630" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L630" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M630" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A631" s="28">
+        <v>629</v>
+      </c>
+      <c r="B631" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C631" s="21"/>
+      <c r="D631" s="16" t="s">
+        <v>2082</v>
+      </c>
+      <c r="E631" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F631" s="7" t="s">
+        <v>935</v>
+      </c>
+      <c r="G631" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H631" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I631" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J631" s="9">
+        <v>19</v>
+      </c>
+      <c r="K631" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L631" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M631" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A632" s="28">
+        <v>630</v>
+      </c>
+      <c r="B632" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C632" s="21"/>
+      <c r="D632" s="16" t="s">
+        <v>2083</v>
+      </c>
+      <c r="E632" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F632" s="7" t="s">
+        <v>936</v>
+      </c>
+      <c r="G632" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H632" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I632" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J632" s="9">
+        <v>19</v>
+      </c>
+      <c r="K632" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L632" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M632" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A633" s="28">
+        <v>631</v>
+      </c>
+      <c r="B633" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C633" s="21"/>
+      <c r="D633" s="16" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E633" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F633" s="7" t="s">
+        <v>937</v>
+      </c>
+      <c r="G633" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H633" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I633" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J633" s="9">
+        <v>19</v>
+      </c>
+      <c r="K633" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L633" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M633" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="634" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A634" s="28">
+        <v>632</v>
+      </c>
+      <c r="B634" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C634" s="21"/>
+      <c r="D634" s="16" t="s">
+        <v>2085</v>
+      </c>
+      <c r="E634" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F634" s="7" t="s">
+        <v>938</v>
+      </c>
+      <c r="G634" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H634" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I634" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J634" s="9">
+        <v>19</v>
+      </c>
+      <c r="K634" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L634" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M634" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A635" s="28">
+        <v>633</v>
+      </c>
+      <c r="B635" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C635" s="21"/>
+      <c r="D635" s="16" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E635" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F635" s="7" t="s">
+        <v>939</v>
+      </c>
+      <c r="G635" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H635" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I635" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J635" s="9">
+        <v>19</v>
+      </c>
+      <c r="K635" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L635" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M635" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A636" s="28">
+        <v>634</v>
+      </c>
+      <c r="B636" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C636" s="21"/>
+      <c r="D636" s="16" t="s">
+        <v>2087</v>
+      </c>
+      <c r="E636" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F636" s="7" t="s">
+        <v>940</v>
+      </c>
+      <c r="G636" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H636" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I636" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J636" s="9">
+        <v>19</v>
+      </c>
+      <c r="K636" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L636" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M636" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A637" s="28">
+        <v>635</v>
+      </c>
+      <c r="B637" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C637" s="21"/>
+      <c r="D637" s="16" t="s">
+        <v>2088</v>
+      </c>
+      <c r="E637" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F637" s="7" t="s">
+        <v>941</v>
+      </c>
+      <c r="G637" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H637" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I637" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J637" s="9">
+        <v>19</v>
+      </c>
+      <c r="K637" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L637" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M637" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A638" s="28">
+        <v>636</v>
+      </c>
+      <c r="B638" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C638" s="21"/>
+      <c r="D638" s="16" t="s">
+        <v>2089</v>
+      </c>
+      <c r="E638" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F638" s="7" t="s">
+        <v>942</v>
+      </c>
+      <c r="G638" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="H638" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I638" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J638" s="9">
+        <v>19</v>
+      </c>
+      <c r="K638" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L638" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M638" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A639" s="28">
+        <v>637</v>
+      </c>
+      <c r="B639" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C639" s="21"/>
+      <c r="D639" s="16" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E639" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F639" s="7" t="s">
+        <v>943</v>
+      </c>
+      <c r="G639" s="8" t="s">
+        <v>944</v>
+      </c>
+      <c r="H639" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I639" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J639" s="9">
+        <v>19</v>
+      </c>
+      <c r="K639" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L639" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M639" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A640" s="28">
+        <v>638</v>
+      </c>
+      <c r="B640" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C640" s="21"/>
+      <c r="D640" s="16" t="s">
+        <v>2091</v>
+      </c>
+      <c r="E640" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F640" s="7" t="s">
+        <v>945</v>
+      </c>
+      <c r="G640" s="8" t="s">
+        <v>944</v>
+      </c>
+      <c r="H640" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I640" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J640" s="9">
+        <v>19</v>
+      </c>
+      <c r="K640" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L640" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M640" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A641" s="28">
+        <v>639</v>
+      </c>
+      <c r="B641" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C641" s="21"/>
+      <c r="D641" s="16" t="s">
+        <v>2092</v>
+      </c>
+      <c r="E641" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F641" s="7" t="s">
+        <v>946</v>
+      </c>
+      <c r="G641" s="8" t="s">
+        <v>947</v>
+      </c>
+      <c r="H641" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I641" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J641" s="9">
+        <v>19</v>
+      </c>
+      <c r="K641" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L641" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M641" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="642" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A642" s="28">
+        <v>640</v>
+      </c>
+      <c r="B642" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C642" s="21"/>
+      <c r="D642" s="16" t="s">
+        <v>2093</v>
+      </c>
+      <c r="E642" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F642" s="7" t="s">
+        <v>948</v>
+      </c>
+      <c r="G642" s="8" t="s">
+        <v>949</v>
+      </c>
+      <c r="H642" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I642" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J642" s="9">
+        <v>19</v>
+      </c>
+      <c r="K642" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L642" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M642" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A643" s="28">
+        <v>641</v>
+      </c>
+      <c r="B643" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C643" s="21"/>
+      <c r="D643" s="16" t="s">
+        <v>2094</v>
+      </c>
+      <c r="E643" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F643" s="8" t="s">
+        <v>950</v>
+      </c>
+      <c r="G643" s="8" t="s">
+        <v>951</v>
+      </c>
+      <c r="H643" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I643" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J643" s="9">
+        <v>19</v>
+      </c>
+      <c r="K643" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L643" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M643" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A644" s="28">
+        <v>642</v>
+      </c>
+      <c r="B644" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C644" s="21"/>
+      <c r="D644" s="16" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E644" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F644" s="8" t="s">
+        <v>952</v>
+      </c>
+      <c r="G644" s="8" t="s">
+        <v>953</v>
+      </c>
+      <c r="H644" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I644" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J644" s="9">
+        <v>19</v>
+      </c>
+      <c r="K644" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L644" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M644" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A645" s="28">
+        <v>643</v>
+      </c>
+      <c r="B645" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C645" s="21"/>
+      <c r="D645" s="16" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E645" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F645" s="7" t="s">
+        <v>2419</v>
+      </c>
+      <c r="G645" s="8" t="s">
+        <v>953</v>
+      </c>
+      <c r="H645" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I645" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J645" s="9">
+        <v>19</v>
+      </c>
+      <c r="K645" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L645" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M645" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A646" s="28">
+        <v>644</v>
+      </c>
+      <c r="B646" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C646" s="21"/>
+      <c r="D646" s="16" t="s">
+        <v>2097</v>
+      </c>
+      <c r="E646" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F646" s="7" t="s">
+        <v>2420</v>
+      </c>
+      <c r="G646" s="8" t="s">
+        <v>953</v>
+      </c>
+      <c r="H646" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I646" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J646" s="9">
+        <v>19</v>
+      </c>
+      <c r="K646" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L646" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M646" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A647" s="28">
+        <v>645</v>
+      </c>
+      <c r="B647" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C647" s="21"/>
+      <c r="D647" s="16" t="s">
+        <v>2098</v>
+      </c>
+      <c r="E647" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F647" s="7" t="s">
+        <v>954</v>
+      </c>
+      <c r="G647" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H647" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I647" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J647" s="9">
+        <v>19</v>
+      </c>
+      <c r="K647" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L647" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M647" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A648" s="28">
+        <v>646</v>
+      </c>
+      <c r="B648" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C648" s="21"/>
+      <c r="D648" s="16" t="s">
+        <v>2099</v>
+      </c>
+      <c r="E648" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F648" s="7" t="s">
+        <v>956</v>
+      </c>
+      <c r="G648" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H648" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I648" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J648" s="9">
+        <v>19</v>
+      </c>
+      <c r="K648" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L648" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M648" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A649" s="28">
+        <v>647</v>
+      </c>
+      <c r="B649" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C649" s="21"/>
+      <c r="D649" s="16" t="s">
+        <v>2100</v>
+      </c>
+      <c r="E649" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F649" s="7" t="s">
+        <v>957</v>
+      </c>
+      <c r="G649" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H649" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I649" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J649" s="9">
+        <v>19</v>
+      </c>
+      <c r="K649" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L649" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M649" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A650" s="28">
+        <v>648</v>
+      </c>
+      <c r="B650" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C650" s="21"/>
+      <c r="D650" s="16" t="s">
+        <v>2101</v>
+      </c>
+      <c r="E650" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F650" s="7" t="s">
+        <v>958</v>
+      </c>
+      <c r="G650" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H650" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I650" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J650" s="9">
+        <v>19</v>
+      </c>
+      <c r="K650" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L650" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M650" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A651" s="28">
+        <v>649</v>
+      </c>
+      <c r="B651" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C651" s="21"/>
+      <c r="D651" s="16" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E651" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F651" s="7" t="s">
+        <v>959</v>
+      </c>
+      <c r="G651" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H651" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I651" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J651" s="9">
+        <v>19</v>
+      </c>
+      <c r="K651" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L651" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M651" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A652" s="28">
+        <v>650</v>
+      </c>
+      <c r="B652" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C652" s="21"/>
+      <c r="D652" s="16" t="s">
+        <v>2103</v>
+      </c>
+      <c r="E652" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F652" s="7" t="s">
+        <v>960</v>
+      </c>
+      <c r="G652" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H652" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I652" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J652" s="9">
+        <v>19</v>
+      </c>
+      <c r="K652" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L652" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M652" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A653" s="28">
+        <v>651</v>
+      </c>
+      <c r="B653" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C653" s="21"/>
+      <c r="D653" s="16" t="s">
+        <v>2104</v>
+      </c>
+      <c r="E653" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F653" s="7" t="s">
+        <v>961</v>
+      </c>
+      <c r="G653" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H653" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I653" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J653" s="9">
+        <v>19</v>
+      </c>
+      <c r="K653" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L653" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M653" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A654" s="28">
+        <v>652</v>
+      </c>
+      <c r="B654" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C654" s="21"/>
+      <c r="D654" s="16" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E654" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F654" s="7" t="s">
+        <v>962</v>
+      </c>
+      <c r="G654" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H654" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I654" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J654" s="9">
+        <v>19</v>
+      </c>
+      <c r="K654" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L654" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M654" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A655" s="28">
+        <v>653</v>
+      </c>
+      <c r="B655" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C655" s="21"/>
+      <c r="D655" s="16" t="s">
+        <v>2106</v>
+      </c>
+      <c r="E655" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F655" s="7" t="s">
+        <v>963</v>
+      </c>
+      <c r="G655" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H655" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I655" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J655" s="9">
+        <v>19</v>
+      </c>
+      <c r="K655" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L655" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M655" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="656" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A656" s="28">
+        <v>654</v>
+      </c>
+      <c r="B656" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C656" s="21"/>
+      <c r="D656" s="16" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E656" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F656" s="7" t="s">
+        <v>964</v>
+      </c>
+      <c r="G656" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H656" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I656" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J656" s="9">
+        <v>19</v>
+      </c>
+      <c r="K656" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L656" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M656" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A657" s="28">
+        <v>655</v>
+      </c>
+      <c r="B657" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C657" s="21"/>
+      <c r="D657" s="16" t="s">
+        <v>2108</v>
+      </c>
+      <c r="E657" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F657" s="7" t="s">
+        <v>965</v>
+      </c>
+      <c r="G657" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H657" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I657" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J657" s="9">
+        <v>19</v>
+      </c>
+      <c r="K657" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L657" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M657" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A658" s="28">
+        <v>656</v>
+      </c>
+      <c r="B658" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C658" s="21"/>
+      <c r="D658" s="16" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E658" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F658" s="7" t="s">
+        <v>966</v>
+      </c>
+      <c r="G658" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H658" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I658" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J658" s="9">
+        <v>19</v>
+      </c>
+      <c r="K658" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L658" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M658" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="659" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A659" s="28">
+        <v>657</v>
+      </c>
+      <c r="B659" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C659" s="21"/>
+      <c r="D659" s="16" t="s">
+        <v>2110</v>
+      </c>
+      <c r="E659" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F659" s="7" t="s">
+        <v>967</v>
+      </c>
+      <c r="G659" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H659" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I659" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J659" s="9">
+        <v>19</v>
+      </c>
+      <c r="K659" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L659" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M659" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A660" s="28">
+        <v>658</v>
+      </c>
+      <c r="B660" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C660" s="21"/>
+      <c r="D660" s="16" t="s">
+        <v>2111</v>
+      </c>
+      <c r="E660" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F660" s="7" t="s">
+        <v>968</v>
+      </c>
+      <c r="G660" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H660" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I660" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J660" s="9">
+        <v>19</v>
+      </c>
+      <c r="K660" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L660" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M660" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A661" s="28">
+        <v>659</v>
+      </c>
+      <c r="B661" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C661" s="21"/>
+      <c r="D661" s="16" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E661" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F661" s="7" t="s">
+        <v>969</v>
+      </c>
+      <c r="G661" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H661" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I661" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J661" s="9">
+        <v>19</v>
+      </c>
+      <c r="K661" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L661" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M661" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A662" s="28">
+        <v>660</v>
+      </c>
+      <c r="B662" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C662" s="21"/>
+      <c r="D662" s="16" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E662" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F662" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="G662" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H662" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I662" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J662" s="9">
+        <v>19</v>
+      </c>
+      <c r="K662" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L662" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M662" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="663" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A663" s="28">
+        <v>661</v>
+      </c>
+      <c r="B663" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C663" s="21"/>
+      <c r="D663" s="16" t="s">
+        <v>2114</v>
+      </c>
+      <c r="E663" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F663" s="7" t="s">
+        <v>971</v>
+      </c>
+      <c r="G663" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H663" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I663" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J663" s="9">
+        <v>19</v>
+      </c>
+      <c r="K663" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L663" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M663" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="664" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A664" s="28">
+        <v>662</v>
+      </c>
+      <c r="B664" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C664" s="21"/>
+      <c r="D664" s="16" t="s">
+        <v>2115</v>
+      </c>
+      <c r="E664" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F664" s="7" t="s">
+        <v>972</v>
+      </c>
+      <c r="G664" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H664" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I664" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J664" s="9">
+        <v>19</v>
+      </c>
+      <c r="K664" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L664" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M664" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="665" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A665" s="28">
+        <v>663</v>
+      </c>
+      <c r="B665" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C665" s="21"/>
+      <c r="D665" s="16" t="s">
+        <v>2116</v>
+      </c>
+      <c r="E665" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F665" s="7" t="s">
+        <v>973</v>
+      </c>
+      <c r="G665" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H665" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I665" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J665" s="9">
+        <v>19</v>
+      </c>
+      <c r="K665" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L665" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M665" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="666" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A666" s="28">
+        <v>664</v>
+      </c>
+      <c r="B666" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C666" s="21"/>
+      <c r="D666" s="16" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E666" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F666" s="7" t="s">
+        <v>974</v>
+      </c>
+      <c r="G666" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H666" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I666" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J666" s="9">
+        <v>19</v>
+      </c>
+      <c r="K666" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L666" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M666" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="667" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+      <c r="A667" s="28">
+        <v>665</v>
+      </c>
+      <c r="B667" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C667" s="21"/>
+      <c r="D667" s="16" t="s">
+        <v>2118</v>
+      </c>
+      <c r="E667" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F667" s="7" t="s">
+        <v>975</v>
+      </c>
+      <c r="G667" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="H667" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I667" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J667" s="9">
+        <v>19</v>
+      </c>
+      <c r="K667" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L667" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M667" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="668" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A668" s="28">
+        <v>666</v>
+      </c>
+      <c r="B668" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C668" s="21"/>
+      <c r="D668" s="16" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E668" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F668" s="7" t="s">
+        <v>976</v>
+      </c>
+      <c r="G668" s="8" t="s">
+        <v>977</v>
+      </c>
+      <c r="H668" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I668" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J668" s="9">
+        <v>19</v>
+      </c>
+      <c r="K668" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L668" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M668" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="669" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A669" s="28">
+        <v>667</v>
+      </c>
+      <c r="B669" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C669" s="21"/>
+      <c r="D669" s="16" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E669" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F669" s="7" t="s">
+        <v>978</v>
+      </c>
+      <c r="G669" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H669" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I669" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J669" s="9">
+        <v>19</v>
+      </c>
+      <c r="K669" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L669" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M669" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="670" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A670" s="28">
+        <v>668</v>
+      </c>
+      <c r="B670" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C670" s="21"/>
+      <c r="D670" s="16" t="s">
+        <v>2121</v>
+      </c>
+      <c r="E670" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F670" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="G670" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H670" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I670" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J670" s="9">
+        <v>19</v>
+      </c>
+      <c r="K670" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L670" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M670" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="671" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A671" s="28">
+        <v>669</v>
+      </c>
+      <c r="B671" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C671" s="21"/>
+      <c r="D671" s="16" t="s">
+        <v>2122</v>
+      </c>
+      <c r="E671" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F671" s="7" t="s">
+        <v>981</v>
+      </c>
+      <c r="G671" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H671" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I671" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J671" s="9">
+        <v>19</v>
+      </c>
+      <c r="K671" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L671" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M671" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="672" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A672" s="28">
+        <v>670</v>
+      </c>
+      <c r="B672" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C672" s="21"/>
+      <c r="D672" s="16" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E672" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F672" s="7" t="s">
+        <v>1757</v>
+      </c>
+      <c r="G672" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H672" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I672" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J672" s="9">
+        <v>19</v>
+      </c>
+      <c r="K672" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L672" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M672" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="673" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A673" s="28">
+        <v>671</v>
+      </c>
+      <c r="B673" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C673" s="21"/>
+      <c r="D673" s="16" t="s">
+        <v>2124</v>
+      </c>
+      <c r="E673" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F673" s="7" t="s">
+        <v>982</v>
+      </c>
+      <c r="G673" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H673" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I673" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J673" s="9">
+        <v>19</v>
+      </c>
+      <c r="K673" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L673" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M673" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="674" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A674" s="28">
+        <v>672</v>
+      </c>
+      <c r="B674" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C674" s="21"/>
+      <c r="D674" s="16" t="s">
+        <v>2125</v>
+      </c>
+      <c r="E674" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F674" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="G674" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H674" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I674" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J674" s="9">
+        <v>19</v>
+      </c>
+      <c r="K674" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L674" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M674" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="675" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A675" s="28">
+        <v>673</v>
+      </c>
+      <c r="B675" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C675" s="21"/>
+      <c r="D675" s="16" t="s">
+        <v>2126</v>
+      </c>
+      <c r="E675" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F675" s="7" t="s">
+        <v>984</v>
+      </c>
+      <c r="G675" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H675" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I675" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J675" s="9">
+        <v>19</v>
+      </c>
+      <c r="K675" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L675" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M675" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="676" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A676" s="28">
+        <v>674</v>
+      </c>
+      <c r="B676" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C676" s="21"/>
+      <c r="D676" s="16" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E676" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F676" s="7" t="s">
+        <v>985</v>
+      </c>
+      <c r="G676" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H676" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I676" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J676" s="9">
+        <v>19</v>
+      </c>
+      <c r="K676" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L676" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M676" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="677" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A677" s="28">
+        <v>675</v>
+      </c>
+      <c r="B677" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C677" s="21"/>
+      <c r="D677" s="16" t="s">
+        <v>2128</v>
+      </c>
+      <c r="E677" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F677" s="7" t="s">
+        <v>986</v>
+      </c>
+      <c r="G677" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H677" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I677" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J677" s="9">
+        <v>19</v>
+      </c>
+      <c r="K677" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L677" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M677" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="678" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A678" s="28">
+        <v>676</v>
+      </c>
+      <c r="B678" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C678" s="21"/>
+      <c r="D678" s="16" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E678" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F678" s="7" t="s">
+        <v>987</v>
+      </c>
+      <c r="G678" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H678" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I678" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J678" s="9">
+        <v>19</v>
+      </c>
+      <c r="K678" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L678" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M678" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="679" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A679" s="28">
+        <v>677</v>
+      </c>
+      <c r="B679" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C679" s="21"/>
+      <c r="D679" s="16" t="s">
+        <v>2130</v>
+      </c>
+      <c r="E679" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F679" s="7" t="s">
+        <v>988</v>
+      </c>
+      <c r="G679" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="H679" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I679" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J679" s="9">
+        <v>19</v>
+      </c>
+      <c r="K679" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L679" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M679" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="680" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A680" s="28">
+        <v>678</v>
+      </c>
+      <c r="B680" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C680" s="21"/>
+      <c r="D680" s="16" t="s">
+        <v>2131</v>
+      </c>
+      <c r="E680" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F680" s="7" t="s">
+        <v>989</v>
+      </c>
+      <c r="G680" s="8" t="s">
+        <v>990</v>
+      </c>
+      <c r="H680" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I680" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J680" s="9">
+        <v>19</v>
+      </c>
+      <c r="K680" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L680" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M680" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="681" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A681" s="28">
+        <v>679</v>
+      </c>
+      <c r="B681" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C681" s="21"/>
+      <c r="D681" s="16" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E681" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F681" s="7" t="s">
+        <v>991</v>
+      </c>
+      <c r="G681" s="8" t="s">
+        <v>992</v>
+      </c>
+      <c r="H681" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I681" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J681" s="9">
+        <v>19</v>
+      </c>
+      <c r="K681" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L681" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M681" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="682" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A682" s="28">
+        <v>680</v>
+      </c>
+      <c r="B682" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C682" s="21"/>
+      <c r="D682" s="16" t="s">
+        <v>2133</v>
+      </c>
+      <c r="E682" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F682" s="7" t="s">
+        <v>993</v>
+      </c>
+      <c r="G682" s="8" t="s">
+        <v>994</v>
+      </c>
+      <c r="H682" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I682" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J682" s="9">
+        <v>19</v>
+      </c>
+      <c r="K682" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L682" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M682" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="683" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A683" s="28">
+        <v>681</v>
+      </c>
+      <c r="B683" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C683" s="21"/>
+      <c r="D683" s="16" t="s">
+        <v>2134</v>
+      </c>
+      <c r="E683" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F683" s="7" t="s">
+        <v>995</v>
+      </c>
+      <c r="G683" s="8" t="s">
+        <v>996</v>
+      </c>
+      <c r="H683" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I683" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J683" s="9">
+        <v>19</v>
+      </c>
+      <c r="K683" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L683" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M683" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="684" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A684" s="28">
+        <v>682</v>
+      </c>
+      <c r="B684" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C684" s="21"/>
+      <c r="D684" s="16" t="s">
+        <v>2135</v>
+      </c>
+      <c r="E684" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F684" s="7" t="s">
+        <v>997</v>
+      </c>
+      <c r="G684" s="8" t="s">
+        <v>998</v>
+      </c>
+      <c r="H684" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I684" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J684" s="9">
+        <v>19</v>
+      </c>
+      <c r="K684" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L684" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M684" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="685" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A685" s="28">
+        <v>683</v>
+      </c>
+      <c r="B685" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C685" s="21"/>
+      <c r="D685" s="16" t="s">
+        <v>2136</v>
+      </c>
+      <c r="E685" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F685" s="7" t="s">
+        <v>999</v>
+      </c>
+      <c r="G685" s="8" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H685" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I685" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J685" s="9">
+        <v>19</v>
+      </c>
+      <c r="K685" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L685" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M685" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="686" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A686" s="28">
+        <v>684</v>
+      </c>
+      <c r="B686" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C686" s="21"/>
+      <c r="D686" s="16" t="s">
+        <v>2137</v>
+      </c>
+      <c r="E686" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F686" s="7" t="s">
+        <v>906</v>
+      </c>
+      <c r="G686" s="8" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H686" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I686" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J686" s="9">
+        <v>19</v>
+      </c>
+      <c r="K686" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L686" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M686" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="687" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A687" s="28">
+        <v>685</v>
+      </c>
+      <c r="B687" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C687" s="21"/>
+      <c r="D687" s="16" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E687" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F687" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="G687" s="8" t="s">
+        <v>1002</v>
+      </c>
+      <c r="H687" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I687" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J687" s="9">
+        <v>19</v>
+      </c>
+      <c r="K687" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L687" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M687" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="688" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A688" s="28">
+        <v>686</v>
+      </c>
+      <c r="B688" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C688" s="21"/>
+      <c r="D688" s="16" t="s">
+        <v>2139</v>
+      </c>
+      <c r="E688" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F688" s="7" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G688" s="8" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H688" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I688" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J688" s="9">
+        <v>19</v>
+      </c>
+      <c r="K688" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L688" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M688" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="689" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A689" s="28">
+        <v>687</v>
+      </c>
+      <c r="B689" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C689" s="21"/>
+      <c r="D689" s="16" t="s">
+        <v>2140</v>
+      </c>
+      <c r="E689" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F689" s="7" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G689" s="8" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H689" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I689" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J689" s="9">
+        <v>19</v>
+      </c>
+      <c r="K689" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L689" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M689" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="690" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A690" s="28">
+        <v>688</v>
+      </c>
+      <c r="B690" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C690" s="21"/>
+      <c r="D690" s="16" t="s">
+        <v>2141</v>
+      </c>
+      <c r="E690" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F690" s="7" t="s">
+        <v>1007</v>
+      </c>
+      <c r="G690" s="8" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H690" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I690" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J690" s="9">
+        <v>19</v>
+      </c>
+      <c r="K690" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L690" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M690" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="691" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A691" s="28">
+        <v>689</v>
+      </c>
+      <c r="B691" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C691" s="21"/>
+      <c r="D691" s="16" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E691" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F691" s="7" t="s">
+        <v>912</v>
+      </c>
+      <c r="G691" s="8" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H691" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I691" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J691" s="9">
+        <v>19</v>
+      </c>
+      <c r="K691" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L691" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M691" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="692" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A692" s="28">
+        <v>690</v>
+      </c>
+      <c r="B692" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C692" s="21"/>
+      <c r="D692" s="16" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E692" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F692" s="7" t="s">
+        <v>899</v>
+      </c>
+      <c r="G692" s="8" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H692" s="9">
+        <v>9112</v>
+      </c>
+      <c r="I692" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="J692" s="9">
+        <v>19</v>
+      </c>
+      <c r="K692" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L692" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M692" s="8" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="693" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A693" s="28">
+        <v>691</v>
+      </c>
+      <c r="B693" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="C693" s="21"/>
+      <c r="D693" s="16" t="s">
+        <v>2144</v>
+      </c>
+      <c r="E693" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F693" s="7" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G693" s="8" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H693" s="9">
+        <v>9113</v>
+      </c>
+      <c r="I693" s="8" t="s">
+        <v>839</v>
+      </c>
+      <c r="J693" s="9">
+        <v>19</v>
+      </c>
+      <c r="K693" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L693" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="M693" s="8" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="694" spans="1:13" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A694" s="28">
+        <v>692</v>
+      </c>
+      <c r="B694" s="29"/>
+      <c r="C694" s="29"/>
+      <c r="D694" s="30" t="s">
+        <v>1483</v>
+      </c>
+      <c r="E694" s="37" t="s">
+        <v>749</v>
+      </c>
+      <c r="F694" s="38" t="s">
+        <v>750</v>
+      </c>
+      <c r="G694" s="38" t="s">
+        <v>751</v>
+      </c>
+      <c r="H694" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I694" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J694" s="34">
+        <v>19</v>
+      </c>
+      <c r="K694" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L694" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M694" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="695" spans="1:13" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A695" s="28">
+        <v>693</v>
+      </c>
+      <c r="B695" s="29"/>
+      <c r="C695" s="29"/>
+      <c r="D695" s="35" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E695" s="38" t="s">
+        <v>749</v>
+      </c>
+      <c r="F695" s="38" t="s">
+        <v>752</v>
+      </c>
+      <c r="G695" s="38" t="s">
+        <v>751</v>
+      </c>
+      <c r="H695" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I695" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J695" s="34">
+        <v>19</v>
+      </c>
+      <c r="K695" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L695" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M695" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="696" spans="1:13" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A696" s="28">
+        <v>694</v>
+      </c>
+      <c r="B696" s="29"/>
+      <c r="C696" s="29"/>
+      <c r="D696" s="35" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E696" s="38" t="s">
+        <v>749</v>
+      </c>
+      <c r="F696" s="38" t="s">
+        <v>753</v>
+      </c>
+      <c r="G696" s="38" t="s">
+        <v>751</v>
+      </c>
+      <c r="H696" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I696" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J696" s="34">
+        <v>19</v>
+      </c>
+      <c r="K696" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L696" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M696" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="697" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A697" s="28">
+        <v>695</v>
+      </c>
+      <c r="B697" s="29"/>
+      <c r="C697" s="29"/>
+      <c r="D697" s="35" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E697" s="38" t="s">
+        <v>749</v>
+      </c>
+      <c r="F697" s="38" t="s">
+        <v>754</v>
+      </c>
+      <c r="G697" s="38" t="s">
+        <v>751</v>
+      </c>
+      <c r="H697" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I697" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J697" s="34">
+        <v>19</v>
+      </c>
+      <c r="K697" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L697" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M697" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="698" spans="1:13" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A698" s="28">
+        <v>696</v>
+      </c>
+      <c r="B698" s="29"/>
+      <c r="C698" s="29"/>
+      <c r="D698" s="30" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E698" s="37" t="s">
+        <v>716</v>
+      </c>
+      <c r="F698" s="38" t="s">
+        <v>716</v>
+      </c>
+      <c r="G698" s="38" t="s">
+        <v>2457</v>
+      </c>
+      <c r="H698" s="34">
+        <v>9136</v>
+      </c>
+      <c r="I698" s="33" t="s">
+        <v>717</v>
+      </c>
+      <c r="J698" s="34">
+        <v>19</v>
+      </c>
+      <c r="K698" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L698" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M698" s="33" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="699" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A699" s="28">
+        <v>697</v>
+      </c>
+      <c r="B699" s="29"/>
+      <c r="C699" s="29"/>
+      <c r="D699" s="30" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E699" s="37" t="s">
+        <v>755</v>
+      </c>
+      <c r="F699" s="38" t="s">
+        <v>756</v>
+      </c>
+      <c r="G699" s="38" t="s">
+        <v>757</v>
+      </c>
+      <c r="H699" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I699" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J699" s="34">
+        <v>19</v>
+      </c>
+      <c r="K699" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L699" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M699" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="700" spans="1:13" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A700" s="28">
+        <v>698</v>
+      </c>
+      <c r="B700" s="29"/>
+      <c r="C700" s="29"/>
+      <c r="D700" s="35" t="s">
+        <v>2146</v>
+      </c>
+      <c r="E700" s="38" t="s">
+        <v>755</v>
+      </c>
+      <c r="F700" s="38" t="s">
+        <v>758</v>
+      </c>
+      <c r="G700" s="38" t="s">
+        <v>757</v>
+      </c>
+      <c r="H700" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I700" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J700" s="34">
+        <v>19</v>
+      </c>
+      <c r="K700" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L700" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M700" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="701" spans="1:13" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A701" s="28">
+        <v>699</v>
+      </c>
+      <c r="B701" s="29"/>
+      <c r="C701" s="29"/>
+      <c r="D701" s="35" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E701" s="38" t="s">
+        <v>755</v>
+      </c>
+      <c r="F701" s="38" t="s">
+        <v>759</v>
+      </c>
+      <c r="G701" s="38" t="s">
+        <v>757</v>
+      </c>
+      <c r="H701" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I701" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J701" s="34">
+        <v>19</v>
+      </c>
+      <c r="K701" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L701" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M701" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="702" spans="1:13" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A702" s="28">
+        <v>700</v>
+      </c>
+      <c r="B702" s="29"/>
+      <c r="C702" s="29"/>
+      <c r="D702" s="35" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E702" s="38" t="s">
+        <v>755</v>
+      </c>
+      <c r="F702" s="38" t="s">
+        <v>760</v>
+      </c>
+      <c r="G702" s="38" t="s">
+        <v>757</v>
+      </c>
+      <c r="H702" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I702" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J702" s="34">
+        <v>19</v>
+      </c>
+      <c r="K702" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L702" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M702" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="703" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A703" s="28">
+        <v>701</v>
+      </c>
+      <c r="B703" s="29"/>
+      <c r="C703" s="29"/>
+      <c r="D703" s="30" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E703" s="37" t="s">
+        <v>775</v>
+      </c>
+      <c r="F703" s="33" t="s">
+        <v>776</v>
+      </c>
+      <c r="G703" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H703" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I703" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J703" s="34">
+        <v>19</v>
+      </c>
+      <c r="K703" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L703" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M703" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="704" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A704" s="28">
+        <v>702</v>
+      </c>
+      <c r="B704" s="29"/>
+      <c r="C704" s="29"/>
+      <c r="D704" s="35" t="s">
+        <v>1488</v>
+      </c>
+      <c r="E704" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F704" s="33" t="s">
+        <v>778</v>
+      </c>
+      <c r="G704" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H704" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I704" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J704" s="34">
+        <v>19</v>
+      </c>
+      <c r="K704" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L704" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M704" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="705" spans="1:13" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A705" s="28">
+        <v>703</v>
+      </c>
+      <c r="B705" s="29"/>
+      <c r="C705" s="29"/>
+      <c r="D705" s="35" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E705" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F705" s="33" t="s">
+        <v>779</v>
+      </c>
+      <c r="G705" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H705" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I705" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J705" s="34">
+        <v>19</v>
+      </c>
+      <c r="K705" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L705" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M705" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A706" s="28">
+        <v>704</v>
+      </c>
+      <c r="B706" s="29"/>
+      <c r="C706" s="29"/>
+      <c r="D706" s="35" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E706" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F706" s="33" t="s">
+        <v>780</v>
+      </c>
+      <c r="G706" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H706" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I706" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J706" s="34">
+        <v>19</v>
+      </c>
+      <c r="K706" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L706" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M706" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A707" s="28">
+        <v>705</v>
+      </c>
+      <c r="B707" s="29"/>
+      <c r="C707" s="29"/>
+      <c r="D707" s="35" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E707" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F707" s="33" t="s">
+        <v>781</v>
+      </c>
+      <c r="G707" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H707" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I707" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J707" s="34">
+        <v>19</v>
+      </c>
+      <c r="K707" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L707" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M707" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A708" s="28">
+        <v>706</v>
+      </c>
+      <c r="B708" s="29"/>
+      <c r="C708" s="29"/>
+      <c r="D708" s="35" t="s">
+        <v>2150</v>
+      </c>
+      <c r="E708" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F708" s="33" t="s">
+        <v>782</v>
+      </c>
+      <c r="G708" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H708" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I708" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J708" s="34">
+        <v>19</v>
+      </c>
+      <c r="K708" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L708" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M708" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A709" s="28">
+        <v>707</v>
+      </c>
+      <c r="B709" s="29"/>
+      <c r="C709" s="29"/>
+      <c r="D709" s="35" t="s">
+        <v>2151</v>
+      </c>
+      <c r="E709" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F709" s="33" t="s">
+        <v>783</v>
+      </c>
+      <c r="G709" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H709" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I709" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J709" s="34">
+        <v>19</v>
+      </c>
+      <c r="K709" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L709" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M709" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="710" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A710" s="28">
+        <v>708</v>
+      </c>
+      <c r="B710" s="29"/>
+      <c r="C710" s="29"/>
+      <c r="D710" s="35" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E710" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F710" s="33" t="s">
+        <v>784</v>
+      </c>
+      <c r="G710" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H710" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I710" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J710" s="34">
+        <v>19</v>
+      </c>
+      <c r="K710" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L710" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M710" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A711" s="28">
+        <v>709</v>
+      </c>
+      <c r="B711" s="29"/>
+      <c r="C711" s="29"/>
+      <c r="D711" s="35" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E711" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F711" s="33" t="s">
+        <v>785</v>
+      </c>
+      <c r="G711" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H711" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I711" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J711" s="34">
+        <v>19</v>
+      </c>
+      <c r="K711" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L711" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M711" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A712" s="28">
+        <v>710</v>
+      </c>
+      <c r="B712" s="29"/>
+      <c r="C712" s="29"/>
+      <c r="D712" s="35" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E712" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F712" s="33" t="s">
+        <v>786</v>
+      </c>
+      <c r="G712" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H712" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I712" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J712" s="34">
+        <v>19</v>
+      </c>
+      <c r="K712" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L712" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M712" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A713" s="28">
+        <v>711</v>
+      </c>
+      <c r="B713" s="29"/>
+      <c r="C713" s="29"/>
+      <c r="D713" s="35" t="s">
+        <v>2155</v>
+      </c>
+      <c r="E713" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F713" s="33" t="s">
+        <v>787</v>
+      </c>
+      <c r="G713" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H713" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I713" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J713" s="34">
+        <v>19</v>
+      </c>
+      <c r="K713" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L713" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M713" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A714" s="28">
+        <v>712</v>
+      </c>
+      <c r="B714" s="29"/>
+      <c r="C714" s="29"/>
+      <c r="D714" s="35" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E714" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F714" s="33" t="s">
+        <v>788</v>
+      </c>
+      <c r="G714" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H714" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I714" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J714" s="34">
+        <v>19</v>
+      </c>
+      <c r="K714" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L714" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M714" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A715" s="28">
+        <v>713</v>
+      </c>
+      <c r="B715" s="29"/>
+      <c r="C715" s="29"/>
+      <c r="D715" s="35" t="s">
+        <v>2157</v>
+      </c>
+      <c r="E715" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F715" s="33" t="s">
+        <v>789</v>
+      </c>
+      <c r="G715" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H715" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I715" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J715" s="34">
+        <v>19</v>
+      </c>
+      <c r="K715" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L715" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M715" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A716" s="28">
+        <v>714</v>
+      </c>
+      <c r="B716" s="29"/>
+      <c r="C716" s="29"/>
+      <c r="D716" s="35" t="s">
+        <v>2158</v>
+      </c>
+      <c r="E716" s="38" t="s">
+        <v>775</v>
+      </c>
+      <c r="F716" s="33" t="s">
+        <v>790</v>
+      </c>
+      <c r="G716" s="38" t="s">
+        <v>777</v>
+      </c>
+      <c r="H716" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I716" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J716" s="34">
+        <v>19</v>
+      </c>
+      <c r="K716" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L716" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M716" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A717" s="28">
+        <v>715</v>
+      </c>
+      <c r="B717" s="29"/>
+      <c r="C717" s="29"/>
+      <c r="D717" s="30" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E717" s="37" t="s">
+        <v>708</v>
+      </c>
+      <c r="F717" s="38" t="s">
+        <v>709</v>
+      </c>
+      <c r="G717" s="38" t="s">
+        <v>710</v>
+      </c>
+      <c r="H717" s="34">
+        <v>9136</v>
+      </c>
+      <c r="I717" s="33" t="s">
+        <v>711</v>
+      </c>
+      <c r="J717" s="34">
+        <v>19</v>
+      </c>
+      <c r="K717" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L717" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M717" s="33" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A718" s="28">
+        <v>716</v>
+      </c>
+      <c r="B718" s="29"/>
+      <c r="C718" s="29"/>
+      <c r="D718" s="35" t="s">
+        <v>1492</v>
+      </c>
+      <c r="E718" s="38" t="s">
+        <v>708</v>
+      </c>
+      <c r="F718" s="38" t="s">
+        <v>715</v>
+      </c>
+      <c r="G718" s="38" t="s">
+        <v>710</v>
+      </c>
+      <c r="H718" s="34">
+        <v>9136</v>
+      </c>
+      <c r="I718" s="33" t="s">
+        <v>711</v>
+      </c>
+      <c r="J718" s="34">
+        <v>19</v>
+      </c>
+      <c r="K718" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L718" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M718" s="33" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A719" s="28">
+        <v>717</v>
+      </c>
+      <c r="B719" s="29"/>
+      <c r="C719" s="29"/>
+      <c r="D719" s="30" t="s">
+        <v>1781</v>
+      </c>
+      <c r="E719" s="37" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F719" s="38" t="s">
+        <v>1768</v>
+      </c>
+      <c r="G719" s="38" t="s">
+        <v>710</v>
+      </c>
+      <c r="H719" s="34">
+        <v>9136</v>
+      </c>
+      <c r="I719" s="33" t="s">
+        <v>711</v>
+      </c>
+      <c r="J719" s="34">
+        <v>19</v>
+      </c>
+      <c r="K719" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L719" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M719" s="33" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A720" s="28">
+        <v>718</v>
+      </c>
+      <c r="B720" s="29"/>
+      <c r="C720" s="29"/>
+      <c r="D720" s="30" t="s">
+        <v>1749</v>
+      </c>
+      <c r="E720" s="37" t="s">
+        <v>807</v>
+      </c>
+      <c r="F720" s="38" t="s">
+        <v>807</v>
+      </c>
+      <c r="G720" s="38" t="s">
+        <v>808</v>
+      </c>
+      <c r="H720" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I720" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J720" s="34">
+        <v>19</v>
+      </c>
+      <c r="K720" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L720" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M720" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13" ht="73.5" x14ac:dyDescent="0.25">
+      <c r="A721" s="28">
+        <v>719</v>
+      </c>
+      <c r="B721" s="29"/>
+      <c r="C721" s="29"/>
+      <c r="D721" s="30" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E721" s="37" t="s">
+        <v>725</v>
+      </c>
+      <c r="F721" s="38" t="s">
+        <v>726</v>
+      </c>
+      <c r="G721" s="38" t="s">
+        <v>727</v>
+      </c>
+      <c r="H721" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I721" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J721" s="34">
+        <v>19</v>
+      </c>
+      <c r="K721" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L721" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M721" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A722" s="28">
+        <v>720</v>
+      </c>
+      <c r="B722" s="29"/>
+      <c r="C722" s="29"/>
+      <c r="D722" s="35" t="s">
+        <v>2160</v>
+      </c>
+      <c r="E722" s="38" t="s">
+        <v>725</v>
+      </c>
+      <c r="F722" s="38" t="s">
+        <v>731</v>
+      </c>
+      <c r="G722" s="38" t="s">
+        <v>727</v>
+      </c>
+      <c r="H722" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I722" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J722" s="34">
+        <v>19</v>
+      </c>
+      <c r="K722" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L722" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M722" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13" ht="73.5" x14ac:dyDescent="0.25">
+      <c r="A723" s="28">
+        <v>721</v>
+      </c>
+      <c r="B723" s="29"/>
+      <c r="C723" s="29"/>
+      <c r="D723" s="35" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E723" s="38" t="s">
+        <v>725</v>
+      </c>
+      <c r="F723" s="38" t="s">
+        <v>732</v>
+      </c>
+      <c r="G723" s="38" t="s">
+        <v>727</v>
+      </c>
+      <c r="H723" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I723" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J723" s="34">
+        <v>19</v>
+      </c>
+      <c r="K723" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L723" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M723" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A724" s="28">
+        <v>722</v>
+      </c>
+      <c r="B724" s="29"/>
+      <c r="C724" s="29"/>
+      <c r="D724" s="30" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E724" s="37" t="s">
+        <v>761</v>
+      </c>
+      <c r="F724" s="38" t="s">
+        <v>762</v>
+      </c>
+      <c r="G724" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H724" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I724" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J724" s="34">
+        <v>19</v>
+      </c>
+      <c r="K724" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L724" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M724" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A725" s="28">
+        <v>723</v>
+      </c>
+      <c r="B725" s="29"/>
+      <c r="C725" s="29"/>
+      <c r="D725" s="35" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E725" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F725" s="38" t="s">
+        <v>764</v>
+      </c>
+      <c r="G725" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H725" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I725" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J725" s="34">
+        <v>19</v>
+      </c>
+      <c r="K725" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L725" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M725" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A726" s="28">
+        <v>724</v>
+      </c>
+      <c r="B726" s="29"/>
+      <c r="C726" s="29"/>
+      <c r="D726" s="35" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E726" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F726" s="38" t="s">
+        <v>765</v>
+      </c>
+      <c r="G726" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H726" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I726" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J726" s="34">
+        <v>19</v>
+      </c>
+      <c r="K726" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L726" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M726" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A727" s="28">
+        <v>725</v>
+      </c>
+      <c r="B727" s="29"/>
+      <c r="C727" s="29"/>
+      <c r="D727" s="35" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E727" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F727" s="38" t="s">
+        <v>766</v>
+      </c>
+      <c r="G727" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H727" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I727" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J727" s="34">
+        <v>19</v>
+      </c>
+      <c r="K727" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L727" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M727" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A728" s="28">
+        <v>726</v>
+      </c>
+      <c r="B728" s="29"/>
+      <c r="C728" s="29"/>
+      <c r="D728" s="35" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E728" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F728" s="38" t="s">
+        <v>767</v>
+      </c>
+      <c r="G728" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H728" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I728" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J728" s="34">
+        <v>19</v>
+      </c>
+      <c r="K728" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L728" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M728" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="729" spans="1:13" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A729" s="28">
+        <v>727</v>
+      </c>
+      <c r="B729" s="29"/>
+      <c r="C729" s="29"/>
+      <c r="D729" s="35" t="s">
+        <v>2164</v>
+      </c>
+      <c r="E729" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F729" s="38" t="s">
+        <v>768</v>
+      </c>
+      <c r="G729" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H729" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I729" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J729" s="34">
+        <v>19</v>
+      </c>
+      <c r="K729" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L729" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M729" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="730" spans="1:13" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A730" s="28">
+        <v>728</v>
+      </c>
+      <c r="B730" s="29"/>
+      <c r="C730" s="29"/>
+      <c r="D730" s="35" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E730" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F730" s="33" t="s">
+        <v>769</v>
+      </c>
+      <c r="G730" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H730" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I730" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J730" s="34">
+        <v>19</v>
+      </c>
+      <c r="K730" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L730" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M730" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A731" s="28">
+        <v>729</v>
+      </c>
+      <c r="B731" s="29"/>
+      <c r="C731" s="29"/>
+      <c r="D731" s="35" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E731" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F731" s="33" t="s">
+        <v>770</v>
+      </c>
+      <c r="G731" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H731" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I731" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J731" s="34">
+        <v>19</v>
+      </c>
+      <c r="K731" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L731" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M731" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A732" s="28">
+        <v>730</v>
+      </c>
+      <c r="B732" s="29"/>
+      <c r="C732" s="29"/>
+      <c r="D732" s="35" t="s">
+        <v>2167</v>
+      </c>
+      <c r="E732" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F732" s="33" t="s">
+        <v>771</v>
+      </c>
+      <c r="G732" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H732" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I732" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J732" s="34">
+        <v>19</v>
+      </c>
+      <c r="K732" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L732" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M732" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A733" s="28">
+        <v>731</v>
+      </c>
+      <c r="B733" s="29"/>
+      <c r="C733" s="29"/>
+      <c r="D733" s="35" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E733" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F733" s="33" t="s">
+        <v>772</v>
+      </c>
+      <c r="G733" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H733" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I733" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J733" s="34">
+        <v>19</v>
+      </c>
+      <c r="K733" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L733" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M733" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A734" s="28">
+        <v>732</v>
+      </c>
+      <c r="B734" s="29"/>
+      <c r="C734" s="29"/>
+      <c r="D734" s="35" t="s">
+        <v>2169</v>
+      </c>
+      <c r="E734" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F734" s="38" t="s">
+        <v>773</v>
+      </c>
+      <c r="G734" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H734" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I734" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J734" s="34">
+        <v>19</v>
+      </c>
+      <c r="K734" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L734" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M734" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A735" s="28">
+        <v>733</v>
+      </c>
+      <c r="B735" s="29"/>
+      <c r="C735" s="29"/>
+      <c r="D735" s="35" t="s">
+        <v>2170</v>
+      </c>
+      <c r="E735" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F735" s="33" t="s">
+        <v>774</v>
+      </c>
+      <c r="G735" s="38" t="s">
+        <v>763</v>
+      </c>
+      <c r="H735" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I735" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J735" s="34">
+        <v>19</v>
+      </c>
+      <c r="K735" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L735" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M735" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A736" s="28">
+        <v>734</v>
+      </c>
+      <c r="B736" s="29"/>
+      <c r="C736" s="29"/>
+      <c r="D736" s="30" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E736" s="37" t="s">
+        <v>797</v>
+      </c>
+      <c r="F736" s="38" t="s">
+        <v>798</v>
+      </c>
+      <c r="G736" s="38" t="s">
+        <v>799</v>
+      </c>
+      <c r="H736" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I736" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J736" s="34">
+        <v>19</v>
+      </c>
+      <c r="K736" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L736" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M736" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="737" spans="1:13" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A737" s="28">
+        <v>735</v>
+      </c>
+      <c r="B737" s="29"/>
+      <c r="C737" s="29"/>
+      <c r="D737" s="35" t="s">
+        <v>1751</v>
+      </c>
+      <c r="E737" s="38" t="s">
+        <v>797</v>
+      </c>
+      <c r="F737" s="38" t="s">
+        <v>800</v>
+      </c>
+      <c r="G737" s="38" t="s">
+        <v>799</v>
+      </c>
+      <c r="H737" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I737" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J737" s="34">
+        <v>19</v>
+      </c>
+      <c r="K737" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L737" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M737" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="738" spans="1:13" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A738" s="28">
+        <v>736</v>
+      </c>
+      <c r="B738" s="29"/>
+      <c r="C738" s="29"/>
+      <c r="D738" s="30" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E738" s="37" t="s">
+        <v>733</v>
+      </c>
+      <c r="F738" s="38" t="s">
+        <v>734</v>
+      </c>
+      <c r="G738" s="38" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H738" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I738" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J738" s="34">
+        <v>19</v>
+      </c>
+      <c r="K738" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L738" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M738" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="739" spans="1:13" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A739" s="28">
+        <v>737</v>
+      </c>
+      <c r="B739" s="29"/>
+      <c r="C739" s="29"/>
+      <c r="D739" s="35" t="s">
+        <v>1497</v>
+      </c>
+      <c r="E739" s="38" t="s">
+        <v>733</v>
+      </c>
+      <c r="F739" s="38" t="s">
+        <v>735</v>
+      </c>
+      <c r="G739" s="38" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H739" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I739" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J739" s="34">
+        <v>19</v>
+      </c>
+      <c r="K739" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L739" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M739" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="740" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A740" s="28">
+        <v>738</v>
+      </c>
+      <c r="B740" s="29"/>
+      <c r="C740" s="29"/>
+      <c r="D740" s="30" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E740" s="31" t="s">
+        <v>809</v>
+      </c>
+      <c r="F740" s="33" t="s">
+        <v>810</v>
+      </c>
+      <c r="G740" s="33" t="s">
+        <v>811</v>
+      </c>
+      <c r="H740" s="34">
+        <v>9120</v>
+      </c>
+      <c r="I740" s="33" t="s">
+        <v>812</v>
+      </c>
+      <c r="J740" s="34">
+        <v>19</v>
+      </c>
+      <c r="K740" s="33" t="s">
+        <v>813</v>
+      </c>
+      <c r="L740" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M740" s="33" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="741" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A741" s="28">
+        <v>739</v>
+      </c>
+      <c r="B741" s="29"/>
+      <c r="C741" s="29"/>
+      <c r="D741" s="35" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E741" s="33" t="s">
+        <v>809</v>
+      </c>
+      <c r="F741" s="33" t="s">
+        <v>815</v>
+      </c>
+      <c r="G741" s="33" t="s">
+        <v>811</v>
+      </c>
+      <c r="H741" s="34">
+        <v>9120</v>
+      </c>
+      <c r="I741" s="33" t="s">
+        <v>812</v>
+      </c>
+      <c r="J741" s="34">
+        <v>19</v>
+      </c>
+      <c r="K741" s="33" t="s">
+        <v>813</v>
+      </c>
+      <c r="L741" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M741" s="33" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="742" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A742" s="28">
+        <v>740</v>
+      </c>
+      <c r="B742" s="29"/>
+      <c r="C742" s="29"/>
+      <c r="D742" s="35" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E742" s="33" t="s">
+        <v>809</v>
+      </c>
+      <c r="F742" s="33" t="s">
+        <v>817</v>
+      </c>
+      <c r="G742" s="33" t="s">
+        <v>811</v>
+      </c>
+      <c r="H742" s="34">
+        <v>9120</v>
+      </c>
+      <c r="I742" s="33" t="s">
+        <v>812</v>
+      </c>
+      <c r="J742" s="34">
+        <v>19</v>
+      </c>
+      <c r="K742" s="33" t="s">
+        <v>813</v>
+      </c>
+      <c r="L742" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M742" s="33" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="743" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A743" s="28">
+        <v>741</v>
+      </c>
+      <c r="B743" s="29"/>
+      <c r="C743" s="29"/>
+      <c r="D743" s="35" t="s">
+        <v>2172</v>
+      </c>
+      <c r="E743" s="33" t="s">
+        <v>809</v>
+      </c>
+      <c r="F743" s="33" t="s">
+        <v>818</v>
+      </c>
+      <c r="G743" s="33" t="s">
+        <v>811</v>
+      </c>
+      <c r="H743" s="34">
+        <v>9120</v>
+      </c>
+      <c r="I743" s="33" t="s">
+        <v>812</v>
+      </c>
+      <c r="J743" s="34">
+        <v>19</v>
+      </c>
+      <c r="K743" s="33" t="s">
+        <v>813</v>
+      </c>
+      <c r="L743" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M743" s="33" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="744" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A744" s="28">
+        <v>742</v>
+      </c>
+      <c r="B744" s="29"/>
+      <c r="C744" s="29"/>
+      <c r="D744" s="35" t="s">
+        <v>2173</v>
+      </c>
+      <c r="E744" s="33" t="s">
+        <v>809</v>
+      </c>
+      <c r="F744" s="33" t="s">
+        <v>819</v>
+      </c>
+      <c r="G744" s="33" t="s">
+        <v>811</v>
+      </c>
+      <c r="H744" s="34">
+        <v>9120</v>
+      </c>
+      <c r="I744" s="33" t="s">
+        <v>812</v>
+      </c>
+      <c r="J744" s="34">
+        <v>19</v>
+      </c>
+      <c r="K744" s="33" t="s">
+        <v>813</v>
+      </c>
+      <c r="L744" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M744" s="33" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="745" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A745" s="28">
+        <v>743</v>
+      </c>
+      <c r="B745" s="29"/>
+      <c r="C745" s="29"/>
+      <c r="D745" s="35" t="s">
+        <v>2174</v>
+      </c>
+      <c r="E745" s="33" t="s">
+        <v>809</v>
+      </c>
+      <c r="F745" s="33" t="s">
+        <v>820</v>
+      </c>
+      <c r="G745" s="33" t="s">
+        <v>811</v>
+      </c>
+      <c r="H745" s="34">
+        <v>9120</v>
+      </c>
+      <c r="I745" s="33" t="s">
+        <v>812</v>
+      </c>
+      <c r="J745" s="34">
+        <v>19</v>
+      </c>
+      <c r="K745" s="33" t="s">
+        <v>813</v>
+      </c>
+      <c r="L745" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M745" s="33" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="746" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A746" s="28">
+        <v>744</v>
+      </c>
+      <c r="B746" s="29"/>
+      <c r="C746" s="29"/>
+      <c r="D746" s="35" t="s">
+        <v>2175</v>
+      </c>
+      <c r="E746" s="33" t="s">
+        <v>809</v>
+      </c>
+      <c r="F746" s="33" t="s">
+        <v>821</v>
+      </c>
+      <c r="G746" s="33" t="s">
+        <v>811</v>
+      </c>
+      <c r="H746" s="34">
+        <v>9120</v>
+      </c>
+      <c r="I746" s="33" t="s">
+        <v>812</v>
+      </c>
+      <c r="J746" s="34">
+        <v>19</v>
+      </c>
+      <c r="K746" s="33" t="s">
+        <v>813</v>
+      </c>
+      <c r="L746" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M746" s="33" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="747" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A747" s="28">
+        <v>745</v>
+      </c>
+      <c r="B747" s="29"/>
+      <c r="C747" s="29"/>
+      <c r="D747" s="35" t="s">
+        <v>2176</v>
+      </c>
+      <c r="E747" s="33" t="s">
+        <v>809</v>
+      </c>
+      <c r="F747" s="33" t="s">
+        <v>822</v>
+      </c>
+      <c r="G747" s="33" t="s">
+        <v>811</v>
+      </c>
+      <c r="H747" s="34">
+        <v>9120</v>
+      </c>
+      <c r="I747" s="33" t="s">
+        <v>812</v>
+      </c>
+      <c r="J747" s="34">
+        <v>19</v>
+      </c>
+      <c r="K747" s="33" t="s">
+        <v>813</v>
+      </c>
+      <c r="L747" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M747" s="33" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="748" spans="1:13" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A748" s="28">
+        <v>746</v>
+      </c>
+      <c r="B748" s="29"/>
+      <c r="C748" s="29"/>
+      <c r="D748" s="30" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E748" s="37" t="s">
+        <v>718</v>
+      </c>
+      <c r="F748" s="38" t="s">
+        <v>719</v>
+      </c>
+      <c r="G748" s="38" t="s">
+        <v>720</v>
+      </c>
+      <c r="H748" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I748" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J748" s="34">
+        <v>19</v>
+      </c>
+      <c r="K748" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L748" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M748" s="33" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="749" spans="1:13" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A749" s="28">
+        <v>747</v>
+      </c>
+      <c r="B749" s="29"/>
+      <c r="C749" s="29"/>
+      <c r="D749" s="35" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E749" s="38" t="s">
+        <v>718</v>
+      </c>
+      <c r="F749" s="38" t="s">
+        <v>722</v>
+      </c>
+      <c r="G749" s="38" t="s">
+        <v>720</v>
+      </c>
+      <c r="H749" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I749" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J749" s="34">
+        <v>19</v>
+      </c>
+      <c r="K749" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L749" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M749" s="33" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="750" spans="1:13" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A750" s="28">
+        <v>748</v>
+      </c>
+      <c r="B750" s="29"/>
+      <c r="C750" s="29"/>
+      <c r="D750" s="35" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E750" s="38" t="s">
+        <v>718</v>
+      </c>
+      <c r="F750" s="38" t="s">
+        <v>723</v>
+      </c>
+      <c r="G750" s="38" t="s">
+        <v>720</v>
+      </c>
+      <c r="H750" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I750" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J750" s="34">
+        <v>19</v>
+      </c>
+      <c r="K750" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L750" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M750" s="33" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="751" spans="1:13" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A751" s="28">
+        <v>749</v>
+      </c>
+      <c r="B751" s="29"/>
+      <c r="C751" s="29"/>
+      <c r="D751" s="35" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E751" s="38" t="s">
+        <v>718</v>
+      </c>
+      <c r="F751" s="38" t="s">
+        <v>724</v>
+      </c>
+      <c r="G751" s="38" t="s">
+        <v>720</v>
+      </c>
+      <c r="H751" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I751" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J751" s="34">
+        <v>19</v>
+      </c>
+      <c r="K751" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L751" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M751" s="33" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="752" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A752" s="28">
+        <v>750</v>
+      </c>
+      <c r="B752" s="29"/>
+      <c r="C752" s="29"/>
+      <c r="D752" s="30" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E752" s="37" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F752" s="38" t="s">
+        <v>2422</v>
+      </c>
+      <c r="G752" s="38" t="s">
+        <v>720</v>
+      </c>
+      <c r="H752" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I752" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J752" s="34">
+        <v>19</v>
+      </c>
+      <c r="K752" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L752" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M752" s="33" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="753" spans="1:13" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A753" s="28">
+        <v>751</v>
+      </c>
+      <c r="B753" s="29"/>
+      <c r="C753" s="29"/>
+      <c r="D753" s="35" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E753" s="38" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F753" s="38" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G753" s="38" t="s">
+        <v>720</v>
+      </c>
+      <c r="H753" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I753" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J753" s="34">
+        <v>19</v>
+      </c>
+      <c r="K753" s="33" t="s">
+        <v>712</v>
+      </c>
+      <c r="L753" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M753" s="33" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="754" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A754" s="28">
+        <v>752</v>
+      </c>
+      <c r="B754" s="29"/>
+      <c r="C754" s="29"/>
+      <c r="D754" s="30" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E754" s="37" t="s">
+        <v>791</v>
+      </c>
+      <c r="F754" s="38" t="s">
+        <v>792</v>
+      </c>
+      <c r="G754" s="38" t="s">
+        <v>793</v>
+      </c>
+      <c r="H754" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I754" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J754" s="34">
+        <v>19</v>
+      </c>
+      <c r="K754" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L754" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M754" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="755" spans="1:13" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A755" s="28">
+        <v>753</v>
+      </c>
+      <c r="B755" s="29"/>
+      <c r="C755" s="29"/>
+      <c r="D755" s="35" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E755" s="38" t="s">
+        <v>791</v>
+      </c>
+      <c r="F755" s="38" t="s">
+        <v>794</v>
+      </c>
+      <c r="G755" s="38" t="s">
+        <v>793</v>
+      </c>
+      <c r="H755" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I755" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J755" s="34">
+        <v>19</v>
+      </c>
+      <c r="K755" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L755" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M755" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="756" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A756" s="28">
+        <v>754</v>
+      </c>
+      <c r="B756" s="29"/>
+      <c r="C756" s="29"/>
+      <c r="D756" s="35" t="s">
+        <v>2177</v>
+      </c>
+      <c r="E756" s="38" t="s">
+        <v>791</v>
+      </c>
+      <c r="F756" s="38" t="s">
+        <v>746</v>
+      </c>
+      <c r="G756" s="38" t="s">
+        <v>793</v>
+      </c>
+      <c r="H756" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I756" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J756" s="34">
+        <v>19</v>
+      </c>
+      <c r="K756" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L756" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M756" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="757" spans="1:13" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A757" s="28">
+        <v>755</v>
+      </c>
+      <c r="B757" s="29"/>
+      <c r="C757" s="29"/>
+      <c r="D757" s="35" t="s">
+        <v>2178</v>
+      </c>
+      <c r="E757" s="38" t="s">
+        <v>791</v>
+      </c>
+      <c r="F757" s="38" t="s">
+        <v>795</v>
+      </c>
+      <c r="G757" s="38" t="s">
+        <v>793</v>
+      </c>
+      <c r="H757" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I757" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J757" s="34">
+        <v>19</v>
+      </c>
+      <c r="K757" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L757" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M757" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="758" spans="1:13" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A758" s="28">
+        <v>756</v>
+      </c>
+      <c r="B758" s="29"/>
+      <c r="C758" s="29"/>
+      <c r="D758" s="35" t="s">
+        <v>2179</v>
+      </c>
+      <c r="E758" s="38" t="s">
+        <v>791</v>
+      </c>
+      <c r="F758" s="38" t="s">
+        <v>796</v>
+      </c>
+      <c r="G758" s="38" t="s">
+        <v>793</v>
+      </c>
+      <c r="H758" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I758" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J758" s="34">
+        <v>19</v>
+      </c>
+      <c r="K758" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L758" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M758" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="759" spans="1:13" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A759" s="28">
+        <v>757</v>
+      </c>
+      <c r="B759" s="29"/>
+      <c r="C759" s="29"/>
+      <c r="D759" s="30" t="s">
+        <v>1506</v>
+      </c>
+      <c r="E759" s="37" t="s">
+        <v>801</v>
+      </c>
+      <c r="F759" s="38" t="s">
+        <v>802</v>
+      </c>
+      <c r="G759" s="38" t="s">
+        <v>803</v>
+      </c>
+      <c r="H759" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I759" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J759" s="34">
+        <v>19</v>
+      </c>
+      <c r="K759" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L759" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M759" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="760" spans="1:13" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A760" s="28">
+        <v>758</v>
+      </c>
+      <c r="B760" s="29"/>
+      <c r="C760" s="29"/>
+      <c r="D760" s="35" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E760" s="38" t="s">
+        <v>801</v>
+      </c>
+      <c r="F760" s="38" t="s">
+        <v>804</v>
+      </c>
+      <c r="G760" s="38" t="s">
+        <v>803</v>
+      </c>
+      <c r="H760" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I760" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J760" s="34">
+        <v>19</v>
+      </c>
+      <c r="K760" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L760" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M760" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="761" spans="1:13" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A761" s="28">
+        <v>759</v>
+      </c>
+      <c r="B761" s="29"/>
+      <c r="C761" s="29"/>
+      <c r="D761" s="35" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E761" s="38" t="s">
+        <v>801</v>
+      </c>
+      <c r="F761" s="38" t="s">
+        <v>805</v>
+      </c>
+      <c r="G761" s="38" t="s">
+        <v>803</v>
+      </c>
+      <c r="H761" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I761" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J761" s="34">
+        <v>19</v>
+      </c>
+      <c r="K761" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L761" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M761" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="762" spans="1:13" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A762" s="28">
+        <v>760</v>
+      </c>
+      <c r="B762" s="29"/>
+      <c r="C762" s="29"/>
+      <c r="D762" s="35" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E762" s="38" t="s">
+        <v>801</v>
+      </c>
+      <c r="F762" s="38" t="s">
+        <v>806</v>
+      </c>
+      <c r="G762" s="38" t="s">
+        <v>803</v>
+      </c>
+      <c r="H762" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I762" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J762" s="34">
+        <v>19</v>
+      </c>
+      <c r="K762" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L762" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M762" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="763" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A763" s="28">
+        <v>761</v>
+      </c>
+      <c r="B763" s="29"/>
+      <c r="C763" s="29"/>
+      <c r="D763" s="30" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E763" s="37" t="s">
+        <v>736</v>
+      </c>
+      <c r="F763" s="38" t="s">
+        <v>737</v>
+      </c>
+      <c r="G763" s="38" t="s">
+        <v>738</v>
+      </c>
+      <c r="H763" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I763" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J763" s="34">
+        <v>19</v>
+      </c>
+      <c r="K763" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L763" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M763" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="764" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A764" s="28">
+        <v>762</v>
+      </c>
+      <c r="B764" s="29"/>
+      <c r="C764" s="29"/>
+      <c r="D764" s="35" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E764" s="38" t="s">
+        <v>736</v>
+      </c>
+      <c r="F764" s="38" t="s">
+        <v>739</v>
+      </c>
+      <c r="G764" s="38" t="s">
+        <v>738</v>
+      </c>
+      <c r="H764" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I764" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J764" s="34">
+        <v>19</v>
+      </c>
+      <c r="K764" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L764" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M764" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="765" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A765" s="28">
+        <v>763</v>
+      </c>
+      <c r="B765" s="29"/>
+      <c r="C765" s="29"/>
+      <c r="D765" s="35" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E765" s="38" t="s">
+        <v>736</v>
+      </c>
+      <c r="F765" s="38" t="s">
+        <v>740</v>
+      </c>
+      <c r="G765" s="38" t="s">
+        <v>738</v>
+      </c>
+      <c r="H765" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I765" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J765" s="34">
+        <v>19</v>
+      </c>
+      <c r="K765" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L765" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M765" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="766" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A766" s="28">
+        <v>764</v>
+      </c>
+      <c r="B766" s="29"/>
+      <c r="C766" s="29"/>
+      <c r="D766" s="35" t="s">
+        <v>1513</v>
+      </c>
+      <c r="E766" s="38" t="s">
+        <v>736</v>
+      </c>
+      <c r="F766" s="38" t="s">
+        <v>741</v>
+      </c>
+      <c r="G766" s="38" t="s">
+        <v>738</v>
+      </c>
+      <c r="H766" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I766" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J766" s="34">
+        <v>19</v>
+      </c>
+      <c r="K766" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L766" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M766" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="767" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A767" s="28">
+        <v>765</v>
+      </c>
+      <c r="B767" s="29"/>
+      <c r="C767" s="29"/>
+      <c r="D767" s="35" t="s">
+        <v>2180</v>
+      </c>
+      <c r="E767" s="38" t="s">
+        <v>736</v>
+      </c>
+      <c r="F767" s="38" t="s">
+        <v>742</v>
+      </c>
+      <c r="G767" s="38" t="s">
+        <v>738</v>
+      </c>
+      <c r="H767" s="34">
+        <v>9132</v>
+      </c>
+      <c r="I767" s="33" t="s">
+        <v>728</v>
+      </c>
+      <c r="J767" s="34">
+        <v>19</v>
+      </c>
+      <c r="K767" s="33" t="s">
+        <v>729</v>
+      </c>
+      <c r="L767" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M767" s="33" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="768" spans="1:13" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A768" s="28">
+        <v>766</v>
+      </c>
+      <c r="B768" s="29"/>
+      <c r="C768" s="29"/>
+      <c r="D768" s="30" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E768" s="31" t="s">
+        <v>841</v>
+      </c>
+      <c r="F768" s="38" t="s">
+        <v>842</v>
+      </c>
+      <c r="G768" s="38" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H768" s="34">
+        <v>9175</v>
+      </c>
+      <c r="I768" s="33" t="s">
+        <v>843</v>
+      </c>
+      <c r="J768" s="34">
+        <v>19</v>
+      </c>
+      <c r="K768" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L768" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M768" s="33" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="769" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A769" s="28">
+        <v>767</v>
+      </c>
+      <c r="B769" s="29"/>
+      <c r="C769" s="29"/>
+      <c r="D769" s="35" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E769" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F769" s="38" t="s">
+        <v>845</v>
+      </c>
+      <c r="G769" s="38" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H769" s="34">
+        <v>9176</v>
+      </c>
+      <c r="I769" s="33" t="s">
+        <v>846</v>
+      </c>
+      <c r="J769" s="34">
+        <v>19</v>
+      </c>
+      <c r="K769" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L769" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M769" s="33" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="770" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A770" s="28">
+        <v>768</v>
+      </c>
+      <c r="B770" s="29"/>
+      <c r="C770" s="29"/>
+      <c r="D770" s="35" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E770" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F770" s="38" t="s">
+        <v>848</v>
+      </c>
+      <c r="G770" s="38" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H770" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I770" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J770" s="34">
+        <v>19</v>
+      </c>
+      <c r="K770" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L770" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M770" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="771" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A771" s="28">
+        <v>769</v>
+      </c>
+      <c r="B771" s="29"/>
+      <c r="C771" s="29"/>
+      <c r="D771" s="35" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E771" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F771" s="38" t="s">
+        <v>851</v>
+      </c>
+      <c r="G771" s="38" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H771" s="34">
+        <v>9176</v>
+      </c>
+      <c r="I771" s="33" t="s">
+        <v>846</v>
+      </c>
+      <c r="J771" s="34">
+        <v>19</v>
+      </c>
+      <c r="K771" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L771" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M771" s="33" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="772" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A772" s="28">
+        <v>770</v>
+      </c>
+      <c r="B772" s="29"/>
+      <c r="C772" s="29"/>
+      <c r="D772" s="35" t="s">
+        <v>1518</v>
+      </c>
+      <c r="E772" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F772" s="38" t="s">
+        <v>852</v>
+      </c>
+      <c r="G772" s="38" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H772" s="34">
+        <v>9175</v>
+      </c>
+      <c r="I772" s="33" t="s">
+        <v>853</v>
+      </c>
+      <c r="J772" s="34">
+        <v>19</v>
+      </c>
+      <c r="K772" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L772" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M772" s="33" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="773" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A773" s="28">
+        <v>771</v>
+      </c>
+      <c r="B773" s="29"/>
+      <c r="C773" s="29"/>
+      <c r="D773" s="35" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E773" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F773" s="38" t="s">
+        <v>1589</v>
+      </c>
+      <c r="G773" s="38" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H773" s="34">
+        <v>9175</v>
+      </c>
+      <c r="I773" s="33" t="s">
+        <v>853</v>
+      </c>
+      <c r="J773" s="34">
+        <v>19</v>
+      </c>
+      <c r="K773" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L773" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M773" s="33" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="774" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A774" s="28">
+        <v>772</v>
+      </c>
+      <c r="B774" s="29"/>
+      <c r="C774" s="29"/>
+      <c r="D774" s="35" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E774" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F774" s="38" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G774" s="38" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H774" s="34">
+        <v>9175</v>
+      </c>
+      <c r="I774" s="33" t="s">
+        <v>853</v>
+      </c>
+      <c r="J774" s="34">
+        <v>19</v>
+      </c>
+      <c r="K774" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L774" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M774" s="33" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="775" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A775" s="28">
+        <v>773</v>
+      </c>
+      <c r="B775" s="29"/>
+      <c r="C775" s="29"/>
+      <c r="D775" s="35" t="s">
+        <v>2183</v>
+      </c>
+      <c r="E775" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F775" s="38" t="s">
+        <v>855</v>
+      </c>
+      <c r="G775" s="38" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H775" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I775" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J775" s="34">
+        <v>19</v>
+      </c>
+      <c r="K775" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L775" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M775" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="776" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A776" s="28">
+        <v>774</v>
+      </c>
+      <c r="B776" s="29"/>
+      <c r="C776" s="29"/>
+      <c r="D776" s="35" t="s">
+        <v>2184</v>
+      </c>
+      <c r="E776" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F776" s="38" t="s">
+        <v>856</v>
+      </c>
+      <c r="G776" s="38" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H776" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I776" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J776" s="34">
+        <v>19</v>
+      </c>
+      <c r="K776" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L776" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M776" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="777" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A777" s="28">
+        <v>775</v>
+      </c>
+      <c r="B777" s="29"/>
+      <c r="C777" s="29"/>
+      <c r="D777" s="35" t="s">
+        <v>2185</v>
+      </c>
+      <c r="E777" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F777" s="38" t="s">
+        <v>857</v>
+      </c>
+      <c r="G777" s="38" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H777" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I777" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J777" s="34">
+        <v>19</v>
+      </c>
+      <c r="K777" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L777" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M777" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="778" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A778" s="28">
+        <v>776</v>
+      </c>
+      <c r="B778" s="29"/>
+      <c r="C778" s="29"/>
+      <c r="D778" s="35" t="s">
+        <v>2186</v>
+      </c>
+      <c r="E778" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F778" s="38" t="s">
+        <v>858</v>
+      </c>
+      <c r="G778" s="38" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H778" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I778" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J778" s="34">
+        <v>19</v>
+      </c>
+      <c r="K778" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L778" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M778" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="779" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A779" s="28">
+        <v>777</v>
+      </c>
+      <c r="B779" s="29"/>
+      <c r="C779" s="29"/>
+      <c r="D779" s="35" t="s">
+        <v>2187</v>
+      </c>
+      <c r="E779" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F779" s="38" t="s">
+        <v>859</v>
+      </c>
+      <c r="G779" s="38" t="s">
+        <v>1596</v>
+      </c>
+      <c r="H779" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I779" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J779" s="34">
+        <v>19</v>
+      </c>
+      <c r="K779" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L779" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M779" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="780" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A780" s="28">
+        <v>778</v>
+      </c>
+      <c r="B780" s="29"/>
+      <c r="C780" s="29"/>
+      <c r="D780" s="35" t="s">
+        <v>2188</v>
+      </c>
+      <c r="E780" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F780" s="38" t="s">
+        <v>860</v>
+      </c>
+      <c r="G780" s="38" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H780" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I780" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J780" s="34">
+        <v>19</v>
+      </c>
+      <c r="K780" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L780" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M780" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="781" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A781" s="28">
+        <v>779</v>
+      </c>
+      <c r="B781" s="29"/>
+      <c r="C781" s="29"/>
+      <c r="D781" s="35" t="s">
+        <v>2189</v>
+      </c>
+      <c r="E781" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F781" s="38" t="s">
+        <v>861</v>
+      </c>
+      <c r="G781" s="38" t="s">
+        <v>862</v>
+      </c>
+      <c r="H781" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I781" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J781" s="34">
+        <v>19</v>
+      </c>
+      <c r="K781" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L781" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M781" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="782" spans="1:13" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A782" s="28">
+        <v>780</v>
+      </c>
+      <c r="B782" s="29"/>
+      <c r="C782" s="29"/>
+      <c r="D782" s="35" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E782" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F782" s="38" t="s">
+        <v>863</v>
+      </c>
+      <c r="G782" s="38" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H782" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I782" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J782" s="34">
+        <v>19</v>
+      </c>
+      <c r="K782" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L782" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M782" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="783" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A783" s="28">
+        <v>781</v>
+      </c>
+      <c r="B783" s="29"/>
+      <c r="C783" s="29"/>
+      <c r="D783" s="35" t="s">
+        <v>2191</v>
+      </c>
+      <c r="E783" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F783" s="38" t="s">
+        <v>864</v>
+      </c>
+      <c r="G783" s="38" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H783" s="34">
+        <v>9174</v>
+      </c>
+      <c r="I783" s="33" t="s">
+        <v>849</v>
+      </c>
+      <c r="J783" s="34">
+        <v>19</v>
+      </c>
+      <c r="K783" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L783" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M783" s="33" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="784" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A784" s="28">
+        <v>782</v>
+      </c>
+      <c r="B784" s="29"/>
+      <c r="C784" s="29"/>
+      <c r="D784" s="35" t="s">
+        <v>2192</v>
+      </c>
+      <c r="E784" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F784" s="38" t="s">
+        <v>865</v>
+      </c>
+      <c r="G784" s="38" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H784" s="34">
+        <v>9175</v>
+      </c>
+      <c r="I784" s="33" t="s">
+        <v>866</v>
+      </c>
+      <c r="J784" s="34">
+        <v>19</v>
+      </c>
+      <c r="K784" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L784" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M784" s="33" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="785" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A785" s="28">
+        <v>783</v>
+      </c>
+      <c r="B785" s="29"/>
+      <c r="C785" s="29"/>
+      <c r="D785" s="35" t="s">
+        <v>2193</v>
+      </c>
+      <c r="E785" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F785" s="38" t="s">
+        <v>867</v>
+      </c>
+      <c r="G785" s="38" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H785" s="34">
+        <v>9176</v>
+      </c>
+      <c r="I785" s="33" t="s">
+        <v>846</v>
+      </c>
+      <c r="J785" s="34">
+        <v>19</v>
+      </c>
+      <c r="K785" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L785" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M785" s="33" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="786" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A786" s="28">
+        <v>784</v>
+      </c>
+      <c r="B786" s="29"/>
+      <c r="C786" s="29"/>
+      <c r="D786" s="35" t="s">
+        <v>2194</v>
+      </c>
+      <c r="E786" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F786" s="38" t="s">
+        <v>868</v>
+      </c>
+      <c r="G786" s="38" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H786" s="34">
+        <v>9175</v>
+      </c>
+      <c r="I786" s="33" t="s">
+        <v>866</v>
+      </c>
+      <c r="J786" s="34">
+        <v>19</v>
+      </c>
+      <c r="K786" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L786" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M786" s="33" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="787" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A787" s="28">
+        <v>785</v>
+      </c>
+      <c r="B787" s="29"/>
+      <c r="C787" s="29"/>
+      <c r="D787" s="35" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E787" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F787" s="38" t="s">
+        <v>869</v>
+      </c>
+      <c r="G787" s="38" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H787" s="34">
+        <v>9176</v>
+      </c>
+      <c r="I787" s="33" t="s">
+        <v>846</v>
+      </c>
+      <c r="J787" s="34">
+        <v>19</v>
+      </c>
+      <c r="K787" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L787" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M787" s="33" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="788" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A788" s="28">
+        <v>786</v>
+      </c>
+      <c r="B788" s="29"/>
+      <c r="C788" s="29"/>
+      <c r="D788" s="35" t="s">
+        <v>2196</v>
+      </c>
+      <c r="E788" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F788" s="38" t="s">
+        <v>870</v>
+      </c>
+      <c r="G788" s="38" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H788" s="34">
+        <v>9175</v>
+      </c>
+      <c r="I788" s="33" t="s">
+        <v>853</v>
+      </c>
+      <c r="J788" s="34">
+        <v>19</v>
+      </c>
+      <c r="K788" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L788" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M788" s="33" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="789" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A789" s="28">
+        <v>787</v>
+      </c>
+      <c r="B789" s="29"/>
+      <c r="C789" s="29"/>
+      <c r="D789" s="35" t="s">
+        <v>2197</v>
+      </c>
+      <c r="E789" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F789" s="38" t="s">
+        <v>871</v>
+      </c>
+      <c r="G789" s="38" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H789" s="34">
+        <v>9176</v>
+      </c>
+      <c r="I789" s="33" t="s">
+        <v>846</v>
+      </c>
+      <c r="J789" s="34">
+        <v>19</v>
+      </c>
+      <c r="K789" s="33" t="s">
+        <v>833</v>
+      </c>
+      <c r="L789" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M789" s="33" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="790" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A790" s="28">
+        <v>788</v>
+      </c>
+      <c r="B790" s="29"/>
+      <c r="C790" s="29"/>
+      <c r="D790" s="30" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E790" s="31" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F790" s="33" t="s">
+        <v>1014</v>
+      </c>
+      <c r="G790" s="33" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H790" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I790" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J790" s="34">
+        <v>29</v>
+      </c>
+      <c r="K790" s="33" t="s">
+        <v>1016</v>
+      </c>
+      <c r="L790" s="33" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M790" s="33" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="791" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A791" s="28">
+        <v>789</v>
+      </c>
+      <c r="B791" s="29"/>
+      <c r="C791" s="29"/>
+      <c r="D791" s="30" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E791" s="31" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F791" s="33" t="s">
+        <v>1020</v>
+      </c>
+      <c r="G791" s="33" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H791" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I791" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J791" s="34">
+        <v>29</v>
+      </c>
+      <c r="K791" s="33" t="s">
+        <v>1016</v>
+      </c>
+      <c r="L791" s="33" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M791" s="33" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="792" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A792" s="28">
+        <v>790</v>
+      </c>
+      <c r="B792" s="29"/>
+      <c r="C792" s="29"/>
+      <c r="D792" s="30" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E792" s="31" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F792" s="33" t="s">
+        <v>1024</v>
+      </c>
+      <c r="G792" s="33" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H792" s="34">
+        <v>9215</v>
+      </c>
+      <c r="I792" s="33" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J792" s="34">
+        <v>29</v>
+      </c>
+      <c r="K792" s="33" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L792" s="33" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M792" s="33" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="793" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A793" s="28">
+        <v>791</v>
+      </c>
+      <c r="B793" s="29"/>
+      <c r="C793" s="29"/>
+      <c r="D793" s="35" t="s">
+        <v>2199</v>
+      </c>
+      <c r="E793" s="33" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F793" s="33" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G793" s="33" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H793" s="34">
+        <v>9215</v>
+      </c>
+      <c r="I793" s="33" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J793" s="34">
+        <v>29</v>
+      </c>
+      <c r="K793" s="33" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L793" s="33" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M793" s="33" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="794" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A794" s="28">
+        <v>792</v>
+      </c>
+      <c r="B794" s="29"/>
+      <c r="C794" s="29"/>
+      <c r="D794" s="35" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E794" s="33" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F794" s="33" t="s">
+        <v>1030</v>
+      </c>
+      <c r="G794" s="33" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H794" s="34">
+        <v>9215</v>
+      </c>
+      <c r="I794" s="33" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J794" s="34">
+        <v>29</v>
+      </c>
+      <c r="K794" s="33" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L794" s="33" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M794" s="33" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="795" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A795" s="28">
+        <v>793</v>
+      </c>
+      <c r="B795" s="22"/>
+      <c r="C795" s="24" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D795" s="15" t="s">
+        <v>2201</v>
+      </c>
+      <c r="E795" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F795" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H795" s="2">
+        <v>9215</v>
+      </c>
+      <c r="I795" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J795" s="2">
+        <v>29</v>
+      </c>
+      <c r="K795" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L795" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M795" s="1" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="796" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A796" s="28">
+        <v>794</v>
+      </c>
+      <c r="B796" s="21" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C796" s="21"/>
+      <c r="D796" s="16" t="s">
+        <v>2202</v>
+      </c>
+      <c r="E796" s="8" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F796" s="8" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G796" s="8" t="s">
+        <v>2424</v>
+      </c>
+      <c r="H796" s="9">
+        <v>9215</v>
+      </c>
+      <c r="I796" s="8" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J796" s="9">
+        <v>29</v>
+      </c>
+      <c r="K796" s="8" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L796" s="8" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M796" s="8" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="797" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A797" s="28">
+        <v>795</v>
+      </c>
+      <c r="B797" s="22"/>
+      <c r="C797" s="24" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D797" s="15" t="s">
+        <v>2203</v>
+      </c>
+      <c r="E797" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F797" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H797" s="2">
+        <v>9215</v>
+      </c>
+      <c r="I797" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J797" s="2">
+        <v>29</v>
+      </c>
+      <c r="K797" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L797" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M797" s="1" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="798" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A798" s="28">
+        <v>796</v>
+      </c>
+      <c r="B798" s="21" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C798" s="21"/>
+      <c r="D798" s="16" t="s">
+        <v>2203</v>
+      </c>
+      <c r="E798" s="8" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F798" s="8" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G798" s="8" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H798" s="9">
+        <v>9215</v>
+      </c>
+      <c r="I798" s="8" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J798" s="9">
+        <v>29</v>
+      </c>
+      <c r="K798" s="8" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L798" s="8" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M798" s="8" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="799" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A799" s="28">
+        <v>797</v>
+      </c>
+      <c r="B799" s="29"/>
+      <c r="C799" s="29"/>
+      <c r="D799" s="35" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E799" s="33" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F799" s="33" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G799" s="33" t="s">
+        <v>2427</v>
+      </c>
+      <c r="H799" s="34">
+        <v>9215</v>
+      </c>
+      <c r="I799" s="33" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J799" s="34">
+        <v>29</v>
+      </c>
+      <c r="K799" s="33" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L799" s="33" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M799" s="33" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="800" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A800" s="28">
+        <v>798</v>
+      </c>
+      <c r="B800" s="29"/>
+      <c r="C800" s="29"/>
+      <c r="D800" s="35" t="s">
+        <v>2205</v>
+      </c>
+      <c r="E800" s="33" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F800" s="33" t="s">
+        <v>1039</v>
+      </c>
+      <c r="G800" s="33" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H800" s="34">
+        <v>9215</v>
+      </c>
+      <c r="I800" s="33" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J800" s="34">
+        <v>29</v>
+      </c>
+      <c r="K800" s="33" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L800" s="33" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M800" s="33" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="801" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A801" s="28">
+        <v>799</v>
+      </c>
+      <c r="B801" s="29"/>
+      <c r="C801" s="29"/>
+      <c r="D801" s="35" t="s">
+        <v>2206</v>
+      </c>
+      <c r="E801" s="33" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F801" s="33" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G801" s="33" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H801" s="34">
+        <v>9215</v>
+      </c>
+      <c r="I801" s="33" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J801" s="34">
+        <v>29</v>
+      </c>
+      <c r="K801" s="33" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L801" s="33" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M801" s="33" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="802" spans="1:13" ht="112.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A802" s="28">
+        <v>800</v>
+      </c>
+      <c r="B802" s="32"/>
+      <c r="C802" s="32"/>
+      <c r="D802" s="29" t="s">
+        <v>2207</v>
+      </c>
+      <c r="E802" s="31" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F802" s="33" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G802" s="33" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H802" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I802" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J802" s="34">
+        <v>21</v>
+      </c>
+      <c r="K802" s="33" t="s">
+        <v>1044</v>
+      </c>
+      <c r="L802" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M802" s="33" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="803" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A803" s="28">
+        <v>801</v>
+      </c>
+      <c r="B803" s="32"/>
+      <c r="C803" s="32"/>
+      <c r="D803" s="34" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E803" s="33" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F803" s="33" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G803" s="33" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H803" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I803" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J803" s="34">
+        <v>21</v>
+      </c>
+      <c r="K803" s="33" t="s">
+        <v>1044</v>
+      </c>
+      <c r="L803" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M803" s="33" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="804" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A804" s="28">
+        <v>802</v>
+      </c>
+      <c r="B804" s="32"/>
+      <c r="C804" s="32"/>
+      <c r="D804" s="34" t="s">
+        <v>1521</v>
+      </c>
+      <c r="E804" s="33" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F804" s="33" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G804" s="33" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H804" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I804" s="33" t="s">
+        <v>34</v>
+      </c>
+      <c r="J804" s="34">
+        <v>21</v>
+      </c>
+      <c r="K804" s="33" t="s">
+        <v>1044</v>
+      </c>
+      <c r="L804" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M804" s="33" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="805" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A805" s="28">
+        <v>803</v>
+      </c>
+      <c r="B805" s="32"/>
+      <c r="C805" s="32"/>
+      <c r="D805" s="29" t="s">
+        <v>1783</v>
+      </c>
+      <c r="E805" s="31" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F805" s="33" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G805" s="33" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H805" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="I805" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="J805" s="34">
+        <v>21</v>
+      </c>
+      <c r="K805" s="33" t="s">
+        <v>1044</v>
+      </c>
+      <c r="L805" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M805" s="33" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="806" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A806" s="28">
+        <v>804</v>
+      </c>
+      <c r="B806" s="32"/>
+      <c r="C806" s="32"/>
+      <c r="D806" s="29" t="s">
+        <v>2208</v>
+      </c>
+      <c r="E806" s="31" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F806" s="33" t="s">
+        <v>1151</v>
+      </c>
+      <c r="G806" s="33" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H806" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I806" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J806" s="34">
         <v>16</v>
       </c>
-      <c r="J3" s="19">
-[...18 lines deleted...]
-      <c r="D4" s="16" t="s">
+      <c r="K806" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L806" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M806" s="33" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="807" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A807" s="28">
+        <v>805</v>
+      </c>
+      <c r="B807" s="32"/>
+      <c r="C807" s="32"/>
+      <c r="D807" s="34" t="s">
+        <v>2209</v>
+      </c>
+      <c r="E807" s="33" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F807" s="33" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G807" s="33" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H807" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I807" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J807" s="34">
+        <v>16</v>
+      </c>
+      <c r="K807" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L807" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M807" s="33" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="808" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A808" s="28">
+        <v>806</v>
+      </c>
+      <c r="B808" s="32"/>
+      <c r="C808" s="32"/>
+      <c r="D808" s="34" t="s">
+        <v>2210</v>
+      </c>
+      <c r="E808" s="33" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F808" s="33" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G808" s="33" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H808" s="34">
+        <v>9299</v>
+      </c>
+      <c r="I808" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J808" s="34">
+        <v>16</v>
+      </c>
+      <c r="K808" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L808" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M808" s="33" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="809" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A809" s="28">
+        <v>807</v>
+      </c>
+      <c r="B809" s="32"/>
+      <c r="C809" s="32"/>
+      <c r="D809" s="29" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E809" s="31" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F809" s="33" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G809" s="33" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H809" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I809" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J809" s="34">
+        <v>16</v>
+      </c>
+      <c r="K809" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L809" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M809" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="810" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A810" s="28">
+        <v>808</v>
+      </c>
+      <c r="B810" s="32"/>
+      <c r="C810" s="32"/>
+      <c r="D810" s="29" t="s">
+        <v>2211</v>
+      </c>
+      <c r="E810" s="31" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F810" s="33" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G810" s="33" t="s">
+        <v>2430</v>
+      </c>
+      <c r="H810" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I810" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J810" s="34">
+        <v>16</v>
+      </c>
+      <c r="K810" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L810" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M810" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="811" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A811" s="28">
+        <v>809</v>
+      </c>
+      <c r="B811" s="32"/>
+      <c r="C811" s="32"/>
+      <c r="D811" s="34" t="s">
+        <v>2212</v>
+      </c>
+      <c r="E811" s="33" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F811" s="33" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G811" s="33" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H811" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I811" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J811" s="34">
+        <v>16</v>
+      </c>
+      <c r="K811" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L811" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M811" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="812" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A812" s="28">
+        <v>810</v>
+      </c>
+      <c r="B812" s="32"/>
+      <c r="C812" s="32"/>
+      <c r="D812" s="34" t="s">
+        <v>2213</v>
+      </c>
+      <c r="E812" s="33" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F812" s="33" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G812" s="33" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H812" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I812" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J812" s="34">
+        <v>16</v>
+      </c>
+      <c r="K812" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L812" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M812" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="813" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="A813" s="28">
+        <v>811</v>
+      </c>
+      <c r="B813" s="32"/>
+      <c r="C813" s="32"/>
+      <c r="D813" s="34" t="s">
+        <v>2214</v>
+      </c>
+      <c r="E813" s="33" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F813" s="33" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G813" s="33" t="s">
+        <v>2433</v>
+      </c>
+      <c r="H813" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I813" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J813" s="34">
+        <v>16</v>
+      </c>
+      <c r="K813" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L813" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M813" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="814" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A814" s="28">
+        <v>812</v>
+      </c>
+      <c r="B814" s="32"/>
+      <c r="C814" s="32"/>
+      <c r="D814" s="29" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E814" s="31" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F814" s="33" t="s">
+        <v>1116</v>
+      </c>
+      <c r="G814" s="33" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H814" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I814" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J814" s="34">
+        <v>16</v>
+      </c>
+      <c r="K814" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L814" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M814" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="815" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A815" s="28">
+        <v>813</v>
+      </c>
+      <c r="B815" s="32"/>
+      <c r="C815" s="32"/>
+      <c r="D815" s="34" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E815" s="33" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F815" s="33" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G815" s="33" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H815" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I815" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J815" s="34">
+        <v>16</v>
+      </c>
+      <c r="K815" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L815" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M815" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="816" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A816" s="28">
+        <v>814</v>
+      </c>
+      <c r="B816" s="32"/>
+      <c r="C816" s="32"/>
+      <c r="D816" s="29" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E816" s="31" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F816" s="33" t="s">
+        <v>1119</v>
+      </c>
+      <c r="G816" s="33" t="s">
+        <v>2435</v>
+      </c>
+      <c r="H816" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I816" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J816" s="34">
+        <v>16</v>
+      </c>
+      <c r="K816" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L816" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M816" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="817" spans="1:13" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A817" s="28">
+        <v>815</v>
+      </c>
+      <c r="B817" s="32"/>
+      <c r="C817" s="32"/>
+      <c r="D817" s="29" t="s">
+        <v>2215</v>
+      </c>
+      <c r="E817" s="31" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F817" s="33" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G817" s="33" t="s">
+        <v>2436</v>
+      </c>
+      <c r="H817" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I817" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J817" s="34">
+        <v>16</v>
+      </c>
+      <c r="K817" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L817" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M817" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="818" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A818" s="28">
+        <v>816</v>
+      </c>
+      <c r="B818" s="32"/>
+      <c r="C818" s="32"/>
+      <c r="D818" s="34" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E818" s="33" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F818" s="33" t="s">
+        <v>1122</v>
+      </c>
+      <c r="G818" s="33" t="s">
+        <v>2437</v>
+      </c>
+      <c r="H818" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I818" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J818" s="34">
+        <v>16</v>
+      </c>
+      <c r="K818" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L818" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M818" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="819" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A819" s="28">
+        <v>817</v>
+      </c>
+      <c r="B819" s="32"/>
+      <c r="C819" s="32"/>
+      <c r="D819" s="29" t="s">
+        <v>1786</v>
+      </c>
+      <c r="E819" s="31" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F819" s="33" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G819" s="33" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H819" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I819" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J819" s="34">
+        <v>16</v>
+      </c>
+      <c r="K819" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L819" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M819" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="820" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A820" s="28">
+        <v>818</v>
+      </c>
+      <c r="B820" s="32"/>
+      <c r="C820" s="32"/>
+      <c r="D820" s="29" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E820" s="31" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F820" s="33" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G820" s="33" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H820" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I820" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J820" s="34">
+        <v>16</v>
+      </c>
+      <c r="K820" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L820" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M820" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="821" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A821" s="28">
+        <v>819</v>
+      </c>
+      <c r="B821" s="32"/>
+      <c r="C821" s="32"/>
+      <c r="D821" s="34" t="s">
+        <v>2218</v>
+      </c>
+      <c r="E821" s="33" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F821" s="33" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G821" s="33" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H821" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I821" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J821" s="34">
+        <v>16</v>
+      </c>
+      <c r="K821" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L821" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M821" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="822" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A822" s="28">
+        <v>820</v>
+      </c>
+      <c r="B822" s="32"/>
+      <c r="C822" s="32"/>
+      <c r="D822" s="29" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E822" s="31" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F822" s="33" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G822" s="33" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H822" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I822" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J822" s="34">
+        <v>16</v>
+      </c>
+      <c r="K822" s="33" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L822" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M822" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="823" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A823" s="28">
+        <v>821</v>
+      </c>
+      <c r="B823" s="32"/>
+      <c r="C823" s="32"/>
+      <c r="D823" s="29" t="s">
+        <v>1524</v>
+      </c>
+      <c r="E823" s="31" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F823" s="33" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G823" s="33" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H823" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I823" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J823" s="34">
+        <v>16</v>
+      </c>
+      <c r="K823" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L823" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M823" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="824" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A824" s="28">
+        <v>822</v>
+      </c>
+      <c r="B824" s="32"/>
+      <c r="C824" s="32"/>
+      <c r="D824" s="29" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E824" s="31" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F824" s="33" t="s">
+        <v>1080</v>
+      </c>
+      <c r="G824" s="33" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H824" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I824" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J824" s="34">
+        <v>16</v>
+      </c>
+      <c r="K824" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L824" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M824" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="825" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A825" s="28">
+        <v>823</v>
+      </c>
+      <c r="B825" s="32"/>
+      <c r="C825" s="32"/>
+      <c r="D825" s="29" t="s">
+        <v>2219</v>
+      </c>
+      <c r="E825" s="31" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F825" s="33" t="s">
+        <v>1077</v>
+      </c>
+      <c r="G825" s="33" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H825" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I825" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J825" s="34">
+        <v>16</v>
+      </c>
+      <c r="K825" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L825" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M825" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="826" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A826" s="28">
+        <v>824</v>
+      </c>
+      <c r="B826" s="32"/>
+      <c r="C826" s="32"/>
+      <c r="D826" s="34" t="s">
+        <v>2220</v>
+      </c>
+      <c r="E826" s="33" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F826" s="33" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G826" s="33" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H826" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I826" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J826" s="34">
+        <v>16</v>
+      </c>
+      <c r="K826" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L826" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M826" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="827" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A827" s="28">
+        <v>825</v>
+      </c>
+      <c r="B827" s="32"/>
+      <c r="C827" s="32"/>
+      <c r="D827" s="29" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E827" s="31" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F827" s="33" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G827" s="33" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H827" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I827" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J827" s="34">
+        <v>16</v>
+      </c>
+      <c r="K827" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L827" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M827" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="828" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A828" s="28">
+        <v>826</v>
+      </c>
+      <c r="B828" s="32"/>
+      <c r="C828" s="32"/>
+      <c r="D828" s="29" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E828" s="31" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F828" s="33" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G828" s="33" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H828" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I828" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J828" s="34">
+        <v>16</v>
+      </c>
+      <c r="K828" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L828" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M828" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="829" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A829" s="28">
+        <v>827</v>
+      </c>
+      <c r="B829" s="32"/>
+      <c r="C829" s="32"/>
+      <c r="D829" s="29" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E829" s="31" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F829" s="33" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G829" s="33" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H829" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I829" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J829" s="34">
+        <v>16</v>
+      </c>
+      <c r="K829" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L829" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M829" s="33" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="830" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A830" s="28">
+        <v>828</v>
+      </c>
+      <c r="B830" s="32"/>
+      <c r="C830" s="32"/>
+      <c r="D830" s="34" t="s">
+        <v>2222</v>
+      </c>
+      <c r="E830" s="33" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F830" s="33" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G830" s="33" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H830" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I830" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J830" s="34">
+        <v>16</v>
+      </c>
+      <c r="K830" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L830" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M830" s="33" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="831" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A831" s="28">
+        <v>829</v>
+      </c>
+      <c r="B831" s="32"/>
+      <c r="C831" s="32"/>
+      <c r="D831" s="29" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E831" s="31" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F831" s="33" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G831" s="33" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H831" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I831" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J831" s="34">
+        <v>16</v>
+      </c>
+      <c r="K831" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L831" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M831" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="832" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A832" s="28">
+        <v>830</v>
+      </c>
+      <c r="B832" s="32"/>
+      <c r="C832" s="32"/>
+      <c r="D832" s="29" t="s">
+        <v>1527</v>
+      </c>
+      <c r="E832" s="31" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F832" s="33" t="s">
+        <v>1091</v>
+      </c>
+      <c r="G832" s="33" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H832" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I832" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J832" s="34">
+        <v>16</v>
+      </c>
+      <c r="K832" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L832" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M832" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="833" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A833" s="28">
+        <v>831</v>
+      </c>
+      <c r="B833" s="32"/>
+      <c r="C833" s="32"/>
+      <c r="D833" s="29" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E833" s="31" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F833" s="33" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G833" s="33" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H833" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I833" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J833" s="34">
+        <v>16</v>
+      </c>
+      <c r="K833" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L833" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M833" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="834" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A834" s="28">
+        <v>832</v>
+      </c>
+      <c r="B834" s="32"/>
+      <c r="C834" s="32"/>
+      <c r="D834" s="29" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E834" s="31" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F834" s="33" t="s">
+        <v>1139</v>
+      </c>
+      <c r="G834" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H834" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I834" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J834" s="34">
+        <v>16</v>
+      </c>
+      <c r="K834" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L834" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M834" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="835" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A835" s="28">
+        <v>833</v>
+      </c>
+      <c r="B835" s="32"/>
+      <c r="C835" s="32"/>
+      <c r="D835" s="34" t="s">
+        <v>2224</v>
+      </c>
+      <c r="E835" s="33" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F835" s="33" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G835" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H835" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I835" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J835" s="34">
+        <v>16</v>
+      </c>
+      <c r="K835" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L835" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M835" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="836" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A836" s="28">
+        <v>834</v>
+      </c>
+      <c r="B836" s="32"/>
+      <c r="C836" s="32"/>
+      <c r="D836" s="34" t="s">
+        <v>2225</v>
+      </c>
+      <c r="E836" s="33" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F836" s="33" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G836" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H836" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I836" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J836" s="34">
+        <v>16</v>
+      </c>
+      <c r="K836" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L836" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M836" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="837" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A837" s="28">
+        <v>835</v>
+      </c>
+      <c r="B837" s="32"/>
+      <c r="C837" s="32"/>
+      <c r="D837" s="34" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E837" s="33" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F837" s="33" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G837" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H837" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I837" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J837" s="34">
+        <v>16</v>
+      </c>
+      <c r="K837" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L837" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M837" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="838" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A838" s="28">
+        <v>836</v>
+      </c>
+      <c r="B838" s="32"/>
+      <c r="C838" s="32"/>
+      <c r="D838" s="34" t="s">
+        <v>2227</v>
+      </c>
+      <c r="E838" s="33" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F838" s="33" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G838" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H838" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I838" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J838" s="34">
+        <v>16</v>
+      </c>
+      <c r="K838" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L838" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M838" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="839" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A839" s="28">
+        <v>837</v>
+      </c>
+      <c r="B839" s="32"/>
+      <c r="C839" s="32"/>
+      <c r="D839" s="34" t="s">
+        <v>2228</v>
+      </c>
+      <c r="E839" s="33" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F839" s="33" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G839" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H839" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I839" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J839" s="34">
+        <v>16</v>
+      </c>
+      <c r="K839" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L839" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M839" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="840" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A840" s="28">
+        <v>838</v>
+      </c>
+      <c r="B840" s="32"/>
+      <c r="C840" s="32"/>
+      <c r="D840" s="34" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E840" s="33" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F840" s="33" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G840" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H840" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I840" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J840" s="34">
+        <v>16</v>
+      </c>
+      <c r="K840" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L840" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M840" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="841" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A841" s="28">
+        <v>839</v>
+      </c>
+      <c r="B841" s="32"/>
+      <c r="C841" s="32"/>
+      <c r="D841" s="34" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E841" s="33" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F841" s="33" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G841" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H841" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I841" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J841" s="34">
+        <v>16</v>
+      </c>
+      <c r="K841" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L841" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M841" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="842" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A842" s="28">
+        <v>840</v>
+      </c>
+      <c r="B842" s="32"/>
+      <c r="C842" s="32"/>
+      <c r="D842" s="34" t="s">
+        <v>2231</v>
+      </c>
+      <c r="E842" s="33" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F842" s="33" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G842" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H842" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I842" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J842" s="34">
+        <v>16</v>
+      </c>
+      <c r="K842" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L842" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M842" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="843" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A843" s="28">
+        <v>841</v>
+      </c>
+      <c r="B843" s="32"/>
+      <c r="C843" s="32"/>
+      <c r="D843" s="34" t="s">
+        <v>2232</v>
+      </c>
+      <c r="E843" s="33" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F843" s="33" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G843" s="33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H843" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I843" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J843" s="34">
+        <v>16</v>
+      </c>
+      <c r="K843" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L843" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M843" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="844" spans="1:13" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A844" s="28">
+        <v>842</v>
+      </c>
+      <c r="B844" s="32"/>
+      <c r="C844" s="32"/>
+      <c r="D844" s="29" t="s">
+        <v>1790</v>
+      </c>
+      <c r="E844" s="31" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F844" s="33" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G844" s="33" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H844" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I844" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J844" s="34">
+        <v>16</v>
+      </c>
+      <c r="K844" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L844" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M844" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="845" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A845" s="28">
+        <v>843</v>
+      </c>
+      <c r="B845" s="32"/>
+      <c r="C845" s="32"/>
+      <c r="D845" s="29" t="s">
+        <v>2233</v>
+      </c>
+      <c r="E845" s="31" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F845" s="33" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G845" s="33" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H845" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I845" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J845" s="34">
+        <v>16</v>
+      </c>
+      <c r="K845" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L845" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M845" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="846" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A846" s="28">
+        <v>844</v>
+      </c>
+      <c r="B846" s="32"/>
+      <c r="C846" s="32"/>
+      <c r="D846" s="34" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E846" s="33" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F846" s="33" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G846" s="33" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H846" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I846" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J846" s="34">
+        <v>16</v>
+      </c>
+      <c r="K846" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L846" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M846" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="847" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A847" s="28">
+        <v>845</v>
+      </c>
+      <c r="B847" s="32"/>
+      <c r="C847" s="32"/>
+      <c r="D847" s="34" t="s">
+        <v>2235</v>
+      </c>
+      <c r="E847" s="33" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F847" s="33" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G847" s="33" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H847" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I847" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J847" s="34">
+        <v>16</v>
+      </c>
+      <c r="K847" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L847" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M847" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="848" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A848" s="28">
+        <v>846</v>
+      </c>
+      <c r="B848" s="32"/>
+      <c r="C848" s="32"/>
+      <c r="D848" s="34" t="s">
+        <v>2236</v>
+      </c>
+      <c r="E848" s="33" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F848" s="33" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G848" s="33" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H848" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I848" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J848" s="34">
+        <v>16</v>
+      </c>
+      <c r="K848" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L848" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M848" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="849" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A849" s="28">
+        <v>847</v>
+      </c>
+      <c r="B849" s="32"/>
+      <c r="C849" s="32"/>
+      <c r="D849" s="34" t="s">
+        <v>2237</v>
+      </c>
+      <c r="E849" s="33" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F849" s="33" t="s">
+        <v>1180</v>
+      </c>
+      <c r="G849" s="33" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H849" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I849" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J849" s="34">
+        <v>16</v>
+      </c>
+      <c r="K849" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L849" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M849" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="850" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A850" s="28">
+        <v>848</v>
+      </c>
+      <c r="B850" s="32"/>
+      <c r="C850" s="32"/>
+      <c r="D850" s="34" t="s">
+        <v>2238</v>
+      </c>
+      <c r="E850" s="33" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F850" s="33" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G850" s="33" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H850" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I850" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J850" s="34">
+        <v>16</v>
+      </c>
+      <c r="K850" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L850" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M850" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="851" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A851" s="28">
+        <v>849</v>
+      </c>
+      <c r="B851" s="32"/>
+      <c r="C851" s="32"/>
+      <c r="D851" s="34" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E851" s="33" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F851" s="33" t="s">
+        <v>1182</v>
+      </c>
+      <c r="G851" s="33" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H851" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I851" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J851" s="34">
+        <v>16</v>
+      </c>
+      <c r="K851" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L851" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M851" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="852" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A852" s="28">
+        <v>850</v>
+      </c>
+      <c r="B852" s="32"/>
+      <c r="C852" s="32"/>
+      <c r="D852" s="29" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E852" s="31" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F852" s="33" t="s">
+        <v>1184</v>
+      </c>
+      <c r="G852" s="33" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H852" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I852" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J852" s="34">
+        <v>16</v>
+      </c>
+      <c r="K852" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L852" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M852" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="853" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A853" s="28">
+        <v>851</v>
+      </c>
+      <c r="B853" s="32"/>
+      <c r="C853" s="32"/>
+      <c r="D853" s="34" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E853" s="33" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F853" s="33" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G853" s="33" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H853" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I853" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J853" s="34">
+        <v>16</v>
+      </c>
+      <c r="K853" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L853" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M853" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="854" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A854" s="28">
+        <v>852</v>
+      </c>
+      <c r="B854" s="32"/>
+      <c r="C854" s="32"/>
+      <c r="D854" s="34" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E854" s="33" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F854" s="33" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G854" s="33" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H854" s="34">
+        <v>9250</v>
+      </c>
+      <c r="I854" s="33" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J854" s="34">
+        <v>16</v>
+      </c>
+      <c r="K854" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L854" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M854" s="33" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="855" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A855" s="28">
+        <v>853</v>
+      </c>
+      <c r="B855" s="32"/>
+      <c r="C855" s="32"/>
+      <c r="D855" s="29" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E855" s="31" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F855" s="33" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G855" s="33" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H855" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I855" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J855" s="34">
+        <v>16</v>
+      </c>
+      <c r="K855" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L855" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M855" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="856" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A856" s="28">
+        <v>854</v>
+      </c>
+      <c r="B856" s="32"/>
+      <c r="C856" s="32"/>
+      <c r="D856" s="34" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E856" s="33" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F856" s="33" t="s">
+        <v>1166</v>
+      </c>
+      <c r="G856" s="33" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H856" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I856" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J856" s="34">
+        <v>16</v>
+      </c>
+      <c r="K856" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L856" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M856" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="857" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A857" s="28">
+        <v>855</v>
+      </c>
+      <c r="B857" s="32"/>
+      <c r="C857" s="32"/>
+      <c r="D857" s="34" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E857" s="33" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F857" s="33" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G857" s="33" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H857" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I857" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J857" s="34">
+        <v>16</v>
+      </c>
+      <c r="K857" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L857" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M857" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="858" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A858" s="28">
+        <v>856</v>
+      </c>
+      <c r="B858" s="32"/>
+      <c r="C858" s="32"/>
+      <c r="D858" s="34" t="s">
+        <v>2240</v>
+      </c>
+      <c r="E858" s="33" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F858" s="33" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G858" s="33" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H858" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I858" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J858" s="34">
+        <v>16</v>
+      </c>
+      <c r="K858" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L858" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M858" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="859" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A859" s="28">
+        <v>857</v>
+      </c>
+      <c r="B859" s="32"/>
+      <c r="C859" s="32"/>
+      <c r="D859" s="34" t="s">
+        <v>2241</v>
+      </c>
+      <c r="E859" s="33" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F859" s="33" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G859" s="33" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H859" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I859" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J859" s="34">
+        <v>16</v>
+      </c>
+      <c r="K859" s="33" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L859" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M859" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="860" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+      <c r="A860" s="28">
+        <v>858</v>
+      </c>
+      <c r="B860" s="32"/>
+      <c r="C860" s="32"/>
+      <c r="D860" s="29" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E860" s="31" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F860" s="33" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G860" s="33" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H860" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I860" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J860" s="34">
+        <v>16</v>
+      </c>
+      <c r="K860" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L860" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M860" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="861" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+      <c r="A861" s="28">
+        <v>859</v>
+      </c>
+      <c r="B861" s="32"/>
+      <c r="C861" s="32"/>
+      <c r="D861" s="34" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E861" s="33" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F861" s="33" t="s">
+        <v>1072</v>
+      </c>
+      <c r="G861" s="33" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H861" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I861" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J861" s="34">
+        <v>16</v>
+      </c>
+      <c r="K861" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L861" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M861" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="862" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+      <c r="A862" s="28">
+        <v>860</v>
+      </c>
+      <c r="B862" s="32"/>
+      <c r="C862" s="32"/>
+      <c r="D862" s="34" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E862" s="33" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F862" s="33" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G862" s="33" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H862" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I862" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J862" s="34">
+        <v>16</v>
+      </c>
+      <c r="K862" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L862" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M862" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="863" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A863" s="28">
+        <v>861</v>
+      </c>
+      <c r="B863" s="32"/>
+      <c r="C863" s="32"/>
+      <c r="D863" s="29" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E863" s="31" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F863" s="33" t="s">
+        <v>1087</v>
+      </c>
+      <c r="G863" s="33" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H863" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I863" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J863" s="34">
+        <v>16</v>
+      </c>
+      <c r="K863" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L863" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M863" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="864" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A864" s="28">
+        <v>862</v>
+      </c>
+      <c r="B864" s="32"/>
+      <c r="C864" s="32"/>
+      <c r="D864" s="34" t="s">
+        <v>1539</v>
+      </c>
+      <c r="E864" s="33" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F864" s="33" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G864" s="33" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H864" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I864" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J864" s="34">
+        <v>16</v>
+      </c>
+      <c r="K864" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L864" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M864" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="865" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A865" s="28">
+        <v>863</v>
+      </c>
+      <c r="B865" s="32"/>
+      <c r="C865" s="32"/>
+      <c r="D865" s="29" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E865" s="31" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F865" s="33" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G865" s="33" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H865" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I865" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J865" s="34">
+        <v>16</v>
+      </c>
+      <c r="K865" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L865" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M865" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="866" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A866" s="28">
+        <v>864</v>
+      </c>
+      <c r="B866" s="32"/>
+      <c r="C866" s="32"/>
+      <c r="D866" s="34" t="s">
+        <v>1541</v>
+      </c>
+      <c r="E866" s="33" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F866" s="33" t="s">
+        <v>1099</v>
+      </c>
+      <c r="G866" s="33" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H866" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I866" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J866" s="34">
+        <v>16</v>
+      </c>
+      <c r="K866" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L866" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M866" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="867" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A867" s="28">
+        <v>865</v>
+      </c>
+      <c r="B867" s="32"/>
+      <c r="C867" s="32"/>
+      <c r="D867" s="34" t="s">
+        <v>2242</v>
+      </c>
+      <c r="E867" s="33" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F867" s="33" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G867" s="33" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H867" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I867" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J867" s="34">
+        <v>16</v>
+      </c>
+      <c r="K867" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L867" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M867" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="868" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A868" s="28">
+        <v>866</v>
+      </c>
+      <c r="B868" s="32"/>
+      <c r="C868" s="32"/>
+      <c r="D868" s="29" t="s">
+        <v>1542</v>
+      </c>
+      <c r="E868" s="31" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F868" s="33" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G868" s="33" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H868" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I868" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J868" s="34">
+        <v>16</v>
+      </c>
+      <c r="K868" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L868" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M868" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="869" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+      <c r="A869" s="28">
+        <v>867</v>
+      </c>
+      <c r="B869" s="32"/>
+      <c r="C869" s="32"/>
+      <c r="D869" s="34" t="s">
+        <v>1543</v>
+      </c>
+      <c r="E869" s="33" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F869" s="33" t="s">
+        <v>1109</v>
+      </c>
+      <c r="G869" s="33" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H869" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I869" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J869" s="34">
+        <v>16</v>
+      </c>
+      <c r="K869" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L869" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M869" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="870" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A870" s="28">
+        <v>868</v>
+      </c>
+      <c r="B870" s="32"/>
+      <c r="C870" s="32"/>
+      <c r="D870" s="34" t="s">
+        <v>1544</v>
+      </c>
+      <c r="E870" s="33" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F870" s="33" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G870" s="33" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H870" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I870" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J870" s="34">
+        <v>16</v>
+      </c>
+      <c r="K870" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L870" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M870" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="871" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A871" s="28">
+        <v>869</v>
+      </c>
+      <c r="B871" s="32"/>
+      <c r="C871" s="32"/>
+      <c r="D871" s="34" t="s">
+        <v>2243</v>
+      </c>
+      <c r="E871" s="33" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F871" s="33" t="s">
+        <v>1111</v>
+      </c>
+      <c r="G871" s="33" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H871" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I871" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J871" s="34">
+        <v>16</v>
+      </c>
+      <c r="K871" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L871" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M871" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="872" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A872" s="28">
+        <v>870</v>
+      </c>
+      <c r="B872" s="32"/>
+      <c r="C872" s="32"/>
+      <c r="D872" s="34" t="s">
+        <v>2244</v>
+      </c>
+      <c r="E872" s="33" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F872" s="33" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G872" s="33" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H872" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I872" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J872" s="34">
+        <v>16</v>
+      </c>
+      <c r="K872" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L872" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M872" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="873" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A873" s="28">
+        <v>871</v>
+      </c>
+      <c r="B873" s="32"/>
+      <c r="C873" s="32"/>
+      <c r="D873" s="34" t="s">
+        <v>2245</v>
+      </c>
+      <c r="E873" s="33" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F873" s="33" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G873" s="33" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H873" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I873" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J873" s="34">
+        <v>16</v>
+      </c>
+      <c r="K873" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L873" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M873" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="874" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="A874" s="28">
+        <v>872</v>
+      </c>
+      <c r="B874" s="32"/>
+      <c r="C874" s="32"/>
+      <c r="D874" s="34" t="s">
+        <v>2246</v>
+      </c>
+      <c r="E874" s="33" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F874" s="33" t="s">
+        <v>1114</v>
+      </c>
+      <c r="G874" s="33" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H874" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I874" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J874" s="34">
+        <v>16</v>
+      </c>
+      <c r="K874" s="33" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L874" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M874" s="33" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="875" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A875" s="28">
+        <v>873</v>
+      </c>
+      <c r="B875" s="32"/>
+      <c r="C875" s="32"/>
+      <c r="D875" s="29" t="s">
+        <v>1791</v>
+      </c>
+      <c r="E875" s="31" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F875" s="33" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G875" s="33" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H875" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I875" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J875" s="34">
+        <v>16</v>
+      </c>
+      <c r="K875" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L875" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M875" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="876" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A876" s="28">
+        <v>874</v>
+      </c>
+      <c r="B876" s="32"/>
+      <c r="C876" s="32"/>
+      <c r="D876" s="29" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E876" s="31" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F876" s="33" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G876" s="33" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H876" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I876" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J876" s="34">
+        <v>16</v>
+      </c>
+      <c r="K876" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L876" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M876" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="877" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A877" s="28">
+        <v>875</v>
+      </c>
+      <c r="B877" s="32"/>
+      <c r="C877" s="32"/>
+      <c r="D877" s="29" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E877" s="31" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F877" s="33" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G877" s="33" t="s">
+        <v>2441</v>
+      </c>
+      <c r="H877" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I877" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J877" s="34">
+        <v>16</v>
+      </c>
+      <c r="K877" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L877" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M877" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="878" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A878" s="28">
+        <v>876</v>
+      </c>
+      <c r="B878" s="32"/>
+      <c r="C878" s="32"/>
+      <c r="D878" s="34" t="s">
+        <v>2248</v>
+      </c>
+      <c r="E878" s="33" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F878" s="33" t="s">
+        <v>1128</v>
+      </c>
+      <c r="G878" s="33" t="s">
+        <v>2442</v>
+      </c>
+      <c r="H878" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I878" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J878" s="34">
+        <v>16</v>
+      </c>
+      <c r="K878" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L878" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M878" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="879" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A879" s="28">
+        <v>877</v>
+      </c>
+      <c r="B879" s="32"/>
+      <c r="C879" s="32"/>
+      <c r="D879" s="29" t="s">
+        <v>1546</v>
+      </c>
+      <c r="E879" s="31" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F879" s="33" t="s">
+        <v>1130</v>
+      </c>
+      <c r="G879" s="33" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H879" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I879" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J879" s="34">
+        <v>16</v>
+      </c>
+      <c r="K879" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L879" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M879" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="880" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A880" s="28">
+        <v>878</v>
+      </c>
+      <c r="B880" s="32"/>
+      <c r="C880" s="32"/>
+      <c r="D880" s="34" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E880" s="33" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F880" s="33" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G880" s="33" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H880" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I880" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J880" s="34">
+        <v>16</v>
+      </c>
+      <c r="K880" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L880" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M880" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="881" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A881" s="28">
+        <v>879</v>
+      </c>
+      <c r="B881" s="32"/>
+      <c r="C881" s="32"/>
+      <c r="D881" s="29" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E881" s="31" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F881" s="33" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G881" s="33" t="s">
+        <v>2443</v>
+      </c>
+      <c r="H881" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I881" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J881" s="34">
+        <v>16</v>
+      </c>
+      <c r="K881" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L881" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M881" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="882" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A882" s="28">
+        <v>880</v>
+      </c>
+      <c r="B882" s="32"/>
+      <c r="C882" s="32"/>
+      <c r="D882" s="34" t="s">
+        <v>1549</v>
+      </c>
+      <c r="E882" s="33" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F882" s="33" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G882" s="33" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H882" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I882" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J882" s="34">
+        <v>16</v>
+      </c>
+      <c r="K882" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L882" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M882" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="883" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A883" s="28">
+        <v>881</v>
+      </c>
+      <c r="B883" s="32"/>
+      <c r="C883" s="32"/>
+      <c r="D883" s="34" t="s">
+        <v>2249</v>
+      </c>
+      <c r="E883" s="33" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F883" s="33" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G883" s="33" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H883" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I883" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J883" s="34">
+        <v>16</v>
+      </c>
+      <c r="K883" s="33" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L883" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M883" s="33" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="884" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A884" s="28">
+        <v>882</v>
+      </c>
+      <c r="B884" s="32"/>
+      <c r="C884" s="32"/>
+      <c r="D884" s="29" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E884" s="31" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F884" s="33" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G884" s="33" t="s">
+        <v>2446</v>
+      </c>
+      <c r="H884" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I884" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J884" s="34">
+        <v>16</v>
+      </c>
+      <c r="K884" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L884" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M884" s="33" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="885" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A885" s="28">
+        <v>883</v>
+      </c>
+      <c r="B885" s="32"/>
+      <c r="C885" s="32"/>
+      <c r="D885" s="34" t="s">
+        <v>1551</v>
+      </c>
+      <c r="E885" s="33" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F885" s="33" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G885" s="33" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H885" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I885" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J885" s="34">
+        <v>16</v>
+      </c>
+      <c r="K885" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L885" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M885" s="33" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="886" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A886" s="28">
+        <v>884</v>
+      </c>
+      <c r="B886" s="32"/>
+      <c r="C886" s="32"/>
+      <c r="D886" s="34" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E886" s="33" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F886" s="33" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G886" s="33" t="s">
+        <v>2448</v>
+      </c>
+      <c r="H886" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I886" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J886" s="34">
+        <v>16</v>
+      </c>
+      <c r="K886" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L886" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M886" s="33" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="887" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A887" s="28">
+        <v>885</v>
+      </c>
+      <c r="B887" s="32"/>
+      <c r="C887" s="32"/>
+      <c r="D887" s="34" t="s">
+        <v>2250</v>
+      </c>
+      <c r="E887" s="33" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F887" s="33" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G887" s="33" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H887" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I887" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J887" s="34">
+        <v>16</v>
+      </c>
+      <c r="K887" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L887" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M887" s="33" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="888" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A888" s="28">
+        <v>886</v>
+      </c>
+      <c r="B888" s="32"/>
+      <c r="C888" s="32"/>
+      <c r="D888" s="34" t="s">
+        <v>2251</v>
+      </c>
+      <c r="E888" s="33" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F888" s="33" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G888" s="33" t="s">
+        <v>2449</v>
+      </c>
+      <c r="H888" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I888" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J888" s="34">
+        <v>16</v>
+      </c>
+      <c r="K888" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L888" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M888" s="33" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="889" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A889" s="28">
+        <v>887</v>
+      </c>
+      <c r="B889" s="32"/>
+      <c r="C889" s="32"/>
+      <c r="D889" s="34" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E889" s="33" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F889" s="33" t="s">
+        <v>1195</v>
+      </c>
+      <c r="G889" s="33" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H889" s="34">
+        <v>9219</v>
+      </c>
+      <c r="I889" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J889" s="34">
+        <v>16</v>
+      </c>
+      <c r="K889" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L889" s="33" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M889" s="33" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="890" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A890" s="28">
+        <v>888</v>
+      </c>
+      <c r="B890" s="32"/>
+      <c r="C890" s="32"/>
+      <c r="D890" s="34" t="s">
+        <v>2253</v>
+      </c>
+      <c r="E890" s="33" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F890" s="33" t="s">
+        <v>1259</v>
+      </c>
+      <c r="G890" s="33" t="s">
+        <v>2450</v>
+      </c>
+      <c r="H890" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I890" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J890" s="34">
+        <v>80</v>
+      </c>
+      <c r="K890" s="33" t="s">
+        <v>1260</v>
+      </c>
+      <c r="L890" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M890" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="891" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+      <c r="A891" s="28">
+        <v>889</v>
+      </c>
+      <c r="B891" s="32"/>
+      <c r="C891" s="32"/>
+      <c r="D891" s="34" t="s">
+        <v>2254</v>
+      </c>
+      <c r="E891" s="33" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F891" s="33" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G891" s="33" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H891" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I891" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="J891" s="34">
+        <v>80</v>
+      </c>
+      <c r="K891" s="33" t="s">
+        <v>1260</v>
+      </c>
+      <c r="L891" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M891" s="33" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="892" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A892" s="28">
+        <v>890</v>
+      </c>
+      <c r="B892" s="32"/>
+      <c r="C892" s="32"/>
+      <c r="D892" s="29" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E892" s="37" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F892" s="33" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G892" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H892" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I892" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J892" s="34">
+        <v>80</v>
+      </c>
+      <c r="K892" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L892" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M892" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="893" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A893" s="28">
+        <v>891</v>
+      </c>
+      <c r="B893" s="32"/>
+      <c r="C893" s="32"/>
+      <c r="D893" s="34" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E893" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F893" s="33" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G893" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H893" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I893" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J893" s="34">
+        <v>80</v>
+      </c>
+      <c r="K893" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L893" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M893" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="894" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A894" s="28">
+        <v>892</v>
+      </c>
+      <c r="B894" s="32"/>
+      <c r="C894" s="32"/>
+      <c r="D894" s="34" t="s">
+        <v>1555</v>
+      </c>
+      <c r="E894" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F894" s="33" t="s">
+        <v>1203</v>
+      </c>
+      <c r="G894" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H894" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I894" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J894" s="34">
+        <v>80</v>
+      </c>
+      <c r="K894" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L894" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M894" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="895" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A895" s="28">
+        <v>893</v>
+      </c>
+      <c r="B895" s="32"/>
+      <c r="C895" s="32"/>
+      <c r="D895" s="34" t="s">
+        <v>1556</v>
+      </c>
+      <c r="E895" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F895" s="33" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G895" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H895" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I895" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J895" s="34">
+        <v>80</v>
+      </c>
+      <c r="K895" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L895" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M895" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="896" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A896" s="28">
+        <v>894</v>
+      </c>
+      <c r="B896" s="32"/>
+      <c r="C896" s="32"/>
+      <c r="D896" s="34" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E896" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F896" s="33" t="s">
+        <v>1205</v>
+      </c>
+      <c r="G896" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H896" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I896" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J896" s="34">
+        <v>80</v>
+      </c>
+      <c r="K896" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L896" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M896" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="897" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A897" s="28">
+        <v>895</v>
+      </c>
+      <c r="B897" s="32"/>
+      <c r="C897" s="32"/>
+      <c r="D897" s="34" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E897" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F897" s="33" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G897" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H897" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I897" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J897" s="34">
+        <v>80</v>
+      </c>
+      <c r="K897" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L897" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M897" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="898" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A898" s="28">
+        <v>896</v>
+      </c>
+      <c r="B898" s="32"/>
+      <c r="C898" s="32"/>
+      <c r="D898" s="34" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E898" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F898" s="33" t="s">
+        <v>1207</v>
+      </c>
+      <c r="G898" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H898" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I898" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J898" s="34">
+        <v>80</v>
+      </c>
+      <c r="K898" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L898" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M898" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="899" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A899" s="28">
+        <v>897</v>
+      </c>
+      <c r="B899" s="32"/>
+      <c r="C899" s="32"/>
+      <c r="D899" s="34" t="s">
+        <v>1560</v>
+      </c>
+      <c r="E899" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F899" s="33" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G899" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H899" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I899" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J899" s="34">
+        <v>80</v>
+      </c>
+      <c r="K899" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L899" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M899" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="900" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A900" s="28">
+        <v>898</v>
+      </c>
+      <c r="B900" s="32"/>
+      <c r="C900" s="32"/>
+      <c r="D900" s="34" t="s">
+        <v>1567</v>
+      </c>
+      <c r="E900" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F900" s="33" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G900" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H900" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I900" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J900" s="34">
+        <v>80</v>
+      </c>
+      <c r="K900" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L900" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M900" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="901" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A901" s="28">
+        <v>899</v>
+      </c>
+      <c r="B901" s="32"/>
+      <c r="C901" s="32"/>
+      <c r="D901" s="34" t="s">
+        <v>2255</v>
+      </c>
+      <c r="E901" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F901" s="33" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G901" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H901" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I901" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J901" s="34">
+        <v>80</v>
+      </c>
+      <c r="K901" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L901" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M901" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="902" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A902" s="28">
+        <v>900</v>
+      </c>
+      <c r="B902" s="32"/>
+      <c r="C902" s="32"/>
+      <c r="D902" s="34" t="s">
+        <v>2256</v>
+      </c>
+      <c r="E902" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F902" s="33" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G902" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H902" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I902" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J902" s="34">
+        <v>80</v>
+      </c>
+      <c r="K902" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L902" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M902" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="903" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A903" s="28">
+        <v>901</v>
+      </c>
+      <c r="B903" s="32"/>
+      <c r="C903" s="32"/>
+      <c r="D903" s="34" t="s">
+        <v>2257</v>
+      </c>
+      <c r="E903" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F903" s="33" t="s">
+        <v>1212</v>
+      </c>
+      <c r="G903" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H903" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I903" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J903" s="34">
+        <v>80</v>
+      </c>
+      <c r="K903" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L903" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M903" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="904" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A904" s="28">
+        <v>902</v>
+      </c>
+      <c r="B904" s="32"/>
+      <c r="C904" s="32"/>
+      <c r="D904" s="34" t="s">
+        <v>2258</v>
+      </c>
+      <c r="E904" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F904" s="33" t="s">
+        <v>1213</v>
+      </c>
+      <c r="G904" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H904" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I904" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J904" s="34">
+        <v>80</v>
+      </c>
+      <c r="K904" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L904" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M904" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="905" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A905" s="28">
+        <v>903</v>
+      </c>
+      <c r="B905" s="32"/>
+      <c r="C905" s="32"/>
+      <c r="D905" s="34" t="s">
+        <v>2259</v>
+      </c>
+      <c r="E905" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F905" s="33" t="s">
+        <v>1214</v>
+      </c>
+      <c r="G905" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H905" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I905" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J905" s="34">
+        <v>80</v>
+      </c>
+      <c r="K905" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L905" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M905" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="906" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A906" s="28">
+        <v>904</v>
+      </c>
+      <c r="B906" s="32"/>
+      <c r="C906" s="32"/>
+      <c r="D906" s="34" t="s">
+        <v>2260</v>
+      </c>
+      <c r="E906" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F906" s="33" t="s">
+        <v>1215</v>
+      </c>
+      <c r="G906" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H906" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I906" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J906" s="34">
+        <v>80</v>
+      </c>
+      <c r="K906" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L906" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M906" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="907" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+      <c r="A907" s="28">
+        <v>905</v>
+      </c>
+      <c r="B907" s="32"/>
+      <c r="C907" s="32"/>
+      <c r="D907" s="34" t="s">
+        <v>2261</v>
+      </c>
+      <c r="E907" s="38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F907" s="33" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G907" s="38" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H907" s="34">
+        <v>9420</v>
+      </c>
+      <c r="I907" s="33" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J907" s="34">
+        <v>80</v>
+      </c>
+      <c r="K907" s="33" t="s">
+        <v>1200</v>
+      </c>
+      <c r="L907" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M907" s="33" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="908" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A908" s="28">
+        <v>906</v>
+      </c>
+      <c r="B908" s="32"/>
+      <c r="C908" s="32"/>
+      <c r="D908" s="29" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E908" s="31" t="s">
+        <v>823</v>
+      </c>
+      <c r="F908" s="38" t="s">
+        <v>1217</v>
+      </c>
+      <c r="G908" s="38" t="s">
+        <v>824</v>
+      </c>
+      <c r="H908" s="34">
+        <v>9450</v>
+      </c>
+      <c r="I908" s="33" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J908" s="34">
+        <v>80</v>
+      </c>
+      <c r="K908" s="33" t="s">
+        <v>1219</v>
+      </c>
+      <c r="L908" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M908" s="33" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="909" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A909" s="28">
+        <v>907</v>
+      </c>
+      <c r="B909" s="32"/>
+      <c r="C909" s="32"/>
+      <c r="D909" s="34" t="s">
+        <v>1562</v>
+      </c>
+      <c r="E909" s="33" t="s">
+        <v>823</v>
+      </c>
+      <c r="F909" s="38" t="s">
+        <v>2451</v>
+      </c>
+      <c r="G909" s="38" t="s">
+        <v>824</v>
+      </c>
+      <c r="H909" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I909" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J909" s="34">
+        <v>11</v>
+      </c>
+      <c r="K909" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="L909" s="33" t="s">
+        <v>1263</v>
+      </c>
+      <c r="M909" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="910" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A910" s="28">
+        <v>908</v>
+      </c>
+      <c r="B910" s="32"/>
+      <c r="C910" s="32"/>
+      <c r="D910" s="34" t="s">
+        <v>1563</v>
+      </c>
+      <c r="E910" s="33" t="s">
+        <v>823</v>
+      </c>
+      <c r="F910" s="38" t="s">
+        <v>1221</v>
+      </c>
+      <c r="G910" s="38" t="s">
+        <v>824</v>
+      </c>
+      <c r="H910" s="34">
+        <v>9450</v>
+      </c>
+      <c r="I910" s="33" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J910" s="34">
+        <v>80</v>
+      </c>
+      <c r="K910" s="33" t="s">
+        <v>1219</v>
+      </c>
+      <c r="L910" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M910" s="33" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="911" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A911" s="28">
+        <v>909</v>
+      </c>
+      <c r="B911" s="32"/>
+      <c r="C911" s="32"/>
+      <c r="D911" s="34" t="s">
+        <v>1564</v>
+      </c>
+      <c r="E911" s="33" t="s">
+        <v>823</v>
+      </c>
+      <c r="F911" s="38" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G911" s="38" t="s">
+        <v>824</v>
+      </c>
+      <c r="H911" s="34">
+        <v>9450</v>
+      </c>
+      <c r="I911" s="33" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J911" s="34">
+        <v>80</v>
+      </c>
+      <c r="K911" s="33" t="s">
+        <v>1219</v>
+      </c>
+      <c r="L911" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="M911" s="33" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="912" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A912" s="28">
+        <v>910</v>
+      </c>
+      <c r="B912" s="32"/>
+      <c r="C912" s="32"/>
+      <c r="D912" s="34" t="s">
+        <v>1565</v>
+      </c>
+      <c r="E912" s="33" t="s">
+        <v>823</v>
+      </c>
+      <c r="F912" s="38" t="s">
+        <v>2452</v>
+      </c>
+      <c r="G912" s="38" t="s">
+        <v>824</v>
+      </c>
+      <c r="H912" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I912" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J912" s="34">
+        <v>11</v>
+      </c>
+      <c r="K912" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="L912" s="33" t="s">
+        <v>1263</v>
+      </c>
+      <c r="M912" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="913" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A913" s="28">
+        <v>911</v>
+      </c>
+      <c r="B913" s="32"/>
+      <c r="C913" s="32"/>
+      <c r="D913" s="34" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E913" s="33" t="s">
+        <v>823</v>
+      </c>
+      <c r="F913" s="38" t="s">
+        <v>2453</v>
+      </c>
+      <c r="G913" s="38" t="s">
+        <v>824</v>
+      </c>
+      <c r="H913" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I913" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J913" s="34">
         <v>19</v>
       </c>
-      <c r="E4" s="17" t="s">
-[...94 lines deleted...]
-      <c r="L6" s="18" t="s">
+      <c r="K913" s="33" t="s">
+        <v>825</v>
+      </c>
+      <c r="L913" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M913" s="33" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="914" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A914" s="28">
+        <v>912</v>
+      </c>
+      <c r="B914" s="32"/>
+      <c r="C914" s="32"/>
+      <c r="D914" s="29" t="s">
+        <v>1792</v>
+      </c>
+      <c r="E914" s="31" t="s">
+        <v>827</v>
+      </c>
+      <c r="F914" s="33" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G914" s="33" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H914" s="34">
+        <v>9430</v>
+      </c>
+      <c r="I914" s="33" t="s">
+        <v>1226</v>
+      </c>
+      <c r="J914" s="34">
+        <v>80</v>
+      </c>
+      <c r="K914" s="33" t="s">
+        <v>1219</v>
+      </c>
+      <c r="L914" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="M6" s="20" t="s">
-[...33 lines deleted...]
-      <c r="L7" s="18" t="s">
+      <c r="M914" s="33" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="915" spans="1:13" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A915" s="28">
+        <v>913</v>
+      </c>
+      <c r="B915" s="32"/>
+      <c r="C915" s="32"/>
+      <c r="D915" s="34" t="s">
+        <v>1792</v>
+      </c>
+      <c r="E915" s="33" t="s">
+        <v>827</v>
+      </c>
+      <c r="F915" s="33" t="s">
+        <v>2454</v>
+      </c>
+      <c r="G915" s="33" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H915" s="34">
+        <v>9191</v>
+      </c>
+      <c r="I915" s="33" t="s">
+        <v>58</v>
+      </c>
+      <c r="J915" s="34">
+        <v>11</v>
+      </c>
+      <c r="K915" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="L915" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="M915" s="33" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="916" spans="1:13" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A916" s="28">
+        <v>914</v>
+      </c>
+      <c r="B916" s="32"/>
+      <c r="C916" s="32"/>
+      <c r="D916" s="34" t="s">
+        <v>1792</v>
+      </c>
+      <c r="E916" s="33" t="s">
+        <v>827</v>
+      </c>
+      <c r="F916" s="33" t="s">
+        <v>2455</v>
+      </c>
+      <c r="G916" s="33" t="s">
+        <v>828</v>
+      </c>
+      <c r="H916" s="34">
+        <v>9199</v>
+      </c>
+      <c r="I916" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="J916" s="34">
+        <v>19</v>
+      </c>
+      <c r="K916" s="33" t="s">
+        <v>825</v>
+      </c>
+      <c r="L916" s="33" t="s">
+        <v>713</v>
+      </c>
+      <c r="M916" s="33" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="917" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A917" s="28">
+        <v>915</v>
+      </c>
+      <c r="B917" s="32"/>
+      <c r="C917" s="32"/>
+      <c r="D917" s="29" t="s">
+        <v>2262</v>
+      </c>
+      <c r="E917" s="31" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F917" s="33" t="s">
+        <v>1229</v>
+      </c>
+      <c r="G917" s="33" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H917" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I917" s="33" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J917" s="34">
+        <v>80</v>
+      </c>
+      <c r="K917" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L917" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="M7" s="20" t="s">
-[...33 lines deleted...]
-      <c r="L8" s="18" t="s">
+      <c r="M917" s="33" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="918" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A918" s="28">
+        <v>916</v>
+      </c>
+      <c r="B918" s="32"/>
+      <c r="C918" s="32"/>
+      <c r="D918" s="34" t="s">
+        <v>2263</v>
+      </c>
+      <c r="E918" s="33" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F918" s="33" t="s">
+        <v>1234</v>
+      </c>
+      <c r="G918" s="33" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H918" s="34">
+        <v>9460</v>
+      </c>
+      <c r="I918" s="33" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J918" s="34">
+        <v>80</v>
+      </c>
+      <c r="K918" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L918" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="M8" s="20" t="s">
-[...425 lines deleted...]
-      <c r="G20" s="18" t="s">
+      <c r="M918" s="33" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="919" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A919" s="28">
+        <v>917</v>
+      </c>
+      <c r="B919" s="32"/>
+      <c r="C919" s="32"/>
+      <c r="D919" s="29" t="s">
+        <v>1568</v>
+      </c>
+      <c r="E919" s="31" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F919" s="33" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G919" s="33" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H919" s="34">
+        <v>9440</v>
+      </c>
+      <c r="I919" s="33" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J919" s="34">
         <v>80</v>
       </c>
-      <c r="H20" s="19">
-[...233 lines deleted...]
-      <c r="L26" s="18" t="s">
+      <c r="K919" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L919" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="M26" s="20" t="s">
-[...33 lines deleted...]
-      <c r="L27" s="18" t="s">
+      <c r="M919" s="33" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="920" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A920" s="28">
+        <v>918</v>
+      </c>
+      <c r="B920" s="32"/>
+      <c r="C920" s="32"/>
+      <c r="D920" s="34" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E920" s="33" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F920" s="33" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G920" s="33" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H920" s="34">
+        <v>9440</v>
+      </c>
+      <c r="I920" s="33" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J920" s="34">
+        <v>80</v>
+      </c>
+      <c r="K920" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L920" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="M27" s="20" t="s">
-[...33 lines deleted...]
-      <c r="L28" s="18" t="s">
+      <c r="M920" s="33" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="921" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A921" s="28">
+        <v>919</v>
+      </c>
+      <c r="B921" s="32"/>
+      <c r="C921" s="32"/>
+      <c r="D921" s="34" t="s">
+        <v>2264</v>
+      </c>
+      <c r="E921" s="33" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F921" s="33" t="s">
+        <v>1241</v>
+      </c>
+      <c r="G921" s="33" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H921" s="34">
+        <v>9440</v>
+      </c>
+      <c r="I921" s="33" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J921" s="34">
+        <v>80</v>
+      </c>
+      <c r="K921" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L921" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="M28" s="20" t="s">
-[...33 lines deleted...]
-      <c r="L29" s="18" t="s">
+      <c r="M921" s="33" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="922" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A922" s="28">
+        <v>920</v>
+      </c>
+      <c r="B922" s="32"/>
+      <c r="C922" s="32"/>
+      <c r="D922" s="34" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E922" s="33" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F922" s="33" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G922" s="33" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H922" s="34">
+        <v>9440</v>
+      </c>
+      <c r="I922" s="33" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J922" s="34">
+        <v>80</v>
+      </c>
+      <c r="K922" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L922" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="M29" s="20" t="s">
-[...33 lines deleted...]
-      <c r="L30" s="18" t="s">
+      <c r="M922" s="33" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="923" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+      <c r="A923" s="28">
+        <v>921</v>
+      </c>
+      <c r="B923" s="32"/>
+      <c r="C923" s="32"/>
+      <c r="D923" s="34" t="s">
+        <v>2266</v>
+      </c>
+      <c r="E923" s="33" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F923" s="33" t="s">
+        <v>1243</v>
+      </c>
+      <c r="G923" s="33" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H923" s="34">
+        <v>9440</v>
+      </c>
+      <c r="I923" s="33" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J923" s="34">
+        <v>80</v>
+      </c>
+      <c r="K923" s="33" t="s">
+        <v>1232</v>
+      </c>
+      <c r="L923" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="M30" s="20" t="s">
-[...20251 lines deleted...]
-      <c r="D547" s="21" t="s">
+      <c r="M923" s="33" t="s">
         <v>1239</v>
       </c>
-      <c r="E547" s="18" t="s">
-[...1517 lines deleted...]
-      <c r="D586" s="21" t="s">
+    </row>
+    <row r="926" spans="1:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C926" s="40" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D926" s="40"/>
+      <c r="E926" s="40"/>
+      <c r="F926" s="40"/>
+      <c r="G926" s="40"/>
+      <c r="H926" s="40"/>
+      <c r="I926" s="40"/>
+      <c r="J926" s="40"/>
+      <c r="K926" s="40"/>
+    </row>
+    <row r="927" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C927" s="41" t="s">
         <v>1349</v>
       </c>
-      <c r="E586" s="18" t="s">
-[...13081 lines deleted...]
-      <c r="E930" s="7"/>
+      <c r="D927" s="41"/>
+      <c r="E927" s="41"/>
+      <c r="F927" s="41"/>
+      <c r="G927" s="41"/>
+      <c r="H927" s="41"/>
+      <c r="I927" s="41"/>
+      <c r="J927" s="41"/>
+      <c r="K927" s="41"/>
     </row>
   </sheetData>
-  <autoFilter ref="B2:M926" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A2:M923" xr:uid="{2170A800-0840-422B-AA8B-27407ACA7DAC}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:M12">
+      <sortCondition ref="A2:A923"/>
+    </sortState>
+  </autoFilter>
   <mergeCells count="3">
     <mergeCell ref="B1:M1"/>
-    <mergeCell ref="E928:M928"/>
-    <mergeCell ref="E929:M929"/>
+    <mergeCell ref="C926:K926"/>
+    <mergeCell ref="C927:K927"/>
   </mergeCells>
-  <phoneticPr fontId="13" type="noConversion"/>
-[...2 lines deleted...]
-  <legacyDrawing r:id="rId2"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <legacyDrawing r:id="rId1"/>
 </worksheet>
-</file>
-[...284 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>'VN uzskaitījums pēc VNA'!Print_Titles</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>NAPĒEIKD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>